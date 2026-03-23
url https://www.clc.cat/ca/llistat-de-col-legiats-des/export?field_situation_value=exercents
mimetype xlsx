--- v0 (2025-12-15)
+++ v1 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Llistat de col·legiats" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2906">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2832">
   <si>
     <t>Nom i cognoms</t>
   </si>
   <si>
     <t>Comarca</t>
   </si>
   <si>
     <t>Població</t>
   </si>
   <si>
     <t>Nº Col·legial</t>
   </si>
   <si>
     <t>Situació</t>
   </si>
   <si>
     <t>CIVIT CANALS, ANNA</t>
   </si>
   <si>
     <t>Alt Camp</t>
   </si>
   <si>
     <t>Valls</t>
   </si>
   <si>
@@ -305,7763 +305,7496 @@
   <si>
     <t>PÉREZ LÓPEZ, JULIA</t>
   </si>
   <si>
     <t>Baix Llobregat</t>
   </si>
   <si>
     <t>Sant Boi de Llobregat</t>
   </si>
   <si>
     <t>0109</t>
   </si>
   <si>
     <t>GARGANTA COLOMÍ, ROSER</t>
   </si>
   <si>
     <t>Gironès</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>0110</t>
   </si>
   <si>
-    <t>RAMAJO POUSA, M. JOSÉ</t>
+    <t>CLAVERAS ESPINACH, YOLANDA</t>
+  </si>
+  <si>
+    <t>Salt</t>
+  </si>
+  <si>
+    <t>0119</t>
+  </si>
+  <si>
+    <t>SANS SASTRE, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>0120</t>
+  </si>
+  <si>
+    <t>TIANA FONTANILLAS, GLÒRIA</t>
+  </si>
+  <si>
+    <t>0128</t>
+  </si>
+  <si>
+    <t>CABO GONZÁLVEZ, M. JOSÉ</t>
+  </si>
+  <si>
+    <t>Premià de Dalt</t>
+  </si>
+  <si>
+    <t>0129</t>
+  </si>
+  <si>
+    <t>GRACIA CALVO, ENCARNA</t>
+  </si>
+  <si>
+    <t>Corbera de Llobregat</t>
+  </si>
+  <si>
+    <t>0131</t>
+  </si>
+  <si>
+    <t>JUANPERE FERRÉ, M. EULÀLIA</t>
+  </si>
+  <si>
+    <t>0135</t>
+  </si>
+  <si>
+    <t>VERGARA COLL, SANDRA</t>
+  </si>
+  <si>
+    <t>Baix Empordà</t>
+  </si>
+  <si>
+    <t>Llabià</t>
+  </si>
+  <si>
+    <t>0137</t>
+  </si>
+  <si>
+    <t>BONET AGUSTÍ, NÚRIA</t>
+  </si>
+  <si>
+    <t>0142</t>
+  </si>
+  <si>
+    <t>CANALS TARRIDA, JOANA</t>
+  </si>
+  <si>
+    <t>Tarragonès</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>0144</t>
+  </si>
+  <si>
+    <t>BONET AGUSTÍ, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>0148</t>
+  </si>
+  <si>
+    <t>MIR PUYUELO, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>0149</t>
+  </si>
+  <si>
+    <t>REQUENA MARQUÉS, ANTONIA</t>
+  </si>
+  <si>
+    <t>Sabadell</t>
+  </si>
+  <si>
+    <t>0150</t>
+  </si>
+  <si>
+    <t>RÍOS ALONSO, M. TERESA</t>
+  </si>
+  <si>
+    <t>L'Hospitalet de Llobregat</t>
+  </si>
+  <si>
+    <t>0151</t>
+  </si>
+  <si>
+    <t>CORTADELLAS i GRATACÓS, NEUS</t>
+  </si>
+  <si>
+    <t>Sant Antoni de Calonge</t>
+  </si>
+  <si>
+    <t>0153</t>
+  </si>
+  <si>
+    <t>PADRÓS SERRAT, EDUARDO</t>
+  </si>
+  <si>
+    <t>0169</t>
+  </si>
+  <si>
+    <t>GAUSACHS i AUMATELL, MERCÈ</t>
+  </si>
+  <si>
+    <t>0172</t>
+  </si>
+  <si>
+    <t>LÓPEZ CARRILLO, OLGA</t>
+  </si>
+  <si>
+    <t>0175</t>
+  </si>
+  <si>
+    <t>MURTRÓ AYATS, M. PILAR</t>
+  </si>
+  <si>
+    <t>0176</t>
+  </si>
+  <si>
+    <t>OBESO CÁCERES, ISABEL</t>
+  </si>
+  <si>
+    <t>0178</t>
+  </si>
+  <si>
+    <t>LESMES CUERDA, M. DEL ROCÍO</t>
+  </si>
+  <si>
+    <t>Soria</t>
+  </si>
+  <si>
+    <t>0184</t>
+  </si>
+  <si>
+    <t>CARASUSÁN BARCELONA, LAURA</t>
+  </si>
+  <si>
+    <t>0185</t>
+  </si>
+  <si>
+    <t>GRÀVALOS OLIVELLA, ANNA</t>
+  </si>
+  <si>
+    <t>Alt Empordà</t>
+  </si>
+  <si>
+    <t>Figueres</t>
+  </si>
+  <si>
+    <t>0186</t>
+  </si>
+  <si>
+    <t>SALGUEIRO RODRÍGUEZ, CLARA</t>
+  </si>
+  <si>
+    <t>0187</t>
+  </si>
+  <si>
+    <t>GALISTEO RODRÍGUEZ, PILAR</t>
+  </si>
+  <si>
+    <t>Les Franqueses del Vallès</t>
+  </si>
+  <si>
+    <t>0189</t>
+  </si>
+  <si>
+    <t>MONGE DÍEZ, ROCÍO</t>
+  </si>
+  <si>
+    <t>0192</t>
+  </si>
+  <si>
+    <t>TEODORO i SADURNÍ, MAGDA</t>
+  </si>
+  <si>
+    <t>0196</t>
+  </si>
+  <si>
+    <t>DONATO, GRACIELA SUSANA</t>
+  </si>
+  <si>
+    <t>El Prat de Llobregat</t>
+  </si>
+  <si>
+    <t>0201</t>
+  </si>
+  <si>
+    <t>MÒDOL i TEIXIDÓ, GEMMA</t>
+  </si>
+  <si>
+    <t>0202</t>
+  </si>
+  <si>
+    <t>MARTÍN GALAN, JOSEFA</t>
+  </si>
+  <si>
+    <t>Matadepera</t>
+  </si>
+  <si>
+    <t>0208</t>
+  </si>
+  <si>
+    <t>FITÉ DE ENA, PILAR</t>
+  </si>
+  <si>
+    <t>Alt Urgell</t>
+  </si>
+  <si>
+    <t>La Seu d'Urgell</t>
+  </si>
+  <si>
+    <t>0213</t>
+  </si>
+  <si>
+    <t>CANTALLOPS EHLIS, MARTA</t>
+  </si>
+  <si>
+    <t>0224</t>
+  </si>
+  <si>
+    <t>CARPIO PÉREZ, NÚRIA</t>
+  </si>
+  <si>
+    <t>Premià de Mar</t>
+  </si>
+  <si>
+    <t>0242</t>
+  </si>
+  <si>
+    <t>PERALTA GARCERÀ, M. EUGÈNIA</t>
+  </si>
+  <si>
+    <t>0243</t>
+  </si>
+  <si>
+    <t>GIMENO BERNAD, ANA CRISTINA</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>0248</t>
+  </si>
+  <si>
+    <t>VÁZQUEZ PRIETO, NATUCA</t>
+  </si>
+  <si>
+    <t>0251</t>
+  </si>
+  <si>
+    <t>ESTIVILL MARTÍN, M. DEL CARMEN</t>
+  </si>
+  <si>
+    <t>0255</t>
+  </si>
+  <si>
+    <t>GRAU i BONÀS, M. ÀNGELS</t>
+  </si>
+  <si>
+    <t>Santa Perpètua de Mogoda</t>
+  </si>
+  <si>
+    <t>0256</t>
+  </si>
+  <si>
+    <t>CORAL i ALCOLEA, RAQUEL</t>
+  </si>
+  <si>
+    <t>0259</t>
+  </si>
+  <si>
+    <t>DOMÉNECH PASTOR, NATIVIDAD M.</t>
+  </si>
+  <si>
+    <t>Ontinyent</t>
+  </si>
+  <si>
+    <t>0263</t>
+  </si>
+  <si>
+    <t>DÍAZ POVEDA, LAURA</t>
+  </si>
+  <si>
+    <t>0265</t>
+  </si>
+  <si>
+    <t>ROMERO ESCOBAR, LUCILA</t>
+  </si>
+  <si>
+    <t>Alacant</t>
+  </si>
+  <si>
+    <t>0273</t>
+  </si>
+  <si>
+    <t>RUIZ BARNÉS, ESTELA</t>
+  </si>
+  <si>
+    <t>0274</t>
+  </si>
+  <si>
+    <t>GUIM TARRUELLA, JUDIT</t>
+  </si>
+  <si>
+    <t>Segarra</t>
+  </si>
+  <si>
+    <t>Cervera</t>
+  </si>
+  <si>
+    <t>0282</t>
+  </si>
+  <si>
+    <t>ARMELA BOSCH, ANGELA</t>
+  </si>
+  <si>
+    <t>Valldoreix</t>
+  </si>
+  <si>
+    <t>0284</t>
+  </si>
+  <si>
+    <t>MESA SÁNCHEZ, MERCEDES</t>
+  </si>
+  <si>
+    <t>Sant Feliu del Llobregat</t>
+  </si>
+  <si>
+    <t>0294</t>
+  </si>
+  <si>
+    <t>MELO HERNÁNDEZ, CARMEN</t>
+  </si>
+  <si>
+    <t>Castelldefels</t>
+  </si>
+  <si>
+    <t>0295</t>
+  </si>
+  <si>
+    <t>GALLÉS CABRÉ, REYES</t>
+  </si>
+  <si>
+    <t>0296</t>
+  </si>
+  <si>
+    <t>MARINÉ CLAVÉ, NÚRIA</t>
+  </si>
+  <si>
+    <t>Vila-seca</t>
+  </si>
+  <si>
+    <t>0297</t>
+  </si>
+  <si>
+    <t>PASTOR VERA, TOMASA VICTORIA</t>
+  </si>
+  <si>
+    <t>0302</t>
+  </si>
+  <si>
+    <t>GUTIÉRREZ GALLEGO, MARIBEL</t>
+  </si>
+  <si>
+    <t>La Garriga</t>
+  </si>
+  <si>
+    <t>0303</t>
+  </si>
+  <si>
+    <t>FERRÀ i UBACH, CATERINA</t>
+  </si>
+  <si>
+    <t>Olesa de Montserrat</t>
+  </si>
+  <si>
+    <t>0308</t>
+  </si>
+  <si>
+    <t>CARBONELL TARRÈS, MARISSÈ</t>
+  </si>
+  <si>
+    <t>Val d'Aran</t>
+  </si>
+  <si>
+    <t>Salardú</t>
+  </si>
+  <si>
+    <t>0309</t>
+  </si>
+  <si>
+    <t>ABELLA AYMAT, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>0311</t>
+  </si>
+  <si>
+    <t>CADAFALCH CABANÍ, MARIA</t>
+  </si>
+  <si>
+    <t>0315</t>
+  </si>
+  <si>
+    <t>PÀMIES i FABREGAT, CARME</t>
+  </si>
+  <si>
+    <t>0318</t>
+  </si>
+  <si>
+    <t>GORDI SERRAT, PAQUITA</t>
+  </si>
+  <si>
+    <t>Bigues i Riells</t>
+  </si>
+  <si>
+    <t>0319</t>
+  </si>
+  <si>
+    <t>MESTRES RIBALTA, MARTA</t>
+  </si>
+  <si>
+    <t>Garraf</t>
+  </si>
+  <si>
+    <t>Vilanova i la Geltrú</t>
+  </si>
+  <si>
+    <t>0323</t>
+  </si>
+  <si>
+    <t>DIVÍ TORMO, CARME</t>
+  </si>
+  <si>
+    <t>Esplugues de Llobregat</t>
+  </si>
+  <si>
+    <t>0326</t>
+  </si>
+  <si>
+    <t>HERNÁNDEZ MARTÍN, RAQUEL</t>
+  </si>
+  <si>
+    <t>0330</t>
+  </si>
+  <si>
+    <t>RADUÀ SAGRERA, ISABEL</t>
+  </si>
+  <si>
+    <t>La Cerdanya</t>
+  </si>
+  <si>
+    <t>Puigcerdà</t>
+  </si>
+  <si>
+    <t>0333</t>
+  </si>
+  <si>
+    <t>GOMIS CANO, ELISABETH</t>
+  </si>
+  <si>
+    <t>Llinars del Vallès</t>
+  </si>
+  <si>
+    <t>0334</t>
+  </si>
+  <si>
+    <t>BALCELLS NADAL, MIREIA</t>
+  </si>
+  <si>
+    <t>Urgell</t>
+  </si>
+  <si>
+    <t>Tàrrega</t>
+  </si>
+  <si>
+    <t>0338</t>
+  </si>
+  <si>
+    <t>MARIMON ARAGONÉS, ANNA</t>
+  </si>
+  <si>
+    <t>Esparreguera</t>
+  </si>
+  <si>
+    <t>0342</t>
+  </si>
+  <si>
+    <t>ESPÍN MUNNÉ, ROSA</t>
+  </si>
+  <si>
+    <t>La Nou de Gaià</t>
+  </si>
+  <si>
+    <t>0343</t>
+  </si>
+  <si>
+    <t>SOLÀ PALET, M. CARME</t>
+  </si>
+  <si>
+    <t>0352</t>
+  </si>
+  <si>
+    <t>TORRIJOS DELGADO, M. CARMEN</t>
+  </si>
+  <si>
+    <t>0353</t>
+  </si>
+  <si>
+    <t>MARGINET BRAVO, MAITE</t>
+  </si>
+  <si>
+    <t>Berguedà</t>
+  </si>
+  <si>
+    <t>Bagà</t>
+  </si>
+  <si>
+    <t>0354</t>
+  </si>
+  <si>
+    <t>SABARICH PADRISA, NOEMI</t>
+  </si>
+  <si>
+    <t>0355</t>
+  </si>
+  <si>
+    <t>LUNA BROSA, CRISTINA</t>
+  </si>
+  <si>
+    <t>0358</t>
+  </si>
+  <si>
+    <t>NEBOT VALLS, ÀNGELA</t>
+  </si>
+  <si>
+    <t>0359</t>
+  </si>
+  <si>
+    <t>JORDI PIEDRA, ANNA</t>
+  </si>
+  <si>
+    <t>0362</t>
+  </si>
+  <si>
+    <t>PRADES FLORENCIO, M. TERESA</t>
+  </si>
+  <si>
+    <t>0363</t>
+  </si>
+  <si>
+    <t>TARRUELLA FARRIOL, ALBA</t>
+  </si>
+  <si>
+    <t>Sant Feliu de Codines</t>
+  </si>
+  <si>
+    <t>0366</t>
+  </si>
+  <si>
+    <t>ARENY ALFÉREZ, LAURA</t>
+  </si>
+  <si>
+    <t>Arenys de Munt</t>
+  </si>
+  <si>
+    <t>0371</t>
+  </si>
+  <si>
+    <t>CASAS JUNQUERAS, MARTA</t>
+  </si>
+  <si>
+    <t>0374</t>
+  </si>
+  <si>
+    <t>LÓPEZ FERNÁNDEZ, CARME</t>
+  </si>
+  <si>
+    <t>Barakaldo</t>
+  </si>
+  <si>
+    <t>0375</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ IGNACIO, MATEO</t>
+  </si>
+  <si>
+    <t>0376</t>
+  </si>
+  <si>
+    <t>PRUNERA GALOFRÉ, ANNA</t>
+  </si>
+  <si>
+    <t>Alt Penedès</t>
+  </si>
+  <si>
+    <t>Vilafranca del Penedès</t>
+  </si>
+  <si>
+    <t>0378</t>
+  </si>
+  <si>
+    <t>MAS ACOSTA, M. VICTÒRIA</t>
+  </si>
+  <si>
+    <t>0384</t>
+  </si>
+  <si>
+    <t>GRAU SANCHO, NÚRIA</t>
+  </si>
+  <si>
+    <t>Sant Just Desvern</t>
+  </si>
+  <si>
+    <t>0385</t>
+  </si>
+  <si>
+    <t>GRASET FORASTÉ, PILAR</t>
+  </si>
+  <si>
+    <t>Baix Camp</t>
+  </si>
+  <si>
+    <t>Reus</t>
+  </si>
+  <si>
+    <t>0391</t>
+  </si>
+  <si>
+    <t>CÓPPULO MARTÍNEZ, LÍDIA</t>
+  </si>
+  <si>
+    <t>0400</t>
+  </si>
+  <si>
+    <t>PELL FONTS, EULÀLIA</t>
+  </si>
+  <si>
+    <t>0406</t>
+  </si>
+  <si>
+    <t>LÓPEZ CERRATO, JÚLIA</t>
+  </si>
+  <si>
+    <t>Montcada i Reixac</t>
+  </si>
+  <si>
+    <t>0407</t>
+  </si>
+  <si>
+    <t>TEULÉ SALLENT, ROSA</t>
+  </si>
+  <si>
+    <t>0411</t>
+  </si>
+  <si>
+    <t>PERADALTA i PALAU, NÚRIA</t>
+  </si>
+  <si>
+    <t>Sant Feliu de Pallerols</t>
+  </si>
+  <si>
+    <t>0415</t>
+  </si>
+  <si>
+    <t>BONETA LLORET, NÚRIA</t>
+  </si>
+  <si>
+    <t>Pallars Jussà</t>
+  </si>
+  <si>
+    <t>Tremp</t>
+  </si>
+  <si>
+    <t>0416</t>
+  </si>
+  <si>
+    <t>VILÀ FONT, GEMMA</t>
+  </si>
+  <si>
+    <t>Verdú</t>
+  </si>
+  <si>
+    <t>0418</t>
+  </si>
+  <si>
+    <t>CASAS i GREGORIO, CRISTINA</t>
+  </si>
+  <si>
+    <t>0421</t>
+  </si>
+  <si>
+    <t>GALLARDO ALCAINA, M. ÀNGELES</t>
+  </si>
+  <si>
+    <t>Castellar del Vallès</t>
+  </si>
+  <si>
+    <t>0422</t>
+  </si>
+  <si>
+    <t>AÏS i CAMPILLO, ESTHER</t>
+  </si>
+  <si>
+    <t>Sitges</t>
+  </si>
+  <si>
+    <t>0423</t>
+  </si>
+  <si>
+    <t>MONNÉ GUEROLA, CARME</t>
+  </si>
+  <si>
+    <t>Ribera d'Ebre</t>
+  </si>
+  <si>
+    <t>Miravet</t>
+  </si>
+  <si>
+    <t>0426</t>
+  </si>
+  <si>
+    <t>ESPEJO SÁNCHEZ, LOURDES</t>
+  </si>
+  <si>
+    <t>0427</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ BONNIN, LAURA</t>
+  </si>
+  <si>
+    <t>Sant Cugat de Vallès</t>
+  </si>
+  <si>
+    <t>0428</t>
+  </si>
+  <si>
+    <t>VIÑUALES LAPENA, HELENA</t>
+  </si>
+  <si>
+    <t>0429</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ MITJAVILA, NOEMÍ</t>
+  </si>
+  <si>
+    <t>0431</t>
+  </si>
+  <si>
+    <t>JULIÀ PARÉS, ROSA M.</t>
+  </si>
+  <si>
+    <t>0432</t>
+  </si>
+  <si>
+    <t>MATEU i VIDAL, WALDESCA</t>
+  </si>
+  <si>
+    <t>0433</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ IGLESIAS, MANUELA</t>
+  </si>
+  <si>
+    <t>0443</t>
+  </si>
+  <si>
+    <t>MESTRES PUIG, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>0446</t>
+  </si>
+  <si>
+    <t>ORTEGA PALENZUELA, MAGDALENA</t>
+  </si>
+  <si>
+    <t>0447</t>
+  </si>
+  <si>
+    <t>SOLER PÉREZ, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>Ripollès</t>
+  </si>
+  <si>
+    <t>Ripoll</t>
+  </si>
+  <si>
+    <t>0448</t>
+  </si>
+  <si>
+    <t>DEMESTRES i CARBÓ, ANNA M.</t>
+  </si>
+  <si>
+    <t>0451</t>
+  </si>
+  <si>
+    <t>POVEDA LÓPEZ, CARME</t>
+  </si>
+  <si>
+    <t>0455</t>
+  </si>
+  <si>
+    <t>LOPEZOSA ESTIL·LES, ESTHER</t>
+  </si>
+  <si>
+    <t>0456</t>
+  </si>
+  <si>
+    <t>GASOL BLASCO, ESTHER</t>
+  </si>
+  <si>
+    <t>Cerdanyola del Vallès</t>
+  </si>
+  <si>
+    <t>0457</t>
+  </si>
+  <si>
+    <t>COLOM SOTO, M. EULÀLIA</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Palma de Mallorca</t>
+  </si>
+  <si>
+    <t>0463</t>
+  </si>
+  <si>
+    <t>CAÑELLAS RODRÍGUEZ, CONCEPCIÓ</t>
+  </si>
+  <si>
+    <t>0466</t>
+  </si>
+  <si>
+    <t>DÍEZ GARCIA, LOURDES</t>
+  </si>
+  <si>
+    <t>L'Ametlla del Vallès</t>
+  </si>
+  <si>
+    <t>0468</t>
+  </si>
+  <si>
+    <t>MENESES MANGAS, ÁNGELA</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>0469</t>
+  </si>
+  <si>
+    <t>FRANCO VELASCO, VICTÒRIA</t>
+  </si>
+  <si>
+    <t>0475</t>
+  </si>
+  <si>
+    <t>CORTELL CASADEVALL, NÚRIA</t>
+  </si>
+  <si>
+    <t>Sant Pere de Vilamajor</t>
+  </si>
+  <si>
+    <t>0476</t>
+  </si>
+  <si>
+    <t>CARRASCO ASTALS, ANNA M.</t>
+  </si>
+  <si>
+    <t>0478</t>
+  </si>
+  <si>
+    <t>HERNÁNDEZ RODRÍGUEZ, M. FÀTIMA</t>
+  </si>
+  <si>
+    <t>0479</t>
+  </si>
+  <si>
+    <t>MONTERO GONZÁLEZ, SILVIA</t>
+  </si>
+  <si>
+    <t>0483</t>
+  </si>
+  <si>
+    <t>ARSÍS BLANCO, ESTHER</t>
+  </si>
+  <si>
+    <t>0488</t>
+  </si>
+  <si>
+    <t>LOU MORENO, ANA</t>
+  </si>
+  <si>
+    <t>0490</t>
+  </si>
+  <si>
+    <t>MENCIÓ i CARRERAS, ROSER</t>
+  </si>
+  <si>
+    <t>Selva</t>
+  </si>
+  <si>
+    <t>Cassà de la Selva</t>
+  </si>
+  <si>
+    <t>0492</t>
+  </si>
+  <si>
+    <t>LÓPEZ DOMÍNGUEZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>0495</t>
+  </si>
+  <si>
+    <t>VIDAL MAS, DOLORS</t>
+  </si>
+  <si>
+    <t>Riudoms</t>
+  </si>
+  <si>
+    <t>0496</t>
+  </si>
+  <si>
+    <t>PÀMIES PONSARNAU, MARTA</t>
+  </si>
+  <si>
+    <t>Sant Vicenç dels Horts</t>
+  </si>
+  <si>
+    <t>0498</t>
+  </si>
+  <si>
+    <t>MUÑOZ MARTÍNEZ, MIREIA</t>
+  </si>
+  <si>
+    <t>0505</t>
+  </si>
+  <si>
+    <t>PÉREZ LIZARRALDE, GARBIÑE</t>
+  </si>
+  <si>
+    <t>Arrasate</t>
+  </si>
+  <si>
+    <t>0511</t>
+  </si>
+  <si>
+    <t>MÉRIZ PIEDRAFITA, ANTONIO</t>
+  </si>
+  <si>
+    <t>Huesca</t>
+  </si>
+  <si>
+    <t>0514</t>
+  </si>
+  <si>
+    <t>YÚFERA GÓMEZ, IRENE</t>
+  </si>
+  <si>
+    <t>0516</t>
+  </si>
+  <si>
+    <t>BURCH JANÉ, CRISTINA</t>
+  </si>
+  <si>
+    <t>0519</t>
+  </si>
+  <si>
+    <t>JURADO i VIÑUALES, ELISABET</t>
+  </si>
+  <si>
+    <t>0520</t>
+  </si>
+  <si>
+    <t>SERRA FORNES, MARTA</t>
+  </si>
+  <si>
+    <t>0521</t>
+  </si>
+  <si>
+    <t>BAULIDA ESTADELLA, EDUARD</t>
+  </si>
+  <si>
+    <t>0527</t>
+  </si>
+  <si>
+    <t>SANROMÀ i VICENTE, MAGDA</t>
+  </si>
+  <si>
+    <t>0528</t>
+  </si>
+  <si>
+    <t>MOLINA MARTÍNEZ, CARINA</t>
+  </si>
+  <si>
+    <t>Granollers</t>
+  </si>
+  <si>
+    <t>0530</t>
+  </si>
+  <si>
+    <t>MONCLÚS NÚÑEZ, FRANCESCA</t>
+  </si>
+  <si>
+    <t>Terra Alta</t>
+  </si>
+  <si>
+    <t>La Pobla de Massaluca</t>
+  </si>
+  <si>
+    <t>0533</t>
+  </si>
+  <si>
+    <t>PRETEL TUDELA, BETLEM</t>
+  </si>
+  <si>
+    <t>0537</t>
+  </si>
+  <si>
+    <t>GALANT MEJIAS, M. JOSÉ</t>
+  </si>
+  <si>
+    <t>Barberà del Vallès</t>
+  </si>
+  <si>
+    <t>0539</t>
+  </si>
+  <si>
+    <t>COLOMER HERRANZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>0542</t>
+  </si>
+  <si>
+    <t>ZAVALA MENDÍA, M. PALOMA</t>
+  </si>
+  <si>
+    <t>Arties</t>
+  </si>
+  <si>
+    <t>0544</t>
+  </si>
+  <si>
+    <t>CASENY FERRANDO, LOURDES</t>
+  </si>
+  <si>
+    <t>0549</t>
+  </si>
+  <si>
+    <t>FERRER PELEGRIN, MARTA</t>
+  </si>
+  <si>
+    <t>0552</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ RODRÍGUEZ, M. CRISTINA</t>
+  </si>
+  <si>
+    <t>Burgos</t>
+  </si>
+  <si>
+    <t>0558</t>
+  </si>
+  <si>
+    <t>SOLER SANFELIU, DOLORS</t>
+  </si>
+  <si>
+    <t>Bages</t>
+  </si>
+  <si>
+    <t>Manresa</t>
+  </si>
+  <si>
+    <t>0562</t>
+  </si>
+  <si>
+    <t>VILAMALA SÁNCHEZ, LÍDIA</t>
+  </si>
+  <si>
+    <t>Sallent</t>
+  </si>
+  <si>
+    <t>0563</t>
+  </si>
+  <si>
+    <t>DEL CACHO BARRIENDO, TERESA</t>
+  </si>
+  <si>
+    <t>0564</t>
+  </si>
+  <si>
+    <t>PÉREZ CALLEJA, MERCÈ</t>
+  </si>
+  <si>
+    <t>0565</t>
+  </si>
+  <si>
+    <t>SALLA SOLÉ, ASSUMPCIÓ</t>
+  </si>
+  <si>
+    <t>0570</t>
+  </si>
+  <si>
+    <t>CAPELLAS CABANES, M. TERESA</t>
+  </si>
+  <si>
+    <t>0574</t>
+  </si>
+  <si>
+    <t>SANSA MATAMOROS, ESTHER</t>
+  </si>
+  <si>
+    <t>Principat d'Andorra</t>
+  </si>
+  <si>
+    <t>Andorra la Vella</t>
+  </si>
+  <si>
+    <t>0575</t>
+  </si>
+  <si>
+    <t>VALSECHI BRIGHINA, MIRTA NOEMI</t>
+  </si>
+  <si>
+    <t>Barco de Valldeorras</t>
+  </si>
+  <si>
+    <t>0583</t>
+  </si>
+  <si>
+    <t>BALADA ARIAS, HELENA</t>
+  </si>
+  <si>
+    <t>Caldes de Malavella</t>
+  </si>
+  <si>
+    <t>0584</t>
+  </si>
+  <si>
+    <t>ARTIGAS GUNTÍN, PILAR</t>
+  </si>
+  <si>
+    <t>0585</t>
+  </si>
+  <si>
+    <t>FARRERAS DURAN, CARLES</t>
+  </si>
+  <si>
+    <t>Moianès</t>
+  </si>
+  <si>
+    <t>Castellterçol</t>
+  </si>
+  <si>
+    <t>0586</t>
+  </si>
+  <si>
+    <t>MARTÍN GAVIN, M. CARMEN</t>
+  </si>
+  <si>
+    <t>0589</t>
+  </si>
+  <si>
+    <t>MEDINA JIMÉNEZ, LÍDIA</t>
+  </si>
+  <si>
+    <t>0592</t>
+  </si>
+  <si>
+    <t>JULIÀ USAN, MÍRIAM</t>
+  </si>
+  <si>
+    <t>Les Planes d'Hostoles</t>
+  </si>
+  <si>
+    <t>0603</t>
+  </si>
+  <si>
+    <t>SOLER SINDREU, NATÀLIA</t>
   </si>
   <si>
     <t>Badalona</t>
   </si>
   <si>
-    <t>0114</t>
-[...86 lines deleted...]
-    <t>Garraf</t>
+    <t>0605</t>
+  </si>
+  <si>
+    <t>HERNÁNDEZ IBÁÑEZ, FRANCISCO</t>
+  </si>
+  <si>
+    <t>0606</t>
+  </si>
+  <si>
+    <t>GÓMEZ TRAVESSET, SARA</t>
+  </si>
+  <si>
+    <t>0607</t>
+  </si>
+  <si>
+    <t>BISBAL GUIX, ELENA</t>
+  </si>
+  <si>
+    <t>0608</t>
+  </si>
+  <si>
+    <t>MONTANER SCHMIDT, PATRICIA</t>
+  </si>
+  <si>
+    <t>0612</t>
+  </si>
+  <si>
+    <t>ALBA de la TORRE, CELIA</t>
+  </si>
+  <si>
+    <t>0613</t>
+  </si>
+  <si>
+    <t>FARRÀS CANALS, GEMMA</t>
+  </si>
+  <si>
+    <t>Martorell</t>
+  </si>
+  <si>
+    <t>0614</t>
+  </si>
+  <si>
+    <t>GUITART TRISTANY, ANNA</t>
+  </si>
+  <si>
+    <t>Cardona</t>
+  </si>
+  <si>
+    <t>0623</t>
+  </si>
+  <si>
+    <t>SELLARÈS PARRA, ANNA</t>
+  </si>
+  <si>
+    <t>0624</t>
+  </si>
+  <si>
+    <t>ROYO LAVIÑA, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>0627</t>
+  </si>
+  <si>
+    <t>BUSCARONS ALCORIZA, ANA</t>
+  </si>
+  <si>
+    <t>0631</t>
+  </si>
+  <si>
+    <t>FIGUERAS GUTIÉRREZ, ROSA M.</t>
+  </si>
+  <si>
+    <t>0633</t>
+  </si>
+  <si>
+    <t>SARSANEDAS SEDÓ, MERCÈ</t>
+  </si>
+  <si>
+    <t>Pruit</t>
+  </si>
+  <si>
+    <t>0634</t>
+  </si>
+  <si>
+    <t>ALMELLONES CONESA, M. CARMEN</t>
+  </si>
+  <si>
+    <t>Canet de Mar</t>
+  </si>
+  <si>
+    <t>0636</t>
+  </si>
+  <si>
+    <t>FONTANALS MUÑOZ, INGRID</t>
+  </si>
+  <si>
+    <t>0641</t>
+  </si>
+  <si>
+    <t>VENTOSA CARBONERO, YVETTE</t>
+  </si>
+  <si>
+    <t>Baix Penedès</t>
+  </si>
+  <si>
+    <t>Llorenç del Penedès</t>
+  </si>
+  <si>
+    <t>0642</t>
+  </si>
+  <si>
+    <t>TORMO ROSICH, NÚRIA</t>
+  </si>
+  <si>
+    <t>0644</t>
+  </si>
+  <si>
+    <t>BALAGUÉ CASTERÀ, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>0647</t>
+  </si>
+  <si>
+    <t>JUNCOSA MARTI, ESTER</t>
+  </si>
+  <si>
+    <t>0649</t>
+  </si>
+  <si>
+    <t>ROMERO CARBONELL, NÚRIA</t>
+  </si>
+  <si>
+    <t>Cambrils</t>
+  </si>
+  <si>
+    <t>0658</t>
+  </si>
+  <si>
+    <t>MARCET MIRABENT, MARGARIDA</t>
+  </si>
+  <si>
+    <t>Sant Esteve de Palautordera</t>
+  </si>
+  <si>
+    <t>0664</t>
+  </si>
+  <si>
+    <t>DIONÍS i BARGALLÓ, NÚRIA</t>
+  </si>
+  <si>
+    <t>0667</t>
+  </si>
+  <si>
+    <t>JORDANA PUIG, MARTA</t>
+  </si>
+  <si>
+    <t>0668</t>
+  </si>
+  <si>
+    <t>SALA GORGAS, EULÀLIA</t>
+  </si>
+  <si>
+    <t>0673</t>
+  </si>
+  <si>
+    <t>DE DOMÈNECH JUBANY, MARIA</t>
+  </si>
+  <si>
+    <t>0679</t>
+  </si>
+  <si>
+    <t>RION SEGARRA, OLGA</t>
+  </si>
+  <si>
+    <t>0684</t>
+  </si>
+  <si>
+    <t>IBARZ JORDAN, ANNABEL</t>
+  </si>
+  <si>
+    <t>0686</t>
+  </si>
+  <si>
+    <t>VILARDAGA MESEGUER, TERESA</t>
+  </si>
+  <si>
+    <t>0688</t>
+  </si>
+  <si>
+    <t>MUÑOZ BAELL, IRMA MARÍA</t>
+  </si>
+  <si>
+    <t>Sant Vicenç del Raspeig</t>
+  </si>
+  <si>
+    <t>0691</t>
+  </si>
+  <si>
+    <t>JOVÉ BONCOMPTE, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>Gavà</t>
+  </si>
+  <si>
+    <t>0692</t>
+  </si>
+  <si>
+    <t>LAGUNA MARTÍNEZ, OLGA</t>
+  </si>
+  <si>
+    <t>Caldes de Montbui</t>
+  </si>
+  <si>
+    <t>0694</t>
+  </si>
+  <si>
+    <t>PLANAS i OLIVÉ, ARIADNA</t>
+  </si>
+  <si>
+    <t>0700</t>
+  </si>
+  <si>
+    <t>FERRER i RAFECAS, MARIA</t>
+  </si>
+  <si>
+    <t>0704</t>
+  </si>
+  <si>
+    <t>VALLÈS GARCÍA, ESTHER</t>
+  </si>
+  <si>
+    <t>0705</t>
+  </si>
+  <si>
+    <t>FRANCH i BO, EVA</t>
+  </si>
+  <si>
+    <t>Baix Ebre</t>
+  </si>
+  <si>
+    <t>Deltebre</t>
+  </si>
+  <si>
+    <t>0706</t>
+  </si>
+  <si>
+    <t>CALAF GOZALO, NEUS</t>
+  </si>
+  <si>
+    <t>0714</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ ÁLVAREZ, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>0717</t>
+  </si>
+  <si>
+    <t>TORELLÓ ENRICH, SARA</t>
+  </si>
+  <si>
+    <t>0718</t>
+  </si>
+  <si>
+    <t>JORDANA GARCÍA, ESTER</t>
+  </si>
+  <si>
+    <t>Vilassar de Mar</t>
+  </si>
+  <si>
+    <t>0734</t>
+  </si>
+  <si>
+    <t>ESCURRIOL OSTÁRIZ, MARTA</t>
+  </si>
+  <si>
+    <t>0735</t>
+  </si>
+  <si>
+    <t>EJARQUE GRAU, JUDITH</t>
+  </si>
+  <si>
+    <t>0736</t>
+  </si>
+  <si>
+    <t>GÓMEZ BERNAT, NÚRIA</t>
+  </si>
+  <si>
+    <t>Sant Feliu de Llobregat</t>
+  </si>
+  <si>
+    <t>0738</t>
+  </si>
+  <si>
+    <t>PESARRODONA ISERN, ELISENDA</t>
+  </si>
+  <si>
+    <t>0740</t>
+  </si>
+  <si>
+    <t>SOLÉ i ALTISENT, M. ÁNGELS</t>
+  </si>
+  <si>
+    <t>0741</t>
+  </si>
+  <si>
+    <t>RESINA RODRÍGUEZ, CORAL</t>
+  </si>
+  <si>
+    <t>Sant Joan Despí</t>
+  </si>
+  <si>
+    <t>0742</t>
+  </si>
+  <si>
+    <t>RÀFOLS JANÉ, MARIA</t>
+  </si>
+  <si>
+    <t>Torredembarra</t>
+  </si>
+  <si>
+    <t>0750</t>
+  </si>
+  <si>
+    <t>GORDO FULQUET, ANNA</t>
+  </si>
+  <si>
+    <t>Taradell</t>
+  </si>
+  <si>
+    <t>0751</t>
+  </si>
+  <si>
+    <t>ÁLVAREZ VEGAS, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>0756</t>
+  </si>
+  <si>
+    <t>MÀRQUEZ RUBIO, BEATRIZ</t>
+  </si>
+  <si>
+    <t>Caldes d'Estrac</t>
+  </si>
+  <si>
+    <t>0757</t>
+  </si>
+  <si>
+    <t>ESPAÑOL GUASCH, M. CARME</t>
+  </si>
+  <si>
+    <t>Calafell</t>
+  </si>
+  <si>
+    <t>0759</t>
+  </si>
+  <si>
+    <t>MASSANA SOLER, ALÍCIA</t>
+  </si>
+  <si>
+    <t>0761</t>
+  </si>
+  <si>
+    <t>MOLINA DEL MOLINO, LOURDES</t>
+  </si>
+  <si>
+    <t>0766</t>
+  </si>
+  <si>
+    <t>MONTAGUT COLOMER, NÚRIA</t>
+  </si>
+  <si>
+    <t>0773</t>
+  </si>
+  <si>
+    <t>TRIAS GAMITO, LAIA</t>
+  </si>
+  <si>
+    <t>Santa Coloma de Gramenet</t>
+  </si>
+  <si>
+    <t>0774</t>
+  </si>
+  <si>
+    <t>MARÍN LLOPIS, SÍLVIA</t>
+  </si>
+  <si>
+    <t>0780</t>
+  </si>
+  <si>
+    <t>LORA CABEZAS, MANUEL</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>0781</t>
+  </si>
+  <si>
+    <t>CREUS JORQUERA, INGRID</t>
+  </si>
+  <si>
+    <t>0782</t>
+  </si>
+  <si>
+    <t>ERNETA AZANZA, M. INÉS</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>0787</t>
+  </si>
+  <si>
+    <t>DE DIOS MARTÍN, CARME</t>
+  </si>
+  <si>
+    <t>0789</t>
+  </si>
+  <si>
+    <t>BORRÀS PAYEROL, M. ÁNGELS</t>
+  </si>
+  <si>
+    <t>0791</t>
+  </si>
+  <si>
+    <t>MUIXÍ ALBAREDA, NÚRIA</t>
+  </si>
+  <si>
+    <t>Agramunt</t>
+  </si>
+  <si>
+    <t>0798</t>
+  </si>
+  <si>
+    <t>SALVADÓ CASTELLVÍ, ROSA M.</t>
+  </si>
+  <si>
+    <t>0799</t>
+  </si>
+  <si>
+    <t>SOLER CALLÉN, ÁNGELES</t>
+  </si>
+  <si>
+    <t>0801</t>
+  </si>
+  <si>
+    <t>HUERTAS GIMÉNEZ, NATÀLIA</t>
+  </si>
+  <si>
+    <t>0802</t>
+  </si>
+  <si>
+    <t>BOQUÉ MAGRIÑÀ, GRISELDA</t>
+  </si>
+  <si>
+    <t>0804</t>
+  </si>
+  <si>
+    <t>MARTÍ FORÈS, MARTA</t>
+  </si>
+  <si>
+    <t>0810</t>
+  </si>
+  <si>
+    <t>CODINA RAMELLS, TERESA</t>
+  </si>
+  <si>
+    <t>0811</t>
+  </si>
+  <si>
+    <t>RUSIÑOL ABAD, ÀNGELS</t>
+  </si>
+  <si>
+    <t>0812</t>
+  </si>
+  <si>
+    <t>PARADA GARCÍA, JOSÉ MANUEL</t>
+  </si>
+  <si>
+    <t>Sanlúcar de Barrameda</t>
+  </si>
+  <si>
+    <t>0814</t>
+  </si>
+  <si>
+    <t>CARO LÓPEZ, MARTA</t>
+  </si>
+  <si>
+    <t>0815</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ GARCÍA, BEGOÑA</t>
+  </si>
+  <si>
+    <t>0817</t>
+  </si>
+  <si>
+    <t>FRIGOLA FORGA, ROSER</t>
+  </si>
+  <si>
+    <t>0820</t>
+  </si>
+  <si>
+    <t>RUANA PEGUEROLES, MARIONA</t>
+  </si>
+  <si>
+    <t>0821</t>
+  </si>
+  <si>
+    <t>BAILEY GARRIDO, ALICIA</t>
+  </si>
+  <si>
+    <t>0823</t>
+  </si>
+  <si>
+    <t>CASTELLS CASTELLÓ, M. NÚRIA</t>
+  </si>
+  <si>
+    <t>0825</t>
+  </si>
+  <si>
+    <t>CLEMENTE BENAIGES, IVET</t>
+  </si>
+  <si>
+    <t>0826</t>
+  </si>
+  <si>
+    <t>COBO MEROÑO, M. VICTÒRIA</t>
+  </si>
+  <si>
+    <t>0827</t>
+  </si>
+  <si>
+    <t>GÓMEZ FERNÁNDEZ, NÚRIA</t>
+  </si>
+  <si>
+    <t>Els Pallaresos</t>
+  </si>
+  <si>
+    <t>0836</t>
+  </si>
+  <si>
+    <t>MONTSERRAT CARBONELL, ANNA</t>
+  </si>
+  <si>
+    <t>0837</t>
+  </si>
+  <si>
+    <t>AMIGO ALONSO, LÍDIA</t>
+  </si>
+  <si>
+    <t>0838</t>
+  </si>
+  <si>
+    <t>BARJUAN ESCLUSA, RUT</t>
+  </si>
+  <si>
+    <t>0841</t>
+  </si>
+  <si>
+    <t>PUIGVERT MOLAS, LAURA</t>
+  </si>
+  <si>
+    <t>Sant Privat d'en Bas</t>
+  </si>
+  <si>
+    <t>0845</t>
+  </si>
+  <si>
+    <t>BAGUR LLOPIS, SANDRA</t>
+  </si>
+  <si>
+    <t>El Papiol</t>
+  </si>
+  <si>
+    <t>0852</t>
+  </si>
+  <si>
+    <t>BOYÉ PEÑATE, PATRÍCIA</t>
+  </si>
+  <si>
+    <t>0864</t>
+  </si>
+  <si>
+    <t>BERTRAN RAMON, MARTA</t>
+  </si>
+  <si>
+    <t>Lliçà de Vall</t>
+  </si>
+  <si>
+    <t>0865</t>
+  </si>
+  <si>
+    <t>CUADRA HUALDE, SANDRA</t>
+  </si>
+  <si>
+    <t>0875</t>
+  </si>
+  <si>
+    <t>PI i COLL, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>Sant Vicenç de Torelló</t>
+  </si>
+  <si>
+    <t>0876</t>
+  </si>
+  <si>
+    <t>CABESTANY SOTO, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>Vilanova del Vallès</t>
+  </si>
+  <si>
+    <t>0881</t>
+  </si>
+  <si>
+    <t>MARTÍ ESTEVE, ESTEL</t>
+  </si>
+  <si>
+    <t>Llagostera</t>
+  </si>
+  <si>
+    <t>0888</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ ROMERO, SUSANA</t>
+  </si>
+  <si>
+    <t>Aiguafreda</t>
+  </si>
+  <si>
+    <t>0890</t>
+  </si>
+  <si>
+    <t>COMAS VALLS, EVA</t>
+  </si>
+  <si>
+    <t>Teià</t>
+  </si>
+  <si>
+    <t>0892</t>
+  </si>
+  <si>
+    <t>CAPDEVILA DÍEZ, ANA</t>
+  </si>
+  <si>
+    <t>0893</t>
+  </si>
+  <si>
+    <t>PÉREZ ILLA, MARTA</t>
+  </si>
+  <si>
+    <t>Viladecans</t>
+  </si>
+  <si>
+    <t>0902</t>
+  </si>
+  <si>
+    <t>SUGRAÑES PRATS, Ma DOLORS</t>
+  </si>
+  <si>
+    <t>0904</t>
+  </si>
+  <si>
+    <t>MARTÍN BAUTISTA, IRENE</t>
+  </si>
+  <si>
+    <t>0906</t>
+  </si>
+  <si>
+    <t>PUJOL AMATLLER, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>Cardedeu</t>
+  </si>
+  <si>
+    <t>0907</t>
+  </si>
+  <si>
+    <t>PÉREZ BENITO, M. CARMEN</t>
+  </si>
+  <si>
+    <t>Moià</t>
+  </si>
+  <si>
+    <t>0917</t>
+  </si>
+  <si>
+    <t>SERRANO ROCHE, MARIA de las MERCEDES</t>
+  </si>
+  <si>
+    <t>0919</t>
+  </si>
+  <si>
+    <t>GIMÉNEZ MARTÍNEZ, MARTA</t>
+  </si>
+  <si>
+    <t>0921</t>
+  </si>
+  <si>
+    <t>DÍEZ MARCET, MONTSE</t>
+  </si>
+  <si>
+    <t>0927</t>
+  </si>
+  <si>
+    <t>AUGÉ DOMÈNECH, LAURA</t>
+  </si>
+  <si>
+    <t>0928</t>
+  </si>
+  <si>
+    <t>DOMÈNECH i TERRADAS, ESTER</t>
+  </si>
+  <si>
+    <t>Pla de l'Estany</t>
+  </si>
+  <si>
+    <t>Esponellà</t>
+  </si>
+  <si>
+    <t>0929</t>
+  </si>
+  <si>
+    <t>MAYOLA FERRAN, NÚRIA</t>
+  </si>
+  <si>
+    <t>0930</t>
+  </si>
+  <si>
+    <t>GARCÍA GARCÍA, PEDRO</t>
+  </si>
+  <si>
+    <t>0931</t>
+  </si>
+  <si>
+    <t>SANDALINAS COLLADO, ANA MARIA</t>
+  </si>
+  <si>
+    <t>0935</t>
+  </si>
+  <si>
+    <t>PUYUELO UMBERT, MARIA</t>
+  </si>
+  <si>
+    <t>Olot</t>
+  </si>
+  <si>
+    <t>0937</t>
+  </si>
+  <si>
+    <t>NAVÉS i FONTANET, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>0939</t>
+  </si>
+  <si>
+    <t>PUJALS CAMPS, YOLANDA</t>
+  </si>
+  <si>
+    <t>0942</t>
+  </si>
+  <si>
+    <t>VIÑAS i XIFRA, JORDI</t>
+  </si>
+  <si>
+    <t>0946</t>
+  </si>
+  <si>
+    <t>CABASÉS HITA, SÍLVIA</t>
+  </si>
+  <si>
+    <t>0948</t>
+  </si>
+  <si>
+    <t>GARCÍA GONZÁLEZ, LLUÏSA</t>
+  </si>
+  <si>
+    <t>Vilassar de Dalt</t>
+  </si>
+  <si>
+    <t>0953</t>
+  </si>
+  <si>
+    <t>GÓMEZ LLAMBRICH, NÚRIA</t>
+  </si>
+  <si>
+    <t>L'Ametlla de Mar</t>
+  </si>
+  <si>
+    <t>0954</t>
+  </si>
+  <si>
+    <t>VELASCO CAMPO, CRISTINA</t>
+  </si>
+  <si>
+    <t>0956</t>
+  </si>
+  <si>
+    <t>DE GISPERT BROSA, MARTA</t>
+  </si>
+  <si>
+    <t>0962</t>
+  </si>
+  <si>
+    <t>CANAL OTERO, RUTH</t>
+  </si>
+  <si>
+    <t>0966</t>
+  </si>
+  <si>
+    <t>FAIXA SOL, CARLOTA</t>
+  </si>
+  <si>
+    <t>0969</t>
+  </si>
+  <si>
+    <t>ORTEGA GARCÍA, OLGA</t>
+  </si>
+  <si>
+    <t>0970</t>
+  </si>
+  <si>
+    <t>CLIMENT SERRA, NEUS</t>
+  </si>
+  <si>
+    <t>0971</t>
+  </si>
+  <si>
+    <t>CLARÓS PUJOL, ASTRID</t>
+  </si>
+  <si>
+    <t>0972</t>
+  </si>
+  <si>
+    <t>FOGUERAS i BAYARRI, NÚRIA</t>
+  </si>
+  <si>
+    <t>Malgrat de Mar</t>
+  </si>
+  <si>
+    <t>0974</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ BOGGIA, DANIEL ÒSCAR</t>
+  </si>
+  <si>
+    <t>0976</t>
+  </si>
+  <si>
+    <t>FÀBREGAS CULLELL, NÚRIA</t>
+  </si>
+  <si>
+    <t>Sant Hilari Sacalm</t>
+  </si>
+  <si>
+    <t>0977</t>
+  </si>
+  <si>
+    <t>TALLEDA i RODRÍGUEZ, NATÀLIA</t>
+  </si>
+  <si>
+    <t>Sant Pol de Mar</t>
+  </si>
+  <si>
+    <t>0978</t>
+  </si>
+  <si>
+    <t>MOSQUERA GENLOT, SILVINA</t>
+  </si>
+  <si>
+    <t>0979</t>
+  </si>
+  <si>
+    <t>GRACIÀ i GRACIÀ, MIREIA</t>
+  </si>
+  <si>
+    <t>Paüls</t>
+  </si>
+  <si>
+    <t>0984</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ MELER, MAITE</t>
+  </si>
+  <si>
+    <t>0989</t>
+  </si>
+  <si>
+    <t>PALAHÍ SITJA, ESTER</t>
+  </si>
+  <si>
+    <t>L'Armentera</t>
+  </si>
+  <si>
+    <t>0990</t>
+  </si>
+  <si>
+    <t>BRUNS BAYO, ANA MARIA</t>
+  </si>
+  <si>
+    <t>0991</t>
+  </si>
+  <si>
+    <t>AMAT GARCIA, SILVIA</t>
+  </si>
+  <si>
+    <t>0994</t>
+  </si>
+  <si>
+    <t>CHIMENOS SOLSONA, MÒNICA</t>
+  </si>
+  <si>
+    <t>Alpicat</t>
+  </si>
+  <si>
+    <t>0995</t>
+  </si>
+  <si>
+    <t>ANTÓN MONTAÑÉS, CRISTINA</t>
+  </si>
+  <si>
+    <t>Blanes</t>
+  </si>
+  <si>
+    <t>0997</t>
+  </si>
+  <si>
+    <t>MAJORAL SALICHS, MARIA</t>
+  </si>
+  <si>
+    <t>0998</t>
+  </si>
+  <si>
+    <t>ROCABERT SANTAEULÀRIA, ROSER</t>
+  </si>
+  <si>
+    <t>0999</t>
+  </si>
+  <si>
+    <t>TAPIA GÓMEZ, M. TERESA</t>
+  </si>
+  <si>
+    <t>Montmeló</t>
+  </si>
+  <si>
+    <t>FERRATÉ YEPES, SÍLVIA</t>
+  </si>
+  <si>
+    <t>LLAVERO GURREA, ANNA</t>
+  </si>
+  <si>
+    <t>Lloret de Mar</t>
+  </si>
+  <si>
+    <t>VILALTA BUFÍ, GEMMA</t>
+  </si>
+  <si>
+    <t>NAVARRETE MARTÍNEZ, RAQUEL</t>
+  </si>
+  <si>
+    <t>LINARES i SANCHO, M. ASSUMPCIÓ</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ CAVERO, FINA</t>
+  </si>
+  <si>
+    <t>SERISIER CALDUCH, ISABEL</t>
+  </si>
+  <si>
+    <t>Segur de Calafell</t>
+  </si>
+  <si>
+    <t>TEJERA CERVERA, ANA MARIA</t>
+  </si>
+  <si>
+    <t>GÓMEZ LUCAS, Mª SAGRARIO</t>
+  </si>
+  <si>
+    <t>GALÁN FAURE, ESPERANÇA</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ PAREJA, PENÉLOPE</t>
+  </si>
+  <si>
+    <t>FORGAS i MASSÓ, CARME</t>
+  </si>
+  <si>
+    <t>SOLER MORATÓ, MERITXELL</t>
+  </si>
+  <si>
+    <t>ALMIRALL PAÜLS, MARTA</t>
+  </si>
+  <si>
+    <t>MORIST BORRÀS, GEMMA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ CARRION, OLGA</t>
+  </si>
+  <si>
+    <t>El Catllar</t>
+  </si>
+  <si>
+    <t>ADSARIAS JIMÉNEZ, NOHÉMI</t>
+  </si>
+  <si>
+    <t>HERRERO JUSTO, ROSA M.</t>
+  </si>
+  <si>
+    <t>MASÓ MALUQUER, ZOE</t>
+  </si>
+  <si>
+    <t>FORTIANA CARBONELL, MIREIA</t>
+  </si>
+  <si>
+    <t>QUEROL GAVALDÀ, SUSANNA</t>
+  </si>
+  <si>
+    <t>La Sènia</t>
+  </si>
+  <si>
+    <t>ARIZA RUBINAT, MARTA</t>
+  </si>
+  <si>
+    <t>FERRARO NIETO, SÒNIA</t>
+  </si>
+  <si>
+    <t>Fora d'Espanya</t>
+  </si>
+  <si>
+    <t>La Tor de Querol</t>
+  </si>
+  <si>
+    <t>GARCÍA PRAT, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>LÓPEZ SÁNCHEZ, Mª ESPERANZA</t>
+  </si>
+  <si>
+    <t>CUMPLI MARTÍNEZ, MARIÉN</t>
+  </si>
+  <si>
+    <t>Amposta</t>
+  </si>
+  <si>
+    <t>RIVERO BLAYA, YOLANDA</t>
+  </si>
+  <si>
+    <t>GRABULOSA i PRAT, M. MERCÈ</t>
+  </si>
+  <si>
+    <t>Santa Pau</t>
+  </si>
+  <si>
+    <t>GIMÉNEZ BORRELL, M. ASUNCIÓN</t>
+  </si>
+  <si>
+    <t>MARTÍ BALAGUER, GEMMA</t>
+  </si>
+  <si>
+    <t>Vallirana</t>
+  </si>
+  <si>
+    <t>VICENTE PERALTA, AGNÈS</t>
+  </si>
+  <si>
+    <t>VALERO FONT, MERITXELL</t>
+  </si>
+  <si>
+    <t>CUTCHET DOMÉNECH, MARIA</t>
+  </si>
+  <si>
+    <t>AVILÉS RODRÍGUEZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>BÉJAR RODRÍGUEZ, KELIN</t>
+  </si>
+  <si>
+    <t>BORRÀS PIÑOL, GEMMA</t>
+  </si>
+  <si>
+    <t>Tivenys</t>
+  </si>
+  <si>
+    <t>PANISELLO GAMUNDI, EMMA</t>
+  </si>
+  <si>
+    <t>PASCUA EXPÓSITO, FRANCESC</t>
+  </si>
+  <si>
+    <t>SEOANE VILELA, MARTA</t>
+  </si>
+  <si>
+    <t>PEDRA ESPIES, MONTSE</t>
+  </si>
+  <si>
+    <t>Santpedor</t>
+  </si>
+  <si>
+    <t>OLIVA CHUMILLA, GRACIELA</t>
+  </si>
+  <si>
+    <t>MATAVERA MAGEM, NÚRIA</t>
+  </si>
+  <si>
+    <t>Balenyà</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ i ROIG, CLARA</t>
+  </si>
+  <si>
+    <t>La Bisbal d'Empordà</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ FENOLLAR, GEMMA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ MARÍN, FLORA</t>
+  </si>
+  <si>
+    <t>Santa Coloma de Cervelló</t>
+  </si>
+  <si>
+    <t>JORDÀ POU, GEMMA</t>
+  </si>
+  <si>
+    <t>RAMÍREZ FERREIRA, MARTA</t>
+  </si>
+  <si>
+    <t>SANZ FERNÁNDEZ, OLGA</t>
+  </si>
+  <si>
+    <t>MARJANEDAS STREMLOW, LAURA</t>
+  </si>
+  <si>
+    <t>GÓMEZ PASTOR, ANA ROSA</t>
+  </si>
+  <si>
+    <t>MONTESINOS MIRACLE, ANNA</t>
+  </si>
+  <si>
+    <t>SERRA BERENGUER, MONTSE</t>
+  </si>
+  <si>
+    <t>Artés</t>
+  </si>
+  <si>
+    <t>BOTEY CATÀ, QUERALT</t>
+  </si>
+  <si>
+    <t>BAQUÉ MILLET, LORRAINE</t>
+  </si>
+  <si>
+    <t>ARROYO BOTE, CONSUELO</t>
+  </si>
+  <si>
+    <t>RAVENTÓS OLIVELLA, JUDIT</t>
+  </si>
+  <si>
+    <t>MASFRED PUJOL, LÍDIA</t>
+  </si>
+  <si>
+    <t>Cabrera de Mar</t>
+  </si>
+  <si>
+    <t>FITÓ TORIBIO, EVA</t>
+  </si>
+  <si>
+    <t>Roses</t>
+  </si>
+  <si>
+    <t>FERRÉ FERRÉ, ANA MARIA</t>
+  </si>
+  <si>
+    <t>Santa Maria de Palautordera</t>
+  </si>
+  <si>
+    <t>JOVÉ HERRERO, MARTA</t>
+  </si>
+  <si>
+    <t>HERRERO IBÁÑEZ, PATRICIA</t>
+  </si>
+  <si>
+    <t>SIERRA RUIZ, Mª DEL MAR</t>
+  </si>
+  <si>
+    <t>NOGUERA LLOPART, EULÀLIA</t>
+  </si>
+  <si>
+    <t>GALTÉS i TÀPIA, EVA</t>
+  </si>
+  <si>
+    <t>GOICOECHEA TARGARONA, NINA</t>
+  </si>
+  <si>
+    <t>FORNER PÉREZ, MARIA DOLORES</t>
+  </si>
+  <si>
+    <t>Mutxamel</t>
+  </si>
+  <si>
+    <t>CRUZ i MONSERRAT, M. TERESA</t>
+  </si>
+  <si>
+    <t>EGEA PALMA, MÒNICA</t>
+  </si>
+  <si>
+    <t>GALOFRÉ VILARRASA, ELISENDA</t>
+  </si>
+  <si>
+    <t>CASELLAS SANAHUJA, MÒNICA</t>
+  </si>
+  <si>
+    <t>POUS CASALS, SHEILA</t>
+  </si>
+  <si>
+    <t>Campdevànol</t>
+  </si>
+  <si>
+    <t>ALTAYÓ ARAQUE, NÚRIA</t>
+  </si>
+  <si>
+    <t>TINTORÉ BATET, M. TERESA</t>
+  </si>
+  <si>
+    <t>MAÑER LÓPEZ, MIREIA</t>
+  </si>
+  <si>
+    <t>MARTÍ I PEDRÓS, MARTA</t>
+  </si>
+  <si>
+    <t>Almacelles</t>
+  </si>
+  <si>
+    <t>BENET i SALINAS, IMMACULADA</t>
+  </si>
+  <si>
+    <t>TORNER SOLÉ, ANNA</t>
+  </si>
+  <si>
+    <t>FÉRREZ FORTUNY, M. CARMEN</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ SÁNCHEZ, MARGARITA</t>
+  </si>
+  <si>
+    <t>CRUZ TORRES, CELIA</t>
+  </si>
+  <si>
+    <t>FLÓ MONTOYA, EVA MARIA</t>
+  </si>
+  <si>
+    <t>Argentona</t>
+  </si>
+  <si>
+    <t>ZAPATER GEA, DOLORS</t>
   </si>
   <si>
     <t>Sant Pere de Ribes</t>
   </si>
   <si>
-    <t>0145</t>
-[...191 lines deleted...]
-    <t>Pla de l'Estany</t>
+    <t>FERRER ARTIGAS, ROSER</t>
+  </si>
+  <si>
+    <t>Cubelles</t>
+  </si>
+  <si>
+    <t>SALVADÓ SALVADÓ, BERTA</t>
+  </si>
+  <si>
+    <t>TARRIDA FELIP, ANNA</t>
+  </si>
+  <si>
+    <t>IBÁÑEZ I RODRÍGUEZ, ENRIC</t>
+  </si>
+  <si>
+    <t>Vic</t>
+  </si>
+  <si>
+    <t>PUJOL VILÀ, M. CARMEN</t>
+  </si>
+  <si>
+    <t>SOLÉ GONZÁLEZ, ELISABET</t>
+  </si>
+  <si>
+    <t>Mora d'Ebre</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ SÁNCHEZ, VICTORIA</t>
+  </si>
+  <si>
+    <t>El Masnou</t>
+  </si>
+  <si>
+    <t>LÓPEZ GARCÍA, CARME</t>
+  </si>
+  <si>
+    <t>CANTUDO CALLADO, ANNA BELÉN</t>
+  </si>
+  <si>
+    <t>Molins de Rei</t>
+  </si>
+  <si>
+    <t>VILLALBA CORBELLA, DANIEL</t>
+  </si>
+  <si>
+    <t>BASTIDA i ARMADA, ANNA</t>
+  </si>
+  <si>
+    <t>La Pobla de Segur</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ GUERRERO, AGUSTINA</t>
+  </si>
+  <si>
+    <t>EJARQUE MARÍN, VANESSA</t>
+  </si>
+  <si>
+    <t>Begues</t>
+  </si>
+  <si>
+    <t>TORRENS MARTÍ, SÒNIA</t>
+  </si>
+  <si>
+    <t>AURRE ORMAETXE, MAITE</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>GASSÓ SEGURA, ANMARÍ</t>
+  </si>
+  <si>
+    <t>Les Garrigues</t>
+  </si>
+  <si>
+    <t>Les Borges Blanques</t>
+  </si>
+  <si>
+    <t>VENTURA CARVALHO, NÚRIA</t>
+  </si>
+  <si>
+    <t>MEDEL JIMÉNEZ, NEUS</t>
+  </si>
+  <si>
+    <t>ESCUDERO I MARCO, SARA</t>
+  </si>
+  <si>
+    <t>FERRER BENAIGES, SÒNIA</t>
+  </si>
+  <si>
+    <t>Tortosa</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ BARGUILLA, ELISABET</t>
+  </si>
+  <si>
+    <t>TORRES VASQUEZ, NEUS</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ DELGADO, JUAN JOSÉ</t>
+  </si>
+  <si>
+    <t>Palencia</t>
+  </si>
+  <si>
+    <t>SOLÉ ESPINET, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>ROMEU CASALLACHS, ANNA</t>
+  </si>
+  <si>
+    <t>PÉREZ DEL ARCO, SANDRA</t>
+  </si>
+  <si>
+    <t>ALFAGEME PARDO, SUSANA</t>
+  </si>
+  <si>
+    <t>Las Rozas</t>
+  </si>
+  <si>
+    <t>ESTALRICH ORTOLÀ, MAGDALENA</t>
+  </si>
+  <si>
+    <t>Moraira-Teulada</t>
+  </si>
+  <si>
+    <t>GUTIÉRREZ FERNÁNDEZ, CONSUELO</t>
+  </si>
+  <si>
+    <t>GARCÍA GARCÍA, LORENA</t>
+  </si>
+  <si>
+    <t>SALVADÓ FRANCH, EVA</t>
+  </si>
+  <si>
+    <t>L'Aldea</t>
+  </si>
+  <si>
+    <t>MOLINA i ROVIRA, SÒNIA</t>
+  </si>
+  <si>
+    <t>Valsequillo de Gran Canaria</t>
+  </si>
+  <si>
+    <t>MADRID XUFRÉ, HELENA</t>
+  </si>
+  <si>
+    <t>OCHOA DOMINGO, MARIA JESÚS</t>
+  </si>
+  <si>
+    <t>Baixa Cerdanya</t>
+  </si>
+  <si>
+    <t>Prats i Sansor</t>
+  </si>
+  <si>
+    <t>CRESPO TORRES, MIREIA</t>
+  </si>
+  <si>
+    <t>GÓMEZ i MUNDÓ, NÚRIA</t>
+  </si>
+  <si>
+    <t>Centelles</t>
+  </si>
+  <si>
+    <t>VALLS CALVET, MERITXELL</t>
+  </si>
+  <si>
+    <t>LINARES CASTILLO, LÍDIA</t>
+  </si>
+  <si>
+    <t>RIGUAL i SOLER, LIDIA</t>
+  </si>
+  <si>
+    <t>JORDÁN i LÓPEZ, ROSARIO</t>
+  </si>
+  <si>
+    <t>DÍAZ FELIU, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>La Noguera</t>
+  </si>
+  <si>
+    <t>Balaguer</t>
+  </si>
+  <si>
+    <t>PARERA YAGÜEZ, M. LLUÏSA</t>
+  </si>
+  <si>
+    <t>PUJOL LLORENS, ELISABET</t>
+  </si>
+  <si>
+    <t>CUELLO VAQUERO, MERCEDES</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ SANTOS, JOAN CARLES</t>
+  </si>
+  <si>
+    <t>CONESA PÉREZ, M. ISABEL</t>
+  </si>
+  <si>
+    <t>PUIGDEFÀBREGAS i BLANCHÉ, NATÀLIA</t>
+  </si>
+  <si>
+    <t>Sant Celoni</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ HIDALGO, CARMEN</t>
+  </si>
+  <si>
+    <t>LOZANO VERGÉ, Mª DEL MAR</t>
+  </si>
+  <si>
+    <t>PASCUAL MAGALLÓN, LAURA</t>
+  </si>
+  <si>
+    <t>PERTUSA VENTEO, ESTHER</t>
+  </si>
+  <si>
+    <t>FERRERAS BELTRAN, JUDIT</t>
+  </si>
+  <si>
+    <t>Sant Julià de Vilatorta</t>
+  </si>
+  <si>
+    <t>DE DIOS GONZÁLEZ, ANA ISABEL</t>
+  </si>
+  <si>
+    <t>Corella</t>
+  </si>
+  <si>
+    <t>BLANCO AMORES, IRENE Mª</t>
+  </si>
+  <si>
+    <t>LÓPEZ PONCE, GEMMA</t>
+  </si>
+  <si>
+    <t>Berga</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ-BURBANA HERNÁNDEZ, RAQUEL</t>
+  </si>
+  <si>
+    <t>PANTOJA GARCÍA, ALEXANDRA</t>
+  </si>
+  <si>
+    <t>VIDAL COMAS, MARTA</t>
+  </si>
+  <si>
+    <t>Calonge</t>
+  </si>
+  <si>
+    <t>LUCAS SOTO, PATRICIA</t>
+  </si>
+  <si>
+    <t>Gijón</t>
+  </si>
+  <si>
+    <t>ROCA FAJARNÉS, MARTA</t>
+  </si>
+  <si>
+    <t>Sentmenat</t>
+  </si>
+  <si>
+    <t>BELLIDO NAVARRO, MARIA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ GARCÍA, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>VILELLAS ROSICH, GEMMA</t>
+  </si>
+  <si>
+    <t>HEREU NOGUER, HELENA</t>
   </si>
   <si>
     <t>Banyoles</t>
   </si>
   <si>
-    <t>0240</t>
-[...431 lines deleted...]
-    <t>CABRÉ BARRERAS, NATÀLIA</t>
+    <t>LLORCA BOSCH, GEMMA</t>
+  </si>
+  <si>
+    <t>MOMPÍN SEGOVIA, IMMA</t>
+  </si>
+  <si>
+    <t>Manlleu</t>
+  </si>
+  <si>
+    <t>MOJÍO CABO, VERÓNICA</t>
+  </si>
+  <si>
+    <t>ARCALÍS GARCÍA, MIREIA</t>
+  </si>
+  <si>
+    <t>SOLÀ SERRA, GEMMA</t>
+  </si>
+  <si>
+    <t>MARCOS GALÁN, Mª VICTORIA</t>
+  </si>
+  <si>
+    <t>Alcorcón</t>
+  </si>
+  <si>
+    <t>GUTIÉRREZ CHUECA, BELÉN</t>
+  </si>
+  <si>
+    <t>MIRALLES DE LA TORRE, MÒNICA</t>
+  </si>
+  <si>
+    <t>LORENTE RUBIO, ISABEL</t>
+  </si>
+  <si>
+    <t>Bossòst</t>
+  </si>
+  <si>
+    <t>CANALES BARNOLA, GEORGINA</t>
+  </si>
+  <si>
+    <t>MILLET PI-FIGUERAS, SANDRA</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ ROCAMORA, BEATRIZ</t>
+  </si>
+  <si>
+    <t>MARTRET i ADRUBAU, ROSA</t>
+  </si>
+  <si>
+    <t>MORENO ULLATE, MARTA MARIA</t>
+  </si>
+  <si>
+    <t>MOLLEVÍ HERNÁNDEZ, SÒNIA</t>
+  </si>
+  <si>
+    <t>OLIVAR MIRÓ, CARMEN</t>
+  </si>
+  <si>
+    <t>BONET ICART, M. DOLORS</t>
+  </si>
+  <si>
+    <t>HERNÁNDEZ ASENSIO, MÓNICA</t>
+  </si>
+  <si>
+    <t>Sant Antoni de Portmany</t>
+  </si>
+  <si>
+    <t>DOÑATE i TERNS, MERCÈ</t>
+  </si>
+  <si>
+    <t>TROYANO ORTEGA, ANA M.</t>
+  </si>
+  <si>
+    <t>LLORENS AGUADO, CRISTINA</t>
+  </si>
+  <si>
+    <t>VIÑAS VILELLA, MARTA</t>
+  </si>
+  <si>
+    <t>SETIÉN ARROITA, YOLANDA</t>
+  </si>
+  <si>
+    <t>ARGILÉS FIGUEROLA, MARTA</t>
+  </si>
+  <si>
+    <t>Pla d'Urgell</t>
+  </si>
+  <si>
+    <t>Mollerussa</t>
+  </si>
+  <si>
+    <t>HUGUET i CLARIANA, ESTHER</t>
+  </si>
+  <si>
+    <t>Castellnou de Seana</t>
+  </si>
+  <si>
+    <t>TOMÀS i DIESTRE, CRISTINA</t>
+  </si>
+  <si>
+    <t>QUESADA MONTANÉ, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>CLOFENT i TORRENTÓ, MARIONA</t>
+  </si>
+  <si>
+    <t>SALGUERO MERINO, M. CARMEN</t>
+  </si>
+  <si>
+    <t>FELIS VALLEJO, BIANCA</t>
+  </si>
+  <si>
+    <t>MARTÍN SOLSONA, LAIA</t>
+  </si>
+  <si>
+    <t>SOLÉ RUBIO, MARTA</t>
+  </si>
+  <si>
+    <t>RAMONET FELIU, MARINA</t>
+  </si>
+  <si>
+    <t>CASALS ALGUÉ, ANNA</t>
+  </si>
+  <si>
+    <t>Gironella</t>
+  </si>
+  <si>
+    <t>ÁLVAREZ MARNE, EMMA</t>
+  </si>
+  <si>
+    <t>AZUAGA CORREDOR, ENRIC</t>
+  </si>
+  <si>
+    <t>MARTÍ AMIGÓ, OLÍMPIA</t>
+  </si>
+  <si>
+    <t>CASCALES DE DIEGO, MONTSE</t>
+  </si>
+  <si>
+    <t>FAZIO RIERA, ADRIANA</t>
+  </si>
+  <si>
+    <t>GALLÉS CAMPO, LAURA</t>
+  </si>
+  <si>
+    <t>Maó</t>
+  </si>
+  <si>
+    <t>FILLÓ PAPIOL, CARME</t>
+  </si>
+  <si>
+    <t>COVAS ESTRUGA, ANA</t>
+  </si>
+  <si>
+    <t>PLA ARPA, MARIONA</t>
+  </si>
+  <si>
+    <t>CANADELL ANGUERA, ANNA</t>
+  </si>
+  <si>
+    <t>GUAL TORT, IVONNE</t>
+  </si>
+  <si>
+    <t>ROBLES HERRERA, TERESA</t>
+  </si>
+  <si>
+    <t>LLANES CAPDEVILA, ANNA</t>
+  </si>
+  <si>
+    <t>Sant Martí de Riucorb</t>
+  </si>
+  <si>
+    <t>Consorci Hospitalari de Vic</t>
+  </si>
+  <si>
+    <t>WERT ESPINOSA, MIREIA</t>
+  </si>
+  <si>
+    <t>Calella</t>
+  </si>
+  <si>
+    <t>GERBOLÉS GALERA, ANNA</t>
+  </si>
+  <si>
+    <t>GABALDÀ BAIG, GEMMA</t>
+  </si>
+  <si>
+    <t>RUÍZ i ACÍN, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ LEÓN, ESTER</t>
+  </si>
+  <si>
+    <t>MELLADO RUBIO, CRISTINA</t>
+  </si>
+  <si>
+    <t>CURTO ESTUPIÑÁ, GEMMA</t>
+  </si>
+  <si>
+    <t>DÍAZ GARCÍA, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>ESCARRÀ CARRASCO, BEATRIZ</t>
+  </si>
+  <si>
+    <t>PARDO MARTÍ, ELISA</t>
+  </si>
+  <si>
+    <t>ESCRIBANO VALLE, BELÉN</t>
+  </si>
+  <si>
+    <t>SEGURA ELÍAS, NÚRIA</t>
+  </si>
+  <si>
+    <t>HUGAS DALMAU, REBECA</t>
+  </si>
+  <si>
+    <t>PUIG LÓPEZ, Mª DOLORS</t>
+  </si>
+  <si>
+    <t>AGUDO ARMENGOU, ANNA</t>
+  </si>
+  <si>
+    <t>Santa Eulàlia de Ronçana</t>
+  </si>
+  <si>
+    <t>SÀNCHEZ i ZARAGOZA, ANTONI</t>
+  </si>
+  <si>
+    <t>AULET PUIG, CRISTINA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ MUÑOZ, ELISABETH</t>
+  </si>
+  <si>
+    <t>SICILIA MALUENDA, M. LLUÏSA</t>
+  </si>
+  <si>
+    <t>VILA TORNÉ, VERÒNICA</t>
+  </si>
+  <si>
+    <t>Guissona</t>
+  </si>
+  <si>
+    <t>JIMÉNEZ SALGUERO, AMPARO</t>
+  </si>
+  <si>
+    <t>SIERRA GÓMEZ, LOURDES</t>
+  </si>
+  <si>
+    <t>Sant Adrià de Besòs</t>
+  </si>
+  <si>
+    <t>CABADO SOLÉ, SÍLVIA</t>
+  </si>
+  <si>
+    <t>ARROYO NAVAJAS, LÍDIA</t>
+  </si>
+  <si>
+    <t>PRAT BOSCH, LAURA</t>
+  </si>
+  <si>
+    <t>COROMINAS GIL, MARIA DEL MAR</t>
+  </si>
+  <si>
+    <t>CLEMENTE BRONCALES, CECILIA</t>
+  </si>
+  <si>
+    <t>PUIGNOU SANTALLUSIA, TÀNIA</t>
+  </si>
+  <si>
+    <t>PUJOLRÀS RIERA, GLÒRIA</t>
+  </si>
+  <si>
+    <t>Breda</t>
+  </si>
+  <si>
+    <t>POUS LLAGOSTERA, CRISTINA</t>
+  </si>
+  <si>
+    <t>PLA VILANOVA, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>MASATS DOTTI, NÚRIA</t>
+  </si>
+  <si>
+    <t>TORRES RODRÍGUEZ, ELENA</t>
+  </si>
+  <si>
+    <t>Calldetenes</t>
+  </si>
+  <si>
+    <t>CANALS RAVENTÓS, GEMMA</t>
+  </si>
+  <si>
+    <t>BALAGUÉ BELLIDO, FRANCINA</t>
+  </si>
+  <si>
+    <t>Sant Miquel d'Olèrdola</t>
+  </si>
+  <si>
+    <t>MÉNDEZ PEINADO, CRISTINA</t>
+  </si>
+  <si>
+    <t>GÓMEZ ALBUJER, Mª TERESA</t>
+  </si>
+  <si>
+    <t>HOLLENSTEIN PRAT, ROSA</t>
+  </si>
+  <si>
+    <t>Arenys de Mar</t>
+  </si>
+  <si>
+    <t>DÍAZ CASTILLO, OLGA REGINA</t>
+  </si>
+  <si>
+    <t>FUSTÉ CASALDÀLIGA, MIREIA</t>
+  </si>
+  <si>
+    <t>MARTÍ SOUSA, RAQUEL</t>
+  </si>
+  <si>
+    <t>Sant Andreu de la Barca</t>
+  </si>
+  <si>
+    <t>VALERA SANZ, MILAGROS</t>
+  </si>
+  <si>
+    <t>L'Hospitalet de l'Infant</t>
+  </si>
+  <si>
+    <t>TERUEL RUIZ, M. ISABEL</t>
+  </si>
+  <si>
+    <t>Roquetes</t>
+  </si>
+  <si>
+    <t>PORTEIRO FRESCO, MINIA</t>
+  </si>
+  <si>
+    <t>Alcalà de Henares</t>
+  </si>
+  <si>
+    <t>REBOLLO LÓPEZ, MARÍA JESÚS</t>
+  </si>
+  <si>
+    <t>CIFUENTES MONNÉ, MÒNICA</t>
+  </si>
+  <si>
+    <t>CLASCÀ RIERA, MIREIA</t>
+  </si>
+  <si>
+    <t>La Roca del Vallès</t>
+  </si>
+  <si>
+    <t>ESCURA SANCHO, ANNA</t>
+  </si>
+  <si>
+    <t>SERRA LE CHEUALIER, CHRISTELLE</t>
+  </si>
+  <si>
+    <t>ALCALÁ ALCALÁ, Mª ÁNGELES</t>
+  </si>
+  <si>
+    <t>GÓMEZ GIMÉNEZ, TAIDA</t>
+  </si>
+  <si>
+    <t>MARTÍN RIBA, Mª MONTSERRAT</t>
+  </si>
+  <si>
+    <t>VERDUGO QUIRÓS, RAQUEL</t>
+  </si>
+  <si>
+    <t>CORREA PÁRRAGA, PILAR</t>
+  </si>
+  <si>
+    <t>RUFÍN CASTILLEJOS, NATÀLIA</t>
+  </si>
+  <si>
+    <t>BERRÓN VALLE, ROSER</t>
+  </si>
+  <si>
+    <t>SABATÉ AGAPITO, MERITXELL</t>
+  </si>
+  <si>
+    <t>Els Reguers</t>
+  </si>
+  <si>
+    <t>DOMÍNGUEZ i TORRES, ALMUDENA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ LÓPEZ, M.ÀNGELS</t>
+  </si>
+  <si>
+    <t>GIMFERRER JUÁREZ, ANDREA</t>
+  </si>
+  <si>
+    <t>GARAYOA SALADIE, RUTH</t>
+  </si>
+  <si>
+    <t>SOLÉ FORTUNY, NÚRIA</t>
+  </si>
+  <si>
+    <t>MÉNDEZ ALONSO, MARTA</t>
+  </si>
+  <si>
+    <t>ROJAS RABANEDA, IMMACULADA</t>
+  </si>
+  <si>
+    <t>Palol d'Onyar</t>
+  </si>
+  <si>
+    <t>MELIÀ GAITÁN, SUSAGNA</t>
+  </si>
+  <si>
+    <t>CANALS FORTUNY, ELISABET</t>
+  </si>
+  <si>
+    <t>HERNÁNDEZ CARREÑO, TERESA</t>
+  </si>
+  <si>
+    <t>CASANOVAS MAYNOU, MARTA</t>
+  </si>
+  <si>
+    <t>VILA OLIVERAS, ANNA</t>
+  </si>
+  <si>
+    <t>Sant Jaume de Llierca</t>
+  </si>
+  <si>
+    <t>ORTEGA SOL, ANA</t>
+  </si>
+  <si>
+    <t>CASTELLTORT SOLERNOU, JOAN EUDALD</t>
+  </si>
+  <si>
+    <t>SALA i TORRENT, MIREIA</t>
+  </si>
+  <si>
+    <t>GADELLA LÓPEZ, HELENA</t>
+  </si>
+  <si>
+    <t>PANIAGUA CORTADA, ELISABETH</t>
+  </si>
+  <si>
+    <t>COLELL TEIXIDÓ, ELISABET</t>
+  </si>
+  <si>
+    <t>Sant Feliu de Guíxols</t>
+  </si>
+  <si>
+    <t>CANALS FLORIT, ANNA</t>
+  </si>
+  <si>
+    <t>AMAT MALTAS, ELENA</t>
+  </si>
+  <si>
+    <t>BALLESTER TORRAS, MÒNICA</t>
+  </si>
+  <si>
+    <t>ÁLVAREZ AGUILAR, SARA</t>
+  </si>
+  <si>
+    <t>ORTIZ SALVADÓ, DESIRÉE</t>
+  </si>
+  <si>
+    <t>GÜELL i LÓPEZ, LAURA</t>
+  </si>
+  <si>
+    <t>PUIG PUIG, ALBA</t>
+  </si>
+  <si>
+    <t>CALDERÓN LÓPEZ, CARMEN</t>
+  </si>
+  <si>
+    <t>PAGÈS MARTÍNEZ, ITZIAR</t>
+  </si>
+  <si>
+    <t>Collsuspina</t>
+  </si>
+  <si>
+    <t>LLEVADOT PIQUÉ, NOEMÍ</t>
+  </si>
+  <si>
+    <t>ABELLAN COSTA, MARTA</t>
+  </si>
+  <si>
+    <t>TOMÀS ESPARZA, ANNA</t>
+  </si>
+  <si>
+    <t>CABALLERO i GINER, Mª DEL CARMEN</t>
+  </si>
+  <si>
+    <t>REGALADO MASSUET, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>ZURERA BERLANGA, TERESA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ RAMS, MARTA</t>
+  </si>
+  <si>
+    <t>COSTA i MOLINA, M.del CLAUSTRE</t>
+  </si>
+  <si>
+    <t>ISERN ROS, ALBA</t>
+  </si>
+  <si>
+    <t>FERREIRA CASAS, SÍLVIA</t>
+  </si>
+  <si>
+    <t>ANIDO RODRÍGUEZ, CARMEN</t>
+  </si>
+  <si>
+    <t>SEGURA MONTERO, MIREIA</t>
+  </si>
+  <si>
+    <t>SEPÚLVEDA NAVARRO, EVA</t>
+  </si>
+  <si>
+    <t>FIBLA PASCUAL, AURORA</t>
+  </si>
+  <si>
+    <t>COMAJUAN CURBERA, SUSANA</t>
+  </si>
+  <si>
+    <t>GARCÍA EZQUERRA, RAQUEL</t>
+  </si>
+  <si>
+    <t>CATALAN MARTÍNEZ, NÚRIA</t>
+  </si>
+  <si>
+    <t>PERXACHS MILÀ, JÈSSICA</t>
+  </si>
+  <si>
+    <t>SANTANDREU MASSANET, M. ANTÒNIA</t>
+  </si>
+  <si>
+    <t>Artà</t>
+  </si>
+  <si>
+    <t>SOLÉ PUJOL, MERITXELL</t>
+  </si>
+  <si>
+    <t>Castelldans</t>
+  </si>
+  <si>
+    <t>SABANÉS OLIVA, ELISENDA</t>
+  </si>
+  <si>
+    <t>GOL GIRALT, NÚRIA</t>
+  </si>
+  <si>
+    <t>CERVERA JEREZ, NATÀLIA</t>
+  </si>
+  <si>
+    <t>MORCILLO HERNÁNDEZ, IMMACULADA</t>
+  </si>
+  <si>
+    <t>SUÁREZ CASTELLÀ, VERÒNICA</t>
+  </si>
+  <si>
+    <t>VIDAL MARTÍNEZ, SANDRA</t>
+  </si>
+  <si>
+    <t>Albalatillo</t>
+  </si>
+  <si>
+    <t>PASTÓ MARIN, Mª JOSEPA</t>
+  </si>
+  <si>
+    <t>AMIEL FREZZA, GUILLERMINA</t>
+  </si>
+  <si>
+    <t>GARCÍA TOLEDO, MARTA</t>
+  </si>
+  <si>
+    <t>Cornellà de Llobregat</t>
+  </si>
+  <si>
+    <t>RIERA i SERRANO, MARTA</t>
+  </si>
+  <si>
+    <t>MODESTO VOLTAS, NÚRIA</t>
+  </si>
+  <si>
+    <t>Ardenya</t>
+  </si>
+  <si>
+    <t>GINESTA GRATACÓS, CARME</t>
+  </si>
+  <si>
+    <t>RUIZ SÁNCHEZ, CARMEN</t>
+  </si>
+  <si>
+    <t>CÁLIZ MONTES, RAQUEL</t>
+  </si>
+  <si>
+    <t>FÀBREGA BECH, MERITXELL</t>
+  </si>
+  <si>
+    <t>GARRIGA YLLA, BRUNA</t>
+  </si>
+  <si>
+    <t>Folgueroles</t>
+  </si>
+  <si>
+    <t>GARCÍA GREGORIO, NÚRIA</t>
+  </si>
+  <si>
+    <t>CARRERAS RIBAS, NÀIADE</t>
+  </si>
+  <si>
+    <t>SERRATOSA MASRAMON, MARTA</t>
+  </si>
+  <si>
+    <t>MOLINET MUNAR, FRANCESCA</t>
+  </si>
+  <si>
+    <t>SELLARÉS CASTILLO, MÒNICA</t>
+  </si>
+  <si>
+    <t>PRIÓ FERNÁNDEZ, SELENE</t>
+  </si>
+  <si>
+    <t>BALLELL de la ROSA, PATRICIA</t>
+  </si>
+  <si>
+    <t>Sant Esteve d'en Bas</t>
+  </si>
+  <si>
+    <t>VIGÓN FABIÁN, CARMEN</t>
+  </si>
+  <si>
+    <t>Oviedo</t>
+  </si>
+  <si>
+    <t>GARCÍA MURCIA, ELENA</t>
+  </si>
+  <si>
+    <t>Ripollet</t>
+  </si>
+  <si>
+    <t>ESTEVE MARTÍNEZ, SILVIA</t>
+  </si>
+  <si>
+    <t>Ulldecona</t>
+  </si>
+  <si>
+    <t>RUÍZ CASTILLO, GUADALUPE</t>
+  </si>
+  <si>
+    <t>SALART ROYO, MARTA</t>
+  </si>
+  <si>
+    <t>Montornès del Vallès</t>
+  </si>
+  <si>
+    <t>BORRELLAS MENDOZA, PATRICIA</t>
+  </si>
+  <si>
+    <t>Castellbell i el Vilar</t>
+  </si>
+  <si>
+    <t>RULLO i NAVARRO, PILAR</t>
+  </si>
+  <si>
+    <t>DELGADO RANGEL, M. NIEVES</t>
+  </si>
+  <si>
+    <t>PÉREZ ARTIGAS, M. JESÚS</t>
+  </si>
+  <si>
+    <t>REDONDO SEDANO, JÉSSICA</t>
+  </si>
+  <si>
+    <t>IGLESIAS PAZO, LEDICIA</t>
+  </si>
+  <si>
+    <t>SIMÓN PONS, NOELIA</t>
+  </si>
+  <si>
+    <t>SABOYA MORERA, ANNA</t>
+  </si>
+  <si>
+    <t>BENÍTEZ PORRAS, ELISABET</t>
+  </si>
+  <si>
+    <t>Sant Quirze del Vallès</t>
+  </si>
+  <si>
+    <t>MERA ORELLANA, SANDRA CRISTINA</t>
+  </si>
+  <si>
+    <t>PAVÓN GARCÍA, ISABEL</t>
+  </si>
+  <si>
+    <t>CASTILLO CABRERA, IMMACULADA</t>
+  </si>
+  <si>
+    <t>COSTA VALVERDE, MERITXELL</t>
+  </si>
+  <si>
+    <t>LLINÀS BARTRINA, ANNA</t>
+  </si>
+  <si>
+    <t>MARTÍ PEROPADRE, Mª JOSÉ</t>
+  </si>
+  <si>
+    <t>GARGALLO ROVIRA, MERITXELL</t>
+  </si>
+  <si>
+    <t>GÓMEZ LÓPEZ, SONIA</t>
+  </si>
+  <si>
+    <t>Sant Joan de Vilatorrada</t>
+  </si>
+  <si>
+    <t>MURUA GARCÍA de ALBÉNIZ, YANELA</t>
+  </si>
+  <si>
+    <t>Vitoria-Gasteiz</t>
+  </si>
+  <si>
+    <t>ANDRÉS CARRILLO, CRISTINA</t>
+  </si>
+  <si>
+    <t>DELGADO CABELLO, MARCOS JOSÉ</t>
+  </si>
+  <si>
+    <t>PINTANEL MORRAL, MARINA</t>
+  </si>
+  <si>
+    <t>de CASTRO SÁNCHEZ, Mª JESÚS</t>
+  </si>
+  <si>
+    <t>SALVÀ CERDÀ, NÚRIA</t>
+  </si>
+  <si>
+    <t>TERUEL ROGER, MARIONA</t>
+  </si>
+  <si>
+    <t>LAVADO NICOLAU, SÒNIA</t>
+  </si>
+  <si>
+    <t>PIÑEIRO LEMOS, INÉS</t>
+  </si>
+  <si>
+    <t>PORTILLA RAMÍREZ, CLAUDIA ROSARIO</t>
+  </si>
+  <si>
+    <t>SOBREVIA REMIRO, ALBA</t>
+  </si>
+  <si>
+    <t>Palau-Solità i Plegamans</t>
+  </si>
+  <si>
+    <t>SALVO ALSINA, CRISTINA</t>
+  </si>
+  <si>
+    <t>DÍAZ SERRET, CINTA</t>
+  </si>
+  <si>
+    <t>CASTRO LORENTE, ELISABETH</t>
+  </si>
+  <si>
+    <t>Coma-Ruga</t>
+  </si>
+  <si>
+    <t>MUT LATORRE, MIREIA</t>
+  </si>
+  <si>
+    <t>LÓPEZ GÓMEZ, RAQUEL</t>
+  </si>
+  <si>
+    <t>Sant Fost de Campsentelles</t>
+  </si>
+  <si>
+    <t>SAFONT SOLER, CRISTINA</t>
+  </si>
+  <si>
+    <t>CASANOVAS PÉREZ, MIREIA</t>
+  </si>
+  <si>
+    <t>ORTEGA JIMÉNEZ, ANA</t>
+  </si>
+  <si>
+    <t>GUTIÉRREZ PONCE, LLUÏSA</t>
+  </si>
+  <si>
+    <t>SANCHEZ COLLET, CARME</t>
+  </si>
+  <si>
+    <t>RUBIO SERRANO, NÚRIA</t>
+  </si>
+  <si>
+    <t>OLIVET ROCA, BLANCA</t>
+  </si>
+  <si>
+    <t>ESCOBEDO PERUGA, PATRÍCIA</t>
+  </si>
+  <si>
+    <t>Collbató</t>
+  </si>
+  <si>
+    <t>TRIVES SELFA, CLARA</t>
+  </si>
+  <si>
+    <t>Pineda de Mar</t>
+  </si>
+  <si>
+    <t>PÉREZ i BELLAVISTA, CRISTINA</t>
+  </si>
+  <si>
+    <t>MORÀGÜEZ  CRISOL, Mª dels ÀNGELS</t>
+  </si>
+  <si>
+    <t>BARBERO OCHOA, JENNIFER</t>
+  </si>
+  <si>
+    <t>Calaf</t>
+  </si>
+  <si>
+    <t>SANTOS CASAS, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>PARDO MELÉNDEZ, ALICIA</t>
+  </si>
+  <si>
+    <t>OLÀRIA RIUS, M. TERESA</t>
+  </si>
+  <si>
+    <t>DE LA MORA OJANGUREN, AZAHARA</t>
+  </si>
+  <si>
+    <t>Las Palmas de Gran Canaria</t>
+  </si>
+  <si>
+    <t>PUIGFEL DALMAU, GEMMA</t>
+  </si>
+  <si>
+    <t>CHUVA, ANALÍA VERÓNICA</t>
+  </si>
+  <si>
+    <t>GARCÍA GONZÁLEZ, SUSANA</t>
+  </si>
+  <si>
+    <t>LÓPEZ ANTEQUERA, CRISTINA</t>
+  </si>
+  <si>
+    <t>BELANA VALLCANERAS, ROSA M.</t>
+  </si>
+  <si>
+    <t>LLUÍS BALLESTÉ, LAURA</t>
+  </si>
+  <si>
+    <t>IZQUIERDO de la FUENTE, MARGARITA</t>
+  </si>
+  <si>
+    <t>del AMO GODOY, SONIA</t>
+  </si>
+  <si>
+    <t>El Montmell</t>
+  </si>
+  <si>
+    <t>BUISÁN CABOT, NEUS</t>
+  </si>
+  <si>
+    <t>PEDRALS FELIU, ROSER</t>
+  </si>
+  <si>
+    <t>Sant Fruitós de Bages</t>
+  </si>
+  <si>
+    <t>CIRERA MOLINA, ANNA</t>
+  </si>
+  <si>
+    <t>VAZILCHUK DOLUGAR, ELIANA V.</t>
+  </si>
+  <si>
+    <t>SOLÉ CERDÀ, OLGA</t>
+  </si>
+  <si>
+    <t>Riudecanyes</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ CASADO, HERMÍNIA</t>
+  </si>
+  <si>
+    <t>RIFÀ SOLÀ, MERITXELL</t>
+  </si>
+  <si>
+    <t>MIRANDA CODINA, NÚRIA</t>
+  </si>
+  <si>
+    <t>Monistrol de Calders</t>
+  </si>
+  <si>
+    <t>PASTOR ANTOLIN, SONIA</t>
+  </si>
+  <si>
+    <t>BUSTOS SÁNCHEZ, M.INÉS</t>
+  </si>
+  <si>
+    <t>CASTRO BACARDIT, MARIA</t>
+  </si>
+  <si>
+    <t>BENLLOCH SERRANO, CRISTINA</t>
+  </si>
+  <si>
+    <t>REAL GAYO, ISABEL</t>
+  </si>
+  <si>
+    <t>Santa Maria de Martorelles</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ GARCÍA, Mª JESÚS</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ DE SOLA, Mª del PILAR</t>
+  </si>
+  <si>
+    <t>GUITARD OLMEDA, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>FONTS SALA, MERCÈ</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ MASANA, MONTSE</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ POZO, FERNANDO</t>
+  </si>
+  <si>
+    <t>MENOYO PICAS, GEMMA</t>
+  </si>
+  <si>
+    <t>TORRES GIL, Mª JULIA</t>
+  </si>
+  <si>
+    <t>CABALLÉ FONTANET, SÍLVIA</t>
+  </si>
+  <si>
+    <t>ALONSO MURIA, NÚRIA</t>
+  </si>
+  <si>
+    <t>RENOM GUITERAS, MARTA</t>
+  </si>
+  <si>
+    <t>MARMANEU BUERA, CINTA</t>
   </si>
   <si>
     <t>La Ràpita</t>
   </si>
   <si>
-    <t>0410</t>
-[...1553 lines deleted...]
-    <t>LÓPEZ ESPÍN, MARÍA JESÚS</t>
+    <t>FERRÉ RIPOLL, SARA</t>
+  </si>
+  <si>
+    <t>SADURNÍ CARBONELL, GEMMA</t>
+  </si>
+  <si>
+    <t>ARBÓS VIDAL, ANNA M.</t>
+  </si>
+  <si>
+    <t>BOIX SANZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>BRAVO  i  VIDAL, Mª MERCÈ</t>
+  </si>
+  <si>
+    <t>Torroella de Montgrí</t>
+  </si>
+  <si>
+    <t>BUJ PEREDA, M. JOSÉ</t>
+  </si>
+  <si>
+    <t>CALVO SOROLLA, ANA</t>
+  </si>
+  <si>
+    <t>CLAPÉS ROCA, ELISABET</t>
+  </si>
+  <si>
+    <t>FERRER BOSCH, ROSA M.</t>
+  </si>
+  <si>
+    <t>JANZ PICART, LOURDES</t>
+  </si>
+  <si>
+    <t>LLORENS MIQUEL, NÚRIA</t>
+  </si>
+  <si>
+    <t>LÓPEZ TOMÀS, ESTHER</t>
+  </si>
+  <si>
+    <t>Torrelles de Llobregat</t>
+  </si>
+  <si>
+    <t>PASCUAL GRAU, MARTA</t>
+  </si>
+  <si>
+    <t>Llívia</t>
+  </si>
+  <si>
+    <t>PRAT GÓMEZ, EULÀLIA</t>
+  </si>
+  <si>
+    <t>VILANOVA SÁNCHEZ, JUDIT</t>
+  </si>
+  <si>
+    <t>RODÉS COMA, M. MONTSERRAT</t>
+  </si>
+  <si>
+    <t>Tiana</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ SOTO, SONIA</t>
+  </si>
+  <si>
+    <t>ESTEVE MASCOLET, ROSA</t>
+  </si>
+  <si>
+    <t>ESTRENJER PELEGRIN, MARGARITA</t>
+  </si>
+  <si>
+    <t>HERVERA OBIS, YOLANDA</t>
+  </si>
+  <si>
+    <t>Almunia de San Juan</t>
+  </si>
+  <si>
+    <t>GARCÍA GONZÁLEZ, DOLORS</t>
+  </si>
+  <si>
+    <t>FICAPAL SOLER, IMMA</t>
+  </si>
+  <si>
+    <t>MARÍN CRUZ, SONIA</t>
+  </si>
+  <si>
+    <t>Palafolls</t>
+  </si>
+  <si>
+    <t>PERALTA LORENTE, ANTONIO</t>
+  </si>
+  <si>
+    <t>MAÑERU MONSERRAT, MARTA</t>
+  </si>
+  <si>
+    <t>QUERO CANTARERO, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>QUEROL BARRUFET-PONS, NATÀLIA</t>
+  </si>
+  <si>
+    <t>Bell-Lloc d'Urgell</t>
+  </si>
+  <si>
+    <t>PÉREZ MUÑOZ, ÁLVARO</t>
+  </si>
+  <si>
+    <t>PERPINYÀ VALLÈS, MERCÈ</t>
+  </si>
+  <si>
+    <t>Priorat</t>
+  </si>
+  <si>
+    <t>Els Guiamets</t>
+  </si>
+  <si>
+    <t>PUERTAS CIEZA, ANA ISABEL</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ ROMANOS, Mª ESTHER</t>
+  </si>
+  <si>
+    <t>SANZ ARAGÓN, M. MARTA</t>
+  </si>
+  <si>
+    <t>Olazagutia/Olazti</t>
+  </si>
+  <si>
+    <t>PUEYO SANTAMARIA, MERCÈ</t>
+  </si>
+  <si>
+    <t>LAFUENTE PINA, LAURA</t>
+  </si>
+  <si>
+    <t>BERNAT CASALS, ANNA</t>
+  </si>
+  <si>
+    <t>PEDRÓS i ESPINA, JOSEFINA</t>
+  </si>
+  <si>
+    <t>CAROL PONS, CRISTINA</t>
+  </si>
+  <si>
+    <t>BALLÓ ROURA, ANA</t>
+  </si>
+  <si>
+    <t>RIBAU PIÑOL, JOSEFINA</t>
+  </si>
+  <si>
+    <t>Tivissa</t>
+  </si>
+  <si>
+    <t>FREIXENET TORRENTS, ANNA</t>
+  </si>
+  <si>
+    <t>LOPEZ LUCEA, SANDRA</t>
+  </si>
+  <si>
+    <t>NICOLÁS ROMAGUERA, HORTÈNSIA</t>
+  </si>
+  <si>
+    <t>Fraga</t>
+  </si>
+  <si>
+    <t>PERETA i SALVIA, ROSA</t>
+  </si>
+  <si>
+    <t>MATEU DOSRIUS, FRANCESCA</t>
+  </si>
+  <si>
+    <t>ARÉVALO ALVAREZ, NÚRIA</t>
+  </si>
+  <si>
+    <t>BARNÉS TORRAS, GEMMA</t>
+  </si>
+  <si>
+    <t>GHEDINA, ROBERTA</t>
+  </si>
+  <si>
+    <t>ALBACETE SANTANDREU, NEUS</t>
+  </si>
+  <si>
+    <t>ORTEGA  ARROYO, SÒNIA</t>
+  </si>
+  <si>
+    <t>CHAVES LOZANO, M. TERESA</t>
+  </si>
+  <si>
+    <t>MÁRQUEZ ARANDA, MARGARITA</t>
+  </si>
+  <si>
+    <t>MALAGELADA ELIAS, MÍRIAM</t>
+  </si>
+  <si>
+    <t>BRÚ IBÁÑEZ, SILVIA</t>
+  </si>
+  <si>
+    <t>CAO ARAGONÈS, YOLANDA</t>
+  </si>
+  <si>
+    <t>Sant Sadurní d'Anoia</t>
+  </si>
+  <si>
+    <t>CASANOVAS PAGÈS, MERCÈ</t>
+  </si>
+  <si>
+    <t>GÓMEZ ESTRADA, SILVIA</t>
+  </si>
+  <si>
+    <t>LÓPEZ MÉNDEZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>MARTINEZ TORRALBA, ALICIA</t>
+  </si>
+  <si>
+    <t>MORALES GÓMEZ, CARMEN</t>
+  </si>
+  <si>
+    <t>BOQUET DE LA FUENTE, M. JOSEFA</t>
+  </si>
+  <si>
+    <t>CAMINS i SURIÀ, EMÍLIA</t>
+  </si>
+  <si>
+    <t>DOMÈNECH MILÀ, NÚRIA</t>
+  </si>
+  <si>
+    <t>ISCLA ARAGONÈS, ARTUR</t>
+  </si>
+  <si>
+    <t>PLANAS GIRALT, MERCÈ</t>
+  </si>
+  <si>
+    <t>PLAVA  VALERO, NÚRIA</t>
+  </si>
+  <si>
+    <t>REINAL ROSICH, IRENE</t>
+  </si>
+  <si>
+    <t>Palamós</t>
+  </si>
+  <si>
+    <t>RETAMAL VILÀ, RAQUEL</t>
+  </si>
+  <si>
+    <t>RIAZUELO CASTILLO, Mª JOSÉ</t>
+  </si>
+  <si>
+    <t>RIBAS del  BLANCO, EUGÈNIA</t>
+  </si>
+  <si>
+    <t>RIBAS TOMÀS, ANNA</t>
+  </si>
+  <si>
+    <t>Sant Vicenç de Castellet</t>
+  </si>
+  <si>
+    <t>RIVAS MARTÍNEZ, LARA</t>
+  </si>
+  <si>
+    <t>TORRAS GARCÍA, AMPARO</t>
+  </si>
+  <si>
+    <t>VEGA VALDEÓN, ESTHER</t>
+  </si>
+  <si>
+    <t>VIDAL CRUELLAS, NÚRIA</t>
+  </si>
+  <si>
+    <t>POTRONY BERNAT, OBDÚLIA</t>
+  </si>
+  <si>
+    <t>RAVENTÓS GONZALO, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>SANTIGOSA CEBRIÁN, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>GÓMEZ FERNÁNDEZ, JÉSSICA</t>
+  </si>
+  <si>
+    <t>Rosselló</t>
+  </si>
+  <si>
+    <t>MIRANDA PARRA, MÍRIAM</t>
+  </si>
+  <si>
+    <t>JOANIQUET ORIOL, PATRÍCIA</t>
+  </si>
+  <si>
+    <t>SOLER MALLA, ANNA</t>
+  </si>
+  <si>
+    <t>Rubí</t>
+  </si>
+  <si>
+    <t>ORDÓÑEZ PAVÓN, SHEILA</t>
+  </si>
+  <si>
+    <t>PÉREZ JUNCOSA, LAIA</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ SANVISENS, LAURA</t>
+  </si>
+  <si>
+    <t>LLOBET PÉREZ, ANNA</t>
+  </si>
+  <si>
+    <t>Viladecavalls</t>
+  </si>
+  <si>
+    <t>ALEMANY RUIZ, ANNA</t>
+  </si>
+  <si>
+    <t>Torrelavit</t>
+  </si>
+  <si>
+    <t>ESTEBAN CAELLES, IMMA</t>
+  </si>
+  <si>
+    <t>Solsonès</t>
+  </si>
+  <si>
+    <t>EL Pi de Sant Just</t>
+  </si>
+  <si>
+    <t>PARDO CANO, SARA</t>
+  </si>
+  <si>
+    <t>OLIVA FOLGUEIRAS, ESTHER</t>
+  </si>
+  <si>
+    <t>de OÑATE MEDINA, RAQUEL</t>
+  </si>
+  <si>
+    <t>Vidreres</t>
+  </si>
+  <si>
+    <t>LLARÀS VIDAL, NÚRIA</t>
+  </si>
+  <si>
+    <t>VINYOLES INSA, NÚRIA</t>
+  </si>
+  <si>
+    <t>Sant Miquel de Fluvià</t>
+  </si>
+  <si>
+    <t>BUXÓ NIÑÁ, SUSANA</t>
+  </si>
+  <si>
+    <t>SAROBE ESCUDERO, OIHANA</t>
+  </si>
+  <si>
+    <t>Tolosa</t>
+  </si>
+  <si>
+    <t>CAPÓ ESCRIVÀ, JASMINA</t>
+  </si>
+  <si>
+    <t>Sant Salvador de Guardiola</t>
+  </si>
+  <si>
+    <t>PONTAQUE ROYO, EVA</t>
+  </si>
+  <si>
+    <t>MANYÀ i ALTIMIRA, JORDI</t>
+  </si>
+  <si>
+    <t>ESTRADA BARBARÀ, EVA</t>
+  </si>
+  <si>
+    <t>ORTEU FORCADA, ISABEL</t>
+  </si>
+  <si>
+    <t>LLANO REPISO, CLARA</t>
+  </si>
+  <si>
+    <t>RODÓN GÓMEZ, ALBA</t>
+  </si>
+  <si>
+    <t>REÑÉ MARSOL, ROSALINA</t>
+  </si>
+  <si>
+    <t>VIÑAS VIÑAS, EVA</t>
+  </si>
+  <si>
+    <t>SERRA i SERRA, SÒNIA</t>
+  </si>
+  <si>
+    <t>LÓPEZ RUIZ, YAJAIRA</t>
+  </si>
+  <si>
+    <t>Balsareny</t>
+  </si>
+  <si>
+    <t>PRIETO DELGADO, SÍLVIA</t>
+  </si>
+  <si>
+    <t>Cornellà del Llobregat</t>
+  </si>
+  <si>
+    <t>LIEBE JIMÉNEZ, ANJA</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ CRUZ, Mª ÁNGELES</t>
+  </si>
+  <si>
+    <t>SILVESTRE CELADA, LOIDA</t>
+  </si>
+  <si>
+    <t>BALLADA PRAT, NOÈLIA</t>
+  </si>
+  <si>
+    <t>TORRES CAVA, M. ANTÒNIA</t>
+  </si>
+  <si>
+    <t>Térmens</t>
+  </si>
+  <si>
+    <t>VENTURA REIXACH, LAURA</t>
+  </si>
+  <si>
+    <t>BUQUET BOT, MERCÈ</t>
+  </si>
+  <si>
+    <t>ALARCÓN PIÑANA, MERITXELL</t>
+  </si>
+  <si>
+    <t>BALADA VIDAL, MONTSE</t>
+  </si>
+  <si>
+    <t>BRUCE, CHRISTEN MICHELLE</t>
+  </si>
+  <si>
+    <t>RABASSEDA SÁNCHEZ, MARTA</t>
+  </si>
+  <si>
+    <t>Santa Coloma de Farners</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ SCHNEEWEISS, ALINA</t>
+  </si>
+  <si>
+    <t>ESTEVE i  TOLÓ, SÍLVIA</t>
+  </si>
+  <si>
+    <t>Sarrià de Ter</t>
+  </si>
+  <si>
+    <t>CUMPLIDO GONZÁLEZ, Mª BELÉN</t>
+  </si>
+  <si>
+    <t>RIFÀ VOLART, Mª  GLÒRIA</t>
+  </si>
+  <si>
+    <t>Parets del Vallès</t>
+  </si>
+  <si>
+    <t>ABADIAS GUILLAMÓN, LIDIA</t>
+  </si>
+  <si>
+    <t>JUNCOSA del PÓPOLO, MARÍA  ALEJANDRA</t>
+  </si>
+  <si>
+    <t>OLIVA GARBALLO, VANESSA</t>
+  </si>
+  <si>
+    <t>RIBES CASALS, ROSER</t>
+  </si>
+  <si>
+    <t>Soses</t>
+  </si>
+  <si>
+    <t>GUTIÉRREZ HERRERA, MARINA</t>
+  </si>
+  <si>
+    <t>MARIN TALARN, MONTSE</t>
+  </si>
+  <si>
+    <t>FONT FONT, Mª TERESA</t>
+  </si>
+  <si>
+    <t>RÍOS SÁNCHEZ, EDUARDO</t>
+  </si>
+  <si>
+    <t>MERENCIANO SALADRIGAS, NÚRIA</t>
+  </si>
+  <si>
+    <t>VILLEGAS CASTILLO, MARIA</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ BANDERA, MIRIAM</t>
+  </si>
+  <si>
+    <t>Vila-Sana</t>
+  </si>
+  <si>
+    <t>SERRA FERRÉ, ANNA</t>
+  </si>
+  <si>
+    <t>Puig-Reig</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ  ROMERO, ANNA</t>
+  </si>
+  <si>
+    <t>PLANS GUITART, MIREIA</t>
+  </si>
+  <si>
+    <t>PETIT TORRELLAS, CRISTINA</t>
+  </si>
+  <si>
+    <t>Sant Antoni de Vilamajor</t>
+  </si>
+  <si>
+    <t>ÁLVAREZ DUNCAN, CLAUDIA PATRICIA</t>
+  </si>
+  <si>
+    <t>TISAIRE i  BERGA, SÍLVIA</t>
+  </si>
+  <si>
+    <t>BLANCO BURGOS, M.del  PILAR</t>
+  </si>
+  <si>
+    <t>VILA del AGUILA, XAVIER</t>
+  </si>
+  <si>
+    <t>MILÀ PASCUAL, ANNA</t>
+  </si>
+  <si>
+    <t>TIÓ GARGALLO, EVA</t>
+  </si>
+  <si>
+    <t>MARÍN CARRASQUET, ESTER</t>
+  </si>
+  <si>
+    <t>CAMACHO ESCÁMEZ,  ANA</t>
+  </si>
+  <si>
+    <t>MENDIALDUA PUJALTE, ELENA</t>
+  </si>
+  <si>
+    <t>ARTIGAS BALADA, HELENA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ-GETINO SALLÉS, CRISTINA</t>
+  </si>
+  <si>
+    <t>Marganell</t>
+  </si>
+  <si>
+    <t>BELMONTE MATEU, XON</t>
+  </si>
+  <si>
+    <t>ARGILÉS HUGUET, MARTA</t>
+  </si>
+  <si>
+    <t>Pallars Sobirà</t>
+  </si>
+  <si>
+    <t>Estac</t>
+  </si>
+  <si>
+    <t>de ANDRÉS MONTEAGUDO, PATRICIA</t>
+  </si>
+  <si>
+    <t>Font-Rubí</t>
+  </si>
+  <si>
+    <t>CABALLERO RECIO, JUDITH</t>
+  </si>
+  <si>
+    <t>NAVARRO SILVA, AURORA</t>
+  </si>
+  <si>
+    <t>TURRÓ ARMENGOL, NÚRIA</t>
+  </si>
+  <si>
+    <t>Gurb</t>
+  </si>
+  <si>
+    <t>PORRAS SERRANO, MÓNICA</t>
+  </si>
+  <si>
+    <t>CALLEJAS PARRILLA, SONIA</t>
+  </si>
+  <si>
+    <t>MARAVER RAMÍREZ, NATALIA</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ DOPICO, ELISABET</t>
+  </si>
+  <si>
+    <t>CATALÁN GONZÁLEZ, LAURA</t>
+  </si>
+  <si>
+    <t>PONT ESPIGULÉ, EMMA</t>
+  </si>
+  <si>
+    <t>del OLMO SALÓ, VERONICA</t>
+  </si>
+  <si>
+    <t>PARRA GIL, ELENA</t>
+  </si>
+  <si>
+    <t>MAJÓS BELLMUNT, Mª CARME</t>
+  </si>
+  <si>
+    <t>MERCADÉ GATELL, EVA</t>
+  </si>
+  <si>
+    <t>PÉREZ MARTÍNEZ, ESTHER</t>
+  </si>
+  <si>
+    <t>Rellinars</t>
+  </si>
+  <si>
+    <t>CORTÉS PEINADO, OLALLA</t>
+  </si>
+  <si>
+    <t>MCTAGGART, JUDITH</t>
+  </si>
+  <si>
+    <t>REIGOSA RABASÓ, MERCÈ</t>
+  </si>
+  <si>
+    <t>VELA SÀNCHEZ, LAURA</t>
+  </si>
+  <si>
+    <t>BIELSA PÉREZ, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>CELAYA INSENSÉ, VIOLETA</t>
+  </si>
+  <si>
+    <t>MAS SEBÉ, SÍLVIA</t>
+  </si>
+  <si>
+    <t>PORQUER BORDOY, GUILLEM</t>
+  </si>
+  <si>
+    <t>Sant Jordi</t>
+  </si>
+  <si>
+    <t>HERNÁNDEZ  CREUS, ARIADNA</t>
+  </si>
+  <si>
+    <t>LÓPEZ LÓPEZ,  ANAÍS</t>
+  </si>
+  <si>
+    <t>GÓMEZ  GUTIÉRREZ, BEATRIZ</t>
+  </si>
+  <si>
+    <t>MERINO JIMÉNEZ, CÈLIA</t>
+  </si>
+  <si>
+    <t>El Pont de Vilomara i Rocafort</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ RAGUÉS, ANNA</t>
+  </si>
+  <si>
+    <t>Ametlla de Merola</t>
+  </si>
+  <si>
+    <t>BLANCAS LORAS, Mª ARACELI</t>
+  </si>
+  <si>
+    <t>TORRELLES SABÉS, ALBA</t>
+  </si>
+  <si>
+    <t>FONT FÍGULS, RUTH</t>
+  </si>
+  <si>
+    <t>GÓMEZ ROMERO, LAURA</t>
+  </si>
+  <si>
+    <t>Canovelles</t>
+  </si>
+  <si>
+    <t>LARA BELMONTE, SUSANA</t>
+  </si>
+  <si>
+    <t>ARELLANO MARTÍNEZ, EVA Mª</t>
+  </si>
+  <si>
+    <t>MUÑOZ LORENZO, ESTHER</t>
+  </si>
+  <si>
+    <t>ROPELATO CHAER, CAROLINA del CARMEN</t>
+  </si>
+  <si>
+    <t>VIÑAS GOMIS, ISABEL</t>
+  </si>
+  <si>
+    <t>JANÉ i PERALTA, PILAR</t>
+  </si>
+  <si>
+    <t>BONCOMPTE LORENZO, SÍLVIA</t>
+  </si>
+  <si>
+    <t>GORDILLO COSAS, MARTA M.</t>
+  </si>
+  <si>
+    <t>CORDONCILLO ALONSO, CRISTINA</t>
+  </si>
+  <si>
+    <t>MARIN NIETO, JESSICA</t>
+  </si>
+  <si>
+    <t>SOLER MORATÓ, OLGA</t>
+  </si>
+  <si>
+    <t>Roda de Ter</t>
+  </si>
+  <si>
+    <t>ARIMANY PRUENCA, MIREIA</t>
+  </si>
+  <si>
+    <t>CANTOS MOYANO, YOLANDA</t>
+  </si>
+  <si>
+    <t>Òdena</t>
+  </si>
+  <si>
+    <t>LINDES JUSMET, MARTA</t>
+  </si>
+  <si>
+    <t>CABEROL SALLÉS, ARIADNA</t>
+  </si>
+  <si>
+    <t>HEREDIA DURAN, AMANDA</t>
+  </si>
+  <si>
+    <t>GUINART SOLANAS, MARGARIDA</t>
+  </si>
+  <si>
+    <t>NIETO CADALSO, SONIA</t>
+  </si>
+  <si>
+    <t>CRUZ FERNÁNDEZ, LAIA</t>
+  </si>
+  <si>
+    <t>GUANYABENS CATALÁN, MARTA</t>
+  </si>
+  <si>
+    <t>DALMAU GÓMEZ, LORENA</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ ROMÁN, BEATRIZ</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ BORREGO, REBECA</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ DOMÍNGUEZ, ELISABET</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ FERNÁNDEZ, NURIA</t>
+  </si>
+  <si>
+    <t>BLANCH ANGLADA, MÒNICA</t>
+  </si>
+  <si>
+    <t>MORALES AGUILERA, MÒNICA</t>
+  </si>
+  <si>
+    <t>CARRILLO MORALES, ANA M.</t>
+  </si>
+  <si>
+    <t>Vacarisses</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ CALERO, FRANCISCO BORJA</t>
+  </si>
+  <si>
+    <t>FERRAN TEIXIDÓ, MERITXELL</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ TORRES, MÍRIAM</t>
+  </si>
+  <si>
+    <t>SERRANO SANTOS, LAURA</t>
+  </si>
+  <si>
+    <t>VICTORY FARRÉ, M. ROSA</t>
+  </si>
+  <si>
+    <t>ZAMORA RODRÍGUEZ, SÒNIA</t>
+  </si>
+  <si>
+    <t>GARCÍA CAZORLA, GUADALUPE</t>
+  </si>
+  <si>
+    <t>MARTÍ ESCOFET, LAURA</t>
+  </si>
+  <si>
+    <t>GARCÍA DOMÍNGUEZ, LAURA</t>
+  </si>
+  <si>
+    <t>LACÁRCEL BECERRA, LAURA</t>
+  </si>
+  <si>
+    <t>Badia</t>
+  </si>
+  <si>
+    <t>MARTÍ ROYO, GEMMA</t>
+  </si>
+  <si>
+    <t>CARAZO HERRERA, CRISTINA</t>
+  </si>
+  <si>
+    <t>GARCÍA CAMPAÑA, CARLOS</t>
+  </si>
+  <si>
+    <t>Sta. Coloma de Gramenet</t>
+  </si>
+  <si>
+    <t>FABRÉ PORXAS, MARIA</t>
+  </si>
+  <si>
+    <t>TORRENTS NIETO, SARA</t>
+  </si>
+  <si>
+    <t>RUBIROLA JUNCÀ, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>Besalú</t>
+  </si>
+  <si>
+    <t>COLOMÉ COLL, ELISENDA</t>
+  </si>
+  <si>
+    <t>MESTRE QUERAL, PAULA</t>
+  </si>
+  <si>
+    <t>CRESPO BULBENA, LAURA DOLORES</t>
+  </si>
+  <si>
+    <t>ESCOBAR BERENGUER, LAIA</t>
+  </si>
+  <si>
+    <t>GUDAYOL CALVO, Mª ÀNGELS</t>
+  </si>
+  <si>
+    <t>BAGÓ i CUYÁS, ANNA</t>
+  </si>
+  <si>
+    <t>NAVARRO GÓMEZ, JESSICA</t>
+  </si>
+  <si>
+    <t>CARDONA MONTANO, CAROLINA</t>
+  </si>
+  <si>
+    <t>MORENO VILA, TERESA</t>
+  </si>
+  <si>
+    <t>Els Hostalets de Balenyà</t>
+  </si>
+  <si>
+    <t>SALCEDO GARCÍA, DIANA PATRICIA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ BENJUMEA, MERCEDES</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ PÉREZ, SUSANA</t>
+  </si>
+  <si>
+    <t>HERRERO HERNANDO, JORGE</t>
+  </si>
+  <si>
+    <t>HIJAZO CUTILLAS, JÚLIA</t>
+  </si>
+  <si>
+    <t>COLOMER ROIG, CARLA</t>
+  </si>
+  <si>
+    <t>ÁLVAREZ ECHEGOYEN, M. NÚRIA</t>
+  </si>
+  <si>
+    <t>CAMARERO PALLÍ, MARIA</t>
+  </si>
+  <si>
+    <t>ALONSO ROMERO, SILVIA</t>
+  </si>
+  <si>
+    <t>FONTCLARA SERRALLONGA, MARTA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ SERRANO, ENCARNACIÓN</t>
+  </si>
+  <si>
+    <t>VELASCO ÁLVAREZ, MARTA</t>
+  </si>
+  <si>
+    <t>VILLANUEVA TEJERO, ANNA</t>
+  </si>
+  <si>
+    <t>MONTOLIU VILASECA, SÍLVIA</t>
+  </si>
+  <si>
+    <t>Sant Martí de Tous</t>
+  </si>
+  <si>
+    <t>ISART RODRÍGUEZ, ESTEL·LA</t>
+  </si>
+  <si>
+    <t>Vilablareix</t>
+  </si>
+  <si>
+    <t>PECE MANGANA, SANDRA</t>
+  </si>
+  <si>
+    <t>BARGUÑÓ VIDAL, CLARA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ ARNÓ, EVA</t>
+  </si>
+  <si>
+    <t>CANO PIEDAD, SARA</t>
+  </si>
+  <si>
+    <t>COVAS ESTRUGA, MERCÈ</t>
+  </si>
+  <si>
+    <t>VINYES VILA, ALBERT</t>
+  </si>
+  <si>
+    <t>BORRÀS FERRER, NINA</t>
+  </si>
+  <si>
+    <t>GARRIT SÁNCHEZ, ANNA</t>
+  </si>
+  <si>
+    <t>Montgat</t>
+  </si>
+  <si>
+    <t>ARENAS MAÑAS, JUDITH</t>
+  </si>
+  <si>
+    <t>NÚÑEZ GIL, MIRIAM</t>
+  </si>
+  <si>
+    <t>BELTRAMINI ARRÚA, MARIANA</t>
+  </si>
+  <si>
+    <t>CASTILLO TRUYO, TAMARA</t>
+  </si>
+  <si>
+    <t>CIERCO SIERRA, SHEILA</t>
+  </si>
+  <si>
+    <t>MOLINA SAIZ, NATALIA</t>
+  </si>
+  <si>
+    <t>CONTRERAS REGATERO, SÍLVIA</t>
+  </si>
+  <si>
+    <t>TORRES MORENO, MARINA</t>
+  </si>
+  <si>
+    <t>COBO TRILLO, IRENE</t>
+  </si>
+  <si>
+    <t>PRECKLER NUALART, JÚLIA</t>
+  </si>
+  <si>
+    <t>PASCUAS GONZÁLEZ, VICTORIA EUGENIA</t>
+  </si>
+  <si>
+    <t>SANGRÀ PUIG, ANNA</t>
+  </si>
+  <si>
+    <t>SANROMÀ PUJOL, ELISABET</t>
+  </si>
+  <si>
+    <t>MERCADO SÁNCHEZ, EMILIO</t>
+  </si>
+  <si>
+    <t>FONT PONS, SARA</t>
+  </si>
+  <si>
+    <t>SIMÓN MORIENTES, MARÍA LUZ</t>
+  </si>
+  <si>
+    <t>VERNET GARCIA, M.de la ROCA</t>
+  </si>
+  <si>
+    <t>Montbrió del Camp</t>
+  </si>
+  <si>
+    <t>VILCHES GIMENEZ, MARIA BLASA</t>
+  </si>
+  <si>
+    <t>Lladó</t>
+  </si>
+  <si>
+    <t>ARCAS RAU, JESÚS</t>
+  </si>
+  <si>
+    <t>LÓPEZ MARTÍN, IRIS</t>
+  </si>
+  <si>
+    <t>NOVOA GONZÁLEZ, M. BELÉN</t>
+  </si>
+  <si>
+    <t>MANCHÓN ARMANS, YAEL</t>
+  </si>
+  <si>
+    <t>PALOU MALIAN, ANNA</t>
+  </si>
+  <si>
+    <t>DURAN GONZÁLEZ, LÍDIA</t>
+  </si>
+  <si>
+    <t>Parlavà</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ DIAZ, JESSICA</t>
+  </si>
+  <si>
+    <t>Empuriabrava</t>
+  </si>
+  <si>
+    <t>PUJADAS PLANELL, JUDIT</t>
+  </si>
+  <si>
+    <t>ARUFE CASTRO, MARCOS</t>
+  </si>
+  <si>
+    <t>RIVAS RUIZ, ESTÍBALIZ</t>
+  </si>
+  <si>
+    <t>PUJOL QUÍLEZ, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>DELGADO CONDE, CRISTINA</t>
+  </si>
+  <si>
+    <t>RIVADULLA GRANERO, ANA</t>
+  </si>
+  <si>
+    <t>FONT BASACHS, ROSER</t>
+  </si>
+  <si>
+    <t>Navarcles</t>
+  </si>
+  <si>
+    <t>GASCÓN MARÍN, GLÒRIA</t>
+  </si>
+  <si>
+    <t>Piera</t>
+  </si>
+  <si>
+    <t>BAHÍ VIVES, QUERALT</t>
+  </si>
+  <si>
+    <t>JARES ALBAREDA, MARIA</t>
+  </si>
+  <si>
+    <t>PLANELLS PALOMÉ, ALBA</t>
+  </si>
+  <si>
+    <t>Vallgorguina</t>
+  </si>
+  <si>
+    <t>CRUZ SANTOS, NOELIA</t>
+  </si>
+  <si>
+    <t>ROSA RUIZ, SANDRA</t>
+  </si>
+  <si>
+    <t>CENTELLAS HERAS, CRISTINA</t>
+  </si>
+  <si>
+    <t>ROCA HOOGSTEDER, CLÀUDIA</t>
+  </si>
+  <si>
+    <t>NIEVES XIBERTA, EVA</t>
+  </si>
+  <si>
+    <t>MINUESA BAUTISTA, MÍRIAM</t>
+  </si>
+  <si>
+    <t>BAYONA MAURELL, MÍRIAM</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ LÓPEZ, ESTER</t>
+  </si>
+  <si>
+    <t>OLIVÉ JOU, ALBA</t>
+  </si>
+  <si>
+    <t>SORIANO OLIVERAS, LOURDES</t>
+  </si>
+  <si>
+    <t>ÀVILA MARGARIT, LAURA</t>
+  </si>
+  <si>
+    <t>FINA CHICO, NATÀLIA</t>
+  </si>
+  <si>
+    <t>CABRAL TORRADO, JOANA</t>
+  </si>
+  <si>
+    <t>JURADO OBRADORS, MARTA</t>
+  </si>
+  <si>
+    <t>MARTÍ BRUÑOL, NEUS</t>
+  </si>
+  <si>
+    <t>PUJOLAR CARETA, MARTA</t>
+  </si>
+  <si>
+    <t>Avinyó</t>
+  </si>
+  <si>
+    <t>DOROTEA, CORIEN ELISE</t>
+  </si>
+  <si>
+    <t>MARESMA CASELLAS, ROSER</t>
+  </si>
+  <si>
+    <t>FELIU FERRÉ, CRISTINA</t>
+  </si>
+  <si>
+    <t>GOASGUEN, CLAIRE LISE</t>
+  </si>
+  <si>
+    <t>GUEVARA HERNÁNDEZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ PICOLA, CRISTINA</t>
+  </si>
+  <si>
+    <t>Ribes de Freser</t>
+  </si>
+  <si>
+    <t>PÉREZ SANZ, Mª ARANZAZU</t>
+  </si>
+  <si>
+    <t>ESPAÑOL MONTERO, CRISTINA</t>
+  </si>
+  <si>
+    <t>SALMORAL MARTÍNEZ, SILVIA</t>
+  </si>
+  <si>
+    <t>SELLARÈS CANALS, EMMA</t>
+  </si>
+  <si>
+    <t>LÓPEZ MATA, LAIA</t>
+  </si>
+  <si>
+    <t>MERENCIANO DOMINGO, LAURA</t>
+  </si>
+  <si>
+    <t>El Vendrell</t>
+  </si>
+  <si>
+    <t>ALIMANY YDÁÑEZ, PATRÍCIA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ CARRASCAL, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>GUTIÉRREZ ENES, LAURA</t>
+  </si>
+  <si>
+    <t>BOSCH AYGUADÉ, MARTA</t>
+  </si>
+  <si>
+    <t>LÓPEZ MORENO, OLGA</t>
+  </si>
+  <si>
+    <t>ROSELL BUCHACA, JANA</t>
+  </si>
+  <si>
+    <t>Calbinyà</t>
+  </si>
+  <si>
+    <t>TALAVERA HERNÁNDEZ, MARTA</t>
+  </si>
+  <si>
+    <t>VILA ISIDORO, AIDA</t>
+  </si>
+  <si>
+    <t>Vilafant</t>
+  </si>
+  <si>
+    <t>ZOCCALI, ALESSANDRA</t>
+  </si>
+  <si>
+    <t>FERRANDO PUYUELO, LAURA</t>
+  </si>
+  <si>
+    <t>TORRES LOZANO, GEMMA</t>
+  </si>
+  <si>
+    <t>ZAMORA GÓMEZ, CAROLINA</t>
+  </si>
+  <si>
+    <t>LÓPEZ VILLENA, SARA</t>
+  </si>
+  <si>
+    <t>BOLAND MORALES, Mª SOLEDAD</t>
+  </si>
+  <si>
+    <t>CABEROL FORTUNY, ALBA</t>
+  </si>
+  <si>
+    <t>RIU PLANA, MERITXELL</t>
+  </si>
+  <si>
+    <t>ALONSO PONS, SÍLVIA</t>
+  </si>
+  <si>
+    <t>SANZ BESER, YOLANDA</t>
+  </si>
+  <si>
+    <t>FERRÁNDEZ GALCERÁN, CARLA</t>
+  </si>
+  <si>
+    <t>Llers</t>
+  </si>
+  <si>
+    <t>PRIOR HERNÁNDEZ, AUDRY MARTA</t>
+  </si>
+  <si>
+    <t>ÁLVAREZ DURAN, IRENE</t>
+  </si>
+  <si>
+    <t>Súria</t>
+  </si>
+  <si>
+    <t>BELLIDO EXPÓSITO, RUTH</t>
+  </si>
+  <si>
+    <t>ROS VALLBONA, NATÀLIA</t>
+  </si>
+  <si>
+    <t>PARDO PONS, JOANA</t>
+  </si>
+  <si>
+    <t>Sant Carles de la Ràpita</t>
+  </si>
+  <si>
+    <t>BRUGAT PRADOS, MARTA</t>
+  </si>
+  <si>
+    <t>VILA GASULL, CORAL</t>
+  </si>
+  <si>
+    <t>YOUSEF PINTO, AIDA</t>
+  </si>
+  <si>
+    <t>BEL SANCHEZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ GÓMEZ, MIREIA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ PLACENCIA, MARI</t>
+  </si>
+  <si>
+    <t>MARTINEZ ROMERO, SOFIA</t>
+  </si>
+  <si>
+    <t>SAEZ MORENO, MIREIA</t>
+  </si>
+  <si>
+    <t>TUDELA ALCÀCER, BALBINA</t>
+  </si>
+  <si>
+    <t>ZEGARRA RAMIREZ, YESSENIA</t>
+  </si>
+  <si>
+    <t>GARCIA de la PLAZA BOZA, SILVIA</t>
+  </si>
+  <si>
+    <t>SERRAT BARCONS, MÍRIAM</t>
+  </si>
+  <si>
+    <t>Sant Pere de Torelló</t>
+  </si>
+  <si>
+    <t>CLOTET GALIÀ, TERESA</t>
+  </si>
+  <si>
+    <t>CASES POLEY, RAQUEL</t>
+  </si>
+  <si>
+    <t>GALTÉS PUIG, MERITXELL</t>
+  </si>
+  <si>
+    <t>SERRAMIÀ SALMERÓN, CLÀUDIA</t>
+  </si>
+  <si>
+    <t>MORRAJA MORALES, ANDREA EDIT</t>
+  </si>
+  <si>
+    <t>ROMERO PAZ, OLGA</t>
+  </si>
+  <si>
+    <t>BARROCAL GÓMEZ, MARTA</t>
+  </si>
+  <si>
+    <t>VALDERREY CENADOR, JUDITH</t>
+  </si>
+  <si>
+    <t>BATALLER PRIM, MARINA</t>
+  </si>
+  <si>
+    <t>Bordils</t>
+  </si>
+  <si>
+    <t>CLAVERÍ MORENO, REBECA</t>
+  </si>
+  <si>
+    <t>FRAILE LÓPEZ, ARIANA</t>
+  </si>
+  <si>
+    <t>MUÑOZ MOYA, M. CARMEN</t>
+  </si>
+  <si>
+    <t>NAVARRO CLEMENTE, MIRIAM</t>
+  </si>
+  <si>
+    <t>MARRUECOS MURILLO, M. NOEMÍ</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ CANO, TAMARA</t>
+  </si>
+  <si>
+    <t>BAILÓN GIMENO, ALBERT</t>
+  </si>
+  <si>
+    <t>ARANDA TORRES, CECILIA</t>
+  </si>
+  <si>
+    <t>VILA del ÁGUILA, ANA</t>
+  </si>
+  <si>
+    <t>ARRANZ FRANCH, LIDIA</t>
+  </si>
+  <si>
+    <t>NAVALLS DURAN, CRISTINA</t>
+  </si>
+  <si>
+    <t>ESCODA ESCORIHUELA, LAURA</t>
+  </si>
+  <si>
+    <t>SANTACRUZ BENAIGES, VICTOR</t>
+  </si>
+  <si>
+    <t>PLECH SAZATORNIL, MIREIA</t>
+  </si>
+  <si>
+    <t>MATILLA PUEYO, ISABEL</t>
+  </si>
+  <si>
+    <t>NAVARRO RODRÍGUEZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>VILA TORRENTS, MARTA</t>
+  </si>
+  <si>
+    <t>MARTÍN SÁNCHEZ, LIDIA</t>
+  </si>
+  <si>
+    <t>FELIU DÍAZ, CARLA</t>
+  </si>
+  <si>
+    <t>JODAR ARANDA, IRENE</t>
+  </si>
+  <si>
+    <t>ORTEGA MESAS, NURIA</t>
+  </si>
+  <si>
+    <t>ADELL GEIRA, SANDRA</t>
+  </si>
+  <si>
+    <t>RECUENCO MARTÍNEZ, PILAR</t>
+  </si>
+  <si>
+    <t>GARZÓN RÍOS, LUZ MARÍA</t>
+  </si>
+  <si>
+    <t>LARIO GÁZQUEZ, ISABEL</t>
+  </si>
+  <si>
+    <t>BARRANCO MACÍAS, MANEL</t>
+  </si>
+  <si>
+    <t>CEBRIÁN MARÍN, CARLA</t>
+  </si>
+  <si>
+    <t>CODINACH SÁNCHEZ-GÓMEZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>GARCÍA CASADO, Mª ALMUDENA</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ SIMÓN, LAURA</t>
+  </si>
+  <si>
+    <t>BURÉS MOURIÑO, CRISTINA</t>
+  </si>
+  <si>
+    <t>FUSTER GALLARDO, MARTA</t>
+  </si>
+  <si>
+    <t>RIVERA LEO, SANDRA</t>
+  </si>
+  <si>
+    <t>BRUN CABRERO, MIREIA</t>
+  </si>
+  <si>
+    <t>GARCIA BOMBOI, PATRICIA</t>
+  </si>
+  <si>
+    <t>BACH CANTÓN, NÚRIA</t>
+  </si>
+  <si>
+    <t>CURSACH GALMÉS, M. ISABEL</t>
+  </si>
+  <si>
+    <t>LÓPEZ PERALTA, XAVIER</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ VILLALBA, ESPERANZA</t>
+  </si>
+  <si>
+    <t>ZARAGOZA CRUZ, LAURA</t>
+  </si>
+  <si>
+    <t>ARANDA VEGA, GEMMA</t>
+  </si>
+  <si>
+    <t>MOLIST FONT, CRISTINA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ GALLEGO, ROCÍO</t>
+  </si>
+  <si>
+    <t>BELMONTE FUENTES, ANA</t>
+  </si>
+  <si>
+    <t>GÁLVEZ MORA, MIRIAM</t>
+  </si>
+  <si>
+    <t>SABATÉ FONDEVILA, MARINA</t>
+  </si>
+  <si>
+    <t>LÓPEZ BAÑOS, LUCÍA</t>
+  </si>
+  <si>
+    <t>BRAUNS, WENCKE</t>
+  </si>
+  <si>
+    <t>FUENTES MORADELL, LAIA</t>
+  </si>
+  <si>
+    <t>MÍNGUEZ MARTÍNEZ, MÒNICA</t>
+  </si>
+  <si>
+    <t>ROLDÁN SÁEZ, ANDREA</t>
+  </si>
+  <si>
+    <t>ZURITA CABRÉ, ANNA MARIA</t>
+  </si>
+  <si>
+    <t>GÁMEZ MOLINA, CRISTINA</t>
+  </si>
+  <si>
+    <t>AGUILERA VILLAGRASA, ALBA</t>
+  </si>
+  <si>
+    <t>Sant Joan les Fonts</t>
+  </si>
+  <si>
+    <t>ROLDÁN BALDÓ, CARLA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ-GALÁN FRAUCA, JESSICA AILEEN</t>
+  </si>
+  <si>
+    <t>SOLER MANZANO, CARLOTA</t>
+  </si>
+  <si>
+    <t>SOTERAS GIBERGA, OLGA</t>
+  </si>
+  <si>
+    <t>La Palma de Cervelló</t>
+  </si>
+  <si>
+    <t>PÉREZ GARCÍA, EMMA</t>
+  </si>
+  <si>
+    <t>LÓPEZ FÉLEZ, LAIA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ-MIGALLÓN MARTÍNEZ, MARINA</t>
+  </si>
+  <si>
+    <t>ESCRIBANO RUIZ, LAURA</t>
+  </si>
+  <si>
+    <t>GÓMEZ de PEDRO, RAÚL</t>
+  </si>
+  <si>
+    <t>MORERA PROS, MIREIA</t>
+  </si>
+  <si>
+    <t>HELIOT, DENIS</t>
+  </si>
+  <si>
+    <t>GARCÍA FERNÁNDEZ, RAQUEL</t>
+  </si>
+  <si>
+    <t>SILVA GÓMEZ, NIOBE</t>
+  </si>
+  <si>
+    <t>TEIXIDÓ FORMENTÍ, MARTA</t>
+  </si>
+  <si>
+    <t>VINYALS RALLO, REGINA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ CHORDÀ, PATRÍCIA</t>
+  </si>
+  <si>
+    <t>CARO CERVILLA, TANIA</t>
+  </si>
+  <si>
+    <t>MEDINA MACIAS, ANA</t>
+  </si>
+  <si>
+    <t>VIÑALS GRACIA, JUDIT</t>
+  </si>
+  <si>
+    <t>REIG GALLARDO, MARTA</t>
+  </si>
+  <si>
+    <t>BENALCÁZAR PIJAL, GRACE</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ MARTÍNEZ, SARA</t>
+  </si>
+  <si>
+    <t>FUENTES VILA, ANNA</t>
+  </si>
+  <si>
+    <t>DELSAUT, AURÉLIE CHANTAL</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ SORRIBES, NÚRIA</t>
+  </si>
+  <si>
+    <t>VILANOVA GABARRÓN, NÚRIA</t>
+  </si>
+  <si>
+    <t>MAS ROMERA, LAURA</t>
+  </si>
+  <si>
+    <t>TORRES ESTEBAN, ANA</t>
+  </si>
+  <si>
+    <t>RIBERA SOLÉ, ELENA</t>
+  </si>
+  <si>
+    <t>PUJOL BATALLER, ELIONOR</t>
+  </si>
+  <si>
+    <t>ARGELICH IGLESIAS, NÚRIA</t>
+  </si>
+  <si>
+    <t>QUIROGA MARSIÑACH, ESTHER</t>
+  </si>
+  <si>
+    <t>PÉREZ REYES, LORENA</t>
+  </si>
+  <si>
+    <t>BOETA MARGINET, AIDA</t>
+  </si>
+  <si>
+    <t>RAMÍREZ VILA, ESTEL</t>
+  </si>
+  <si>
+    <t>Anglès</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ SURIOL, JUDIT</t>
+  </si>
+  <si>
+    <t>Sant Martí Sarroca</t>
+  </si>
+  <si>
+    <t>FORÈS CIVIT, JUDIT</t>
+  </si>
+  <si>
+    <t>PEQUÍN CELIMENDIZ, CARLA</t>
+  </si>
+  <si>
+    <t>PUJOL ALCON, CARLA</t>
+  </si>
+  <si>
+    <t>Sant Esteve Sesrovires</t>
+  </si>
+  <si>
+    <t>GALLARDO SÁNCHEZ, LAURA</t>
+  </si>
+  <si>
+    <t>LÓPEZ GALVÁN, CRISTINA</t>
+  </si>
+  <si>
+    <t>VEGA IBÁÑEZ, LARA</t>
+  </si>
+  <si>
+    <t>CAPITÁN LLAMAS, NOELIA</t>
+  </si>
+  <si>
+    <t>JIMÉNEZ CRESPO, ANDREA</t>
+  </si>
+  <si>
+    <t>PALADELLA NAVARRETE, ESTELA</t>
+  </si>
+  <si>
+    <t>Batea</t>
+  </si>
+  <si>
+    <t>GRACIA PERAL, LARA</t>
+  </si>
+  <si>
+    <t>Badia del Vallès</t>
+  </si>
+  <si>
+    <t>VIDAL PAZ, LORENA</t>
+  </si>
+  <si>
+    <t>GARCÍA ALARCÓN, JUDIT</t>
+  </si>
+  <si>
+    <t>PRATS ANDRÉS, CRISTINA</t>
+  </si>
+  <si>
+    <t>FILLOLA LARDIN, MÓNICA</t>
+  </si>
+  <si>
+    <t>ORTUÑO RODRÍGUEZ, NIEVES</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ MASSIP, VÍCTOR</t>
+  </si>
+  <si>
+    <t>PLANCHART PERMANYER, AINA</t>
+  </si>
+  <si>
+    <t>Fonteta</t>
+  </si>
+  <si>
+    <t>LÓPEZ BLANCO, LAURA</t>
+  </si>
+  <si>
+    <t>VENDRELL JIMÉNEZ, EVA</t>
+  </si>
+  <si>
+    <t>El Pla del Penedès</t>
+  </si>
+  <si>
+    <t>GARCÍA VENTURA, BLANCA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ GARRIDO, ANA</t>
+  </si>
+  <si>
+    <t>BADELL PONS, ALBA</t>
+  </si>
+  <si>
+    <t>PALAZÓN CARRIÓN, ESPERANZA</t>
+  </si>
+  <si>
+    <t>PARÉ OBÓN, LAURA</t>
+  </si>
+  <si>
+    <t>PUEYO PÉREZ, CARMEN</t>
+  </si>
+  <si>
+    <t>ROMERO FRANCO, MARINA</t>
+  </si>
+  <si>
+    <t>ADRIAO BRIZ JIMENEZ, MARCIA</t>
+  </si>
+  <si>
+    <t>ISBERT GELABERT, ROSER</t>
+  </si>
+  <si>
+    <t>PENALVA FALGUERA, POL</t>
+  </si>
+  <si>
+    <t>GUTIÉRREZ GONZÁLEZ, MERCÈ</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ-CONDE LÓPEZ, MARAVILLAS</t>
+  </si>
+  <si>
+    <t>PÉREZ URBANO, ALBA</t>
+  </si>
+  <si>
+    <t>LARA TORRES, IRENE</t>
+  </si>
+  <si>
+    <t>JIMÉNEZ MARTÍNEZ, SONIA</t>
+  </si>
+  <si>
+    <t>RIERA SÀBAT, ROSER</t>
+  </si>
+  <si>
+    <t>GARRIGA SUCARRATS, ALBA</t>
+  </si>
+  <si>
+    <t>HERNÁNDEZ PÁEZ, KAROLINA</t>
+  </si>
+  <si>
+    <t>FORNELLS RAMIS, CRISTINA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ FIALLEGA, VIRGINIA</t>
+  </si>
+  <si>
+    <t>REGUENGO DALAMA, CARMEN</t>
+  </si>
+  <si>
+    <t>SERRA ARAUZO, LAIA</t>
+  </si>
+  <si>
+    <t>REHUES GRAU, LAURA</t>
+  </si>
+  <si>
+    <t>CUYÀS ESCALAS, NÚRIA</t>
+  </si>
+  <si>
+    <t>DOMENE RODRÍGUEZ, ELISABET</t>
+  </si>
+  <si>
+    <t>GARRETA BARDERI, SANDRA</t>
+  </si>
+  <si>
+    <t>GARCÍA HERNÁNDEZ, ESTEFANÍA</t>
+  </si>
+  <si>
+    <t>MARÍ VICO, ROSANNA</t>
+  </si>
+  <si>
+    <t>Eivissa</t>
+  </si>
+  <si>
+    <t>VÁZQUEZ CARBONELL, ESTHER</t>
+  </si>
+  <si>
+    <t>MOHEDANO IRANZO, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>FIGUEROA GONZÁLEZ, MARIO</t>
+  </si>
+  <si>
+    <t>Cangas de Morrazo</t>
+  </si>
+  <si>
+    <t>GARCIA NICOLÀS, ANNA</t>
+  </si>
+  <si>
+    <t>DURÁ BAYOT, FRANCISCA</t>
+  </si>
+  <si>
+    <t>PULLA FAJARDO, FELIPE</t>
+  </si>
+  <si>
+    <t>LUCAS PEDRO, ALBA</t>
+  </si>
+  <si>
+    <t>NAVARRO BURRIEZA, NEUS</t>
+  </si>
+  <si>
+    <t>Sant Jordi de Cercs</t>
+  </si>
+  <si>
+    <t>MARTÍ COLL, SÍLVIA</t>
+  </si>
+  <si>
+    <t>SAIS PONS, AURORA</t>
+  </si>
+  <si>
+    <t>de JUANA PASCUAL, TANIT</t>
+  </si>
+  <si>
+    <t>RUIZ MARTÍNEZ, NOÈLIA</t>
+  </si>
+  <si>
+    <t>DOMÈNECH MUÑOZ, LAIA</t>
+  </si>
+  <si>
+    <t>Santa Margarida de Montbui</t>
+  </si>
+  <si>
+    <t>USTRELL GARRIDO, CRISTINA</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ PICÓN, SÍLVIA</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ LORITE, ARIADNA</t>
+  </si>
+  <si>
+    <t>VENTURA RUIZ, SANDRA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ CACHINERO, ELENA</t>
+  </si>
+  <si>
+    <t>CLOPÉS CARDONA, MARTA</t>
+  </si>
+  <si>
+    <t>Gualba</t>
+  </si>
+  <si>
+    <t>ALONSO ESPIN, IRENE</t>
+  </si>
+  <si>
+    <t>CEREIJO RUBIO, SUSANA</t>
+  </si>
+  <si>
+    <t>GUITART SÁNCHEZ, NATÀLIA</t>
+  </si>
+  <si>
+    <t>Juneda</t>
+  </si>
+  <si>
+    <t>BAÑOS SOLTERO, LORENA</t>
+  </si>
+  <si>
+    <t>SILGADO TIENDA, ESTEFANIA</t>
+  </si>
+  <si>
+    <t>CHICO DIAZ, OLGA</t>
+  </si>
+  <si>
+    <t>CREUS CULUBRET, ANNA</t>
+  </si>
+  <si>
+    <t>La Secuita</t>
+  </si>
+  <si>
+    <t>FEIJÓO PONS, LAURA</t>
+  </si>
+  <si>
+    <t>PRESAS PLAJA, IMMACULADA</t>
+  </si>
+  <si>
+    <t>VIDAL JUNYENT, ÈLIA</t>
+  </si>
+  <si>
+    <t>VERDUGO MULLÓN, MAITE</t>
+  </si>
+  <si>
+    <t>ORTEGA JACAS, MIREIA</t>
+  </si>
+  <si>
+    <t>JUNYENT SEGARRA, MAR</t>
+  </si>
+  <si>
+    <t>STEINDORFF MARTÍ, MARINA</t>
+  </si>
+  <si>
+    <t>SÁEZ ÁLVAREZ, LAURA</t>
+  </si>
+  <si>
+    <t>MAS PAGÈS, LAIA</t>
+  </si>
+  <si>
+    <t>PELLEJÀ MIRÓ, NÚRIA</t>
+  </si>
+  <si>
+    <t>Marçà</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ GÓMEZ, BEATRIZ</t>
+  </si>
+  <si>
+    <t>JOVER TORRADO, CARLA</t>
+  </si>
+  <si>
+    <t>ZELOU, SOFÍA</t>
+  </si>
+  <si>
+    <t>LÓPEZ MOYA, SARA</t>
+  </si>
+  <si>
+    <t>CECILIA SERRANO, IVETTE</t>
+  </si>
+  <si>
+    <t>CAMPOS LÓPEZ, LIDIA</t>
+  </si>
+  <si>
+    <t>BOLADERAS ROTLLANT, JUDIT</t>
+  </si>
+  <si>
+    <t>Prats de Lluçanes</t>
+  </si>
+  <si>
+    <t>NIETO PARRA, ANA</t>
+  </si>
+  <si>
+    <t>ROSELL NOVELL, SUSANNA</t>
+  </si>
+  <si>
+    <t>TARRIDA VIOL, ROSA</t>
+  </si>
+  <si>
+    <t>BARBERÁN DIAS, ESTHER</t>
+  </si>
+  <si>
+    <t>Altafulla</t>
+  </si>
+  <si>
+    <t>SANS FORTUNY, FRANCESC XAVIER</t>
+  </si>
+  <si>
+    <t>ALEU SOLER, MERITXELL</t>
+  </si>
+  <si>
+    <t>MORENO RUIZ, CARLA</t>
+  </si>
+  <si>
+    <t>MARTÍ BONJOCH, JOANA</t>
+  </si>
+  <si>
+    <t>RIBERA GARRIDO, MARTA</t>
+  </si>
+  <si>
+    <t>PÉREZ VILLEGAS, PATRICIA</t>
+  </si>
+  <si>
+    <t>BÓVEDA BALDONI, PAULA IVANA</t>
+  </si>
+  <si>
+    <t>Salou</t>
+  </si>
+  <si>
+    <t>CANADELL FABO, LOREDANA</t>
+  </si>
+  <si>
+    <t>MATARIN del MORAL, SARAI</t>
+  </si>
+  <si>
+    <t>Ullastrell</t>
+  </si>
+  <si>
+    <t>SAIS PADROSA, JÚLIA</t>
+  </si>
+  <si>
+    <t>ADAM, ROMINA ROXANA</t>
+  </si>
+  <si>
+    <t>Canet de Fals</t>
+  </si>
+  <si>
+    <t>RAYO GARRIGÓ, ROCÍO</t>
+  </si>
+  <si>
+    <t>PERALTA MONCAYO, KARLA LISSETH</t>
+  </si>
+  <si>
+    <t>ARREOLA GARCÍA, OLGA VIRIDIANA</t>
+  </si>
+  <si>
+    <t>ÁLVAREZ SÁNCHEZ, SANDRA</t>
+  </si>
+  <si>
+    <t>CANAS LLUNELL, LAIA</t>
+  </si>
+  <si>
+    <t>CATALÀ PIQUÉ, MERCÈ</t>
+  </si>
+  <si>
+    <t>CERVELLÓ CORBINOS, MERCÈ</t>
+  </si>
+  <si>
+    <t>DAVÍ BEATO, CLARA</t>
+  </si>
+  <si>
+    <t>MAÑES FERNÁNDEZ, BEATRIZ</t>
+  </si>
+  <si>
+    <t>VICENS CABRERA, RUTH</t>
+  </si>
+  <si>
+    <t>Vallbona d'Anoia</t>
+  </si>
+  <si>
+    <t>BARCO GONZÁLEZ, LUCÍA</t>
+  </si>
+  <si>
+    <t>MEHAND MOHAMED, YUNAIDA</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ ORS, SANDRA</t>
+  </si>
+  <si>
+    <t>CARDONA ORVAY, Mª ISABEL</t>
+  </si>
+  <si>
+    <t>Sant Jordi de Ses Salines</t>
+  </si>
+  <si>
+    <t>RASTRILLA TORRA, NÚRIA</t>
+  </si>
+  <si>
+    <t>RAYA VILCHEZ, MARTA</t>
+  </si>
+  <si>
+    <t>CUCARELLA CONTERA, MARIA</t>
+  </si>
+  <si>
+    <t>GÓMEZ-RAYA VILANOVA, ALEJANDRA</t>
+  </si>
+  <si>
+    <t>HERRERA LAREU, AMPARO ANDREA</t>
+  </si>
+  <si>
+    <t>LÓPEZ REÑÉ, LAURA</t>
+  </si>
+  <si>
+    <t>MÁRQUEZ MORENO, YERAY</t>
+  </si>
+  <si>
+    <t>RIERA NÚÑEZ, ESTEFANIA</t>
+  </si>
+  <si>
+    <t>ROA MERCADO, MARIA JOSÉ</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ EJARQUE, PAULA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ i RUBIO, CLARA</t>
+  </si>
+  <si>
+    <t>VARELA VELASCO, NÚRIA</t>
+  </si>
+  <si>
+    <t>VEGA ARTIME, PATRICIA</t>
+  </si>
+  <si>
+    <t>ESCÒRCIA GERVASIO, ANNA Mª</t>
+  </si>
+  <si>
+    <t>Fornells de la Selva</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ GONZÁLEZ, ELENA</t>
+  </si>
+  <si>
+    <t>La Laguna</t>
+  </si>
+  <si>
+    <t>PRAT RIBÉ, CLÀUDIA</t>
+  </si>
+  <si>
+    <t>CASTELLÀ PUJOL, GISELA</t>
+  </si>
+  <si>
+    <t>CUEVAS BOLEA, MARÍA JOSÉ</t>
+  </si>
+  <si>
+    <t>ESCALÉ ASENSIO, ELENA</t>
+  </si>
+  <si>
+    <t>La Floresta (Sant Cugat del Vallès)</t>
+  </si>
+  <si>
+    <t>JIMÉNEZ SAIZ, SILVIA</t>
+  </si>
+  <si>
+    <t>LEÓN ALONSO, ROCÍO</t>
+  </si>
+  <si>
+    <t>MARIÑO BAHAMONDE, ALICIA</t>
+  </si>
+  <si>
+    <t>MARTÍN PÉREZ, MARÍA ELENA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ EXPÓSITO, SARA</t>
+  </si>
+  <si>
+    <t>Tordera</t>
+  </si>
+  <si>
+    <t>MILLET ROIGÉ, NÚRIA</t>
+  </si>
+  <si>
+    <t>MORALES SERRANO, MÍRIAM</t>
+  </si>
+  <si>
+    <t>ORTEGA RAYA, ANNABEL</t>
+  </si>
+  <si>
+    <t>PUJOL PUJOL, CARLA</t>
+  </si>
+  <si>
+    <t>RENAU DOMINGO, MARTA</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ CASTELO, MARTA</t>
+  </si>
+  <si>
+    <t>VALLÉS SASOT, ANDREA</t>
+  </si>
+  <si>
+    <t>TOMÀS ALAMEDA, MÓNICA</t>
+  </si>
+  <si>
+    <t>VILLANUEVA MEROÑO, ALEJANDRO</t>
+  </si>
+  <si>
+    <t>CAMPAÑÁ ARRANZ, NÚRIA</t>
+  </si>
+  <si>
+    <t>CASELLAS ESTAÑOL, SÍLVIA</t>
+  </si>
+  <si>
+    <t>Porqueres</t>
+  </si>
+  <si>
+    <t>LUSSAUD GUERRERO, ALEXANDRA</t>
+  </si>
+  <si>
+    <t>MAYRAL HURTADO, GEMMA</t>
+  </si>
+  <si>
+    <t>PUJOL POCINO, LAURA</t>
+  </si>
+  <si>
+    <t>PUJOL TORRES, LAIA</t>
+  </si>
+  <si>
+    <t>JIMÉNEZ GUZMÁN, AMANDA</t>
+  </si>
+  <si>
+    <t>Sant Adrià del Besós</t>
+  </si>
+  <si>
+    <t>RAMÍREZ SAMPEDRO, SARA</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ NAVARRO, SARA</t>
+  </si>
+  <si>
+    <t>RUIZ GARCÍA, GEMMA</t>
+  </si>
+  <si>
+    <t>SOLER FERRER, LORENA</t>
+  </si>
+  <si>
+    <t>TAMBOLEO CLOTET, ROGER</t>
+  </si>
+  <si>
+    <t>TORMOS VIDAL, BORJA</t>
+  </si>
+  <si>
+    <t>TODA PLAZA, MARÍA</t>
+  </si>
+  <si>
+    <t>MARQUÍNEZ TUDELA, MARINA</t>
+  </si>
+  <si>
+    <t>BERGADÀ CAMARASA, IRENE</t>
+  </si>
+  <si>
+    <t>Àger</t>
+  </si>
+  <si>
+    <t>CABRERA BONET, YVONNE</t>
+  </si>
+  <si>
+    <t>L'Ampolla</t>
+  </si>
+  <si>
+    <t>CORTADA RODRÍGUEZ, LAURA</t>
+  </si>
+  <si>
+    <t>GRANADA GINER, BERTA</t>
+  </si>
+  <si>
+    <t>LANGARITA LISÓN, MIREIA</t>
+  </si>
+  <si>
+    <t>RODRIGO GIL, AINOA</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ SÁNCHEZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>GARCÍA FERNÁNDEZ, EVA</t>
+  </si>
+  <si>
+    <t>de la CRUZ SINGO, LORENA ELIZABETH</t>
+  </si>
+  <si>
+    <t>GRAU MOYANO, AMANDA</t>
+  </si>
+  <si>
+    <t>ROURA FORCADELL, PATRÍCIA</t>
+  </si>
+  <si>
+    <t>BANÚS COROMINA, CRISTINA</t>
+  </si>
+  <si>
+    <t>Els Hostalets d'en Bas</t>
+  </si>
+  <si>
+    <t>CONVERTINI ORTEGA, GABRIELA CECILIA</t>
+  </si>
+  <si>
+    <t>LLORCA COSTA, SANDRA</t>
+  </si>
+  <si>
+    <t>MÁRQUEZ RODRÍGUEZ, PAULA</t>
+  </si>
+  <si>
+    <t>SERRA BARÓ, GEMMA</t>
+  </si>
+  <si>
+    <t>TORTOSA SAURA, VÍCTOR</t>
+  </si>
+  <si>
+    <t>FONT SÁNCHEZ, MARTA</t>
+  </si>
+  <si>
+    <t>GARCÍA LÓPEZ, ALBA</t>
+  </si>
+  <si>
+    <t>El Bruc</t>
+  </si>
+  <si>
+    <t>MUÑOZ TOR, LAURA</t>
+  </si>
+  <si>
+    <t>MULET CARRASCO, CLÀUDIA</t>
+  </si>
+  <si>
+    <t>MORENO ALARCÓN, Mª JOSÉ</t>
+  </si>
+  <si>
+    <t>BANCHS PUJADAS, ELISA</t>
+  </si>
+  <si>
+    <t>ROCA COMA, BRUNA</t>
+  </si>
+  <si>
+    <t>MÁRQUEZ VILLEGAS, BEATRIZ</t>
+  </si>
+  <si>
+    <t>Tona</t>
+  </si>
+  <si>
+    <t>VILÀ FERRÉS, CLARA</t>
+  </si>
+  <si>
+    <t>Pont de Molins</t>
+  </si>
+  <si>
+    <t>MORANT CEBOLLADA, LUCÍA</t>
+  </si>
+  <si>
+    <t>CHAVEZ DÍAZ, NANCY STELLA</t>
+  </si>
+  <si>
+    <t>FARRÉS MASOLIVER, NEUS</t>
+  </si>
+  <si>
+    <t>GARRETA ARGERICH, JUDIT</t>
+  </si>
+  <si>
+    <t>Ger</t>
+  </si>
+  <si>
+    <t>GAVILANES RONCERO, GISEL·LA</t>
+  </si>
+  <si>
+    <t>Mongat</t>
+  </si>
+  <si>
+    <t>ALBÀ LAHOZ, LAURA</t>
+  </si>
+  <si>
+    <t>BOADA TAULATS, ARIADNA</t>
+  </si>
+  <si>
+    <t>CODORNIU CODORNIU, CORA</t>
+  </si>
+  <si>
+    <t>Jesús-Tortosa</t>
+  </si>
+  <si>
+    <t>CONILL ESPONA, ELISABET</t>
+  </si>
+  <si>
+    <t>FILELLA MERCÈ, JÚLIA</t>
+  </si>
+  <si>
+    <t>GARCÍA GONZÁLEZ, MYRIAN</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ ROMERO, NEREA</t>
+  </si>
+  <si>
+    <t>GRAFF MACIAS, LAURA</t>
+  </si>
+  <si>
+    <t>GUERREIRO-PONTES ECHEGARAY, VICTORIA E.</t>
+  </si>
+  <si>
+    <t>JORQUERA CURIEL, JUDITH</t>
+  </si>
+  <si>
+    <t>MARFIL BARQUERO, LUCIA</t>
+  </si>
+  <si>
+    <t>PAIS i FAIDELLA, LAURA</t>
+  </si>
+  <si>
+    <t>PEINADO ARRONTES, RAQUEL</t>
+  </si>
+  <si>
+    <t>PEREA CABRERA, OLGA</t>
+  </si>
+  <si>
+    <t>POZO SÀNCHEZ, NÚRIA</t>
+  </si>
+  <si>
+    <t>RAMOS VIDAL, CARLA</t>
+  </si>
+  <si>
+    <t>RICART BAQUÉS, LAURA</t>
+  </si>
+  <si>
+    <t>ROJAS MORALES, ANA</t>
+  </si>
+  <si>
+    <t>SERENA FERRO, ANGELA</t>
+  </si>
+  <si>
+    <t>Graus</t>
+  </si>
+  <si>
+    <t>SERRANO BLANCO, MIREIA</t>
+  </si>
+  <si>
+    <t>TRASSERRA SOLÉ, CARLA</t>
+  </si>
+  <si>
+    <t>VALVERDE AMORÓS, IVET</t>
+  </si>
+  <si>
+    <t>VALVERDE VELASCO, LAIA</t>
+  </si>
+  <si>
+    <t>Les Cabanyes</t>
+  </si>
+  <si>
+    <t>XENA NAVARRO, IRINA</t>
+  </si>
+  <si>
+    <t>CASÉN BAETA, AIDA</t>
+  </si>
+  <si>
+    <t>CATALÁN GUILLÉN, ANNA</t>
+  </si>
+  <si>
+    <t>ESPAÑOL JAIME, CRISTINA</t>
+  </si>
+  <si>
+    <t>FABREGAT MIRALLES, M. DOLORES</t>
+  </si>
+  <si>
+    <t>Vinaròs</t>
+  </si>
+  <si>
+    <t>PALTRÉ FERRER, CARLA</t>
+  </si>
+  <si>
+    <t>FERRER VERGÉS, NOEMÍ</t>
+  </si>
+  <si>
+    <t>GARCIA ALEGRE, PAULA</t>
+  </si>
+  <si>
+    <t>IBERN XIRAU, HELENA</t>
+  </si>
+  <si>
+    <t>JUANPERE BERNAL, AINA</t>
+  </si>
+  <si>
+    <t>Vilaplana</t>
+  </si>
+  <si>
+    <t>JUNQUERAS POCORULL, BERTA</t>
+  </si>
+  <si>
+    <t>MORALES FUGAROLAS, IBAN</t>
+  </si>
+  <si>
+    <t>MORENO GORDO, REBECA</t>
+  </si>
+  <si>
+    <t>NUÑEZ DOLADÉ, THAIS</t>
+  </si>
+  <si>
+    <t>PÉREZ ROMAN, DANA</t>
+  </si>
+  <si>
+    <t>REVERENDO MASCORT, HELENA</t>
+  </si>
+  <si>
+    <t>SAEZ MONTLLOR, MARIA</t>
+  </si>
+  <si>
+    <t>SEBASTIÀ CHAVEZ, RAQUEL</t>
+  </si>
+  <si>
+    <t>SOLER PASSOLAS, MAR</t>
+  </si>
+  <si>
+    <t>URPÍ ARIÑO, SARA</t>
+  </si>
+  <si>
+    <t>HERNÁEZ LEÓN, SARA</t>
+  </si>
+  <si>
+    <t>Logroño</t>
+  </si>
+  <si>
+    <t>RESANO ARREDONDO, YOLANDA</t>
+  </si>
+  <si>
+    <t>Artazu</t>
+  </si>
+  <si>
+    <t>ALBÀ ROSELLÓ, MARIA</t>
+  </si>
+  <si>
+    <t>COSTA SÁNCHEZ, ESTHER</t>
+  </si>
+  <si>
+    <t>CRESPIERA CLAVELL, LAURA</t>
+  </si>
+  <si>
+    <t>DíAZ ARRAEZ, LAURA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ TIRADO, JORDI</t>
+  </si>
+  <si>
+    <t>IZCARA LÓPEZ de MURILLAS, ELISENDA</t>
+  </si>
+  <si>
+    <t>PINEDA VILANÓ, CRISTINA</t>
+  </si>
+  <si>
+    <t>CABELLO RUIZ, ALICIA</t>
+  </si>
+  <si>
+    <t>LLEIDA RODELLAR, ERIKA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ RAMOS, MARINA</t>
+  </si>
+  <si>
+    <t>PALACIOS SUÁREZ, ADRIANA LORENA</t>
+  </si>
+  <si>
+    <t>VALLS FERNÁNDEZ, RUTH</t>
+  </si>
+  <si>
+    <t>ARIOSA PUENTE, CAMILA</t>
+  </si>
+  <si>
+    <t>Riudarenes</t>
+  </si>
+  <si>
+    <t>CLEVA AGUZIN, FLORENCIA NOEMÍ</t>
+  </si>
+  <si>
+    <t>GAYÀ BOFILL, MIREIA</t>
+  </si>
+  <si>
+    <t>IBÁÑEZ RIBERA, JÚLIA</t>
+  </si>
+  <si>
+    <t>JIMÉNEZ COSTA, NOELIA</t>
+  </si>
+  <si>
+    <t>PARÉ DEIG, XÈNIA</t>
+  </si>
+  <si>
+    <t>HERRERO VILLARROYA, ELENA</t>
+  </si>
+  <si>
+    <t>NIQUEN TAPIA, KEREN</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ CARRILLO, ANNA</t>
+  </si>
+  <si>
+    <t>LETOSA PORTA, ÀLEX</t>
+  </si>
+  <si>
+    <t>ABADES GRIMES, REBECA AMY</t>
+  </si>
+  <si>
+    <t>DÍAZ PANIAGUA, RAQUEL</t>
+  </si>
+  <si>
+    <t>GALIANO EXPÓSITO, THAISMA</t>
+  </si>
+  <si>
+    <t>MENDEZ DIAZ, ADDYELA NORVELIS</t>
+  </si>
+  <si>
+    <t>Sentfores</t>
+  </si>
+  <si>
+    <t>MORERA SAURET, MARTA</t>
+  </si>
+  <si>
+    <t>GÓMEZ ACEITUNO, MONTSERRAT del MAR</t>
+  </si>
+  <si>
+    <t>PARRA SERRANO, ESTER</t>
+  </si>
+  <si>
+    <t>PURCALLA ARIÑO, NÚRIA</t>
+  </si>
+  <si>
+    <t>RUIZ SÁNCHEZ- LAFUENTE, CRISTINA</t>
+  </si>
+  <si>
+    <t>VALLÈS VIDAL, ANNA</t>
+  </si>
+  <si>
+    <t>Serinyà</t>
+  </si>
+  <si>
+    <t>VERGÉS ARILLA, CARLA</t>
+  </si>
+  <si>
+    <t>BARCELÓ BARCELÓ, ESTER</t>
+  </si>
+  <si>
+    <t>Capçanes</t>
+  </si>
+  <si>
+    <t>CASADEVALL RODRÍGUEZ, PAULA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ GISBERT, SABINA</t>
+  </si>
+  <si>
+    <t>MAZZUCATO SERRA, CARLA</t>
+  </si>
+  <si>
+    <t>RUBIO ARROYO, ARANTZA</t>
+  </si>
+  <si>
+    <t>TOGORES BARRANQUERO, ANNA</t>
+  </si>
+  <si>
+    <t>BELLVER GONZÁLEZ, CRISTINA</t>
+  </si>
+  <si>
+    <t>BENITO MASOLIVER, ALEJANDRA</t>
+  </si>
+  <si>
+    <t>Castellbisbal</t>
+  </si>
+  <si>
+    <t>CABERO ROSET, ADA</t>
+  </si>
+  <si>
+    <t>CLAPÉS ARFELIS, MERCÈ</t>
+  </si>
+  <si>
+    <t>DÍAZ HERMOSO, ANIA</t>
+  </si>
+  <si>
+    <t>DURAN JORDÀ, MIREIA</t>
+  </si>
+  <si>
+    <t>JÁÑEZ MARTÍNEZ, MIRIAM</t>
+  </si>
+  <si>
+    <t>LORENZO PÉREZ, GABRIEL</t>
+  </si>
+  <si>
+    <t>La Llagosta</t>
+  </si>
+  <si>
+    <t>MEGIAS PAREJO, SARA</t>
+  </si>
+  <si>
+    <t>MONTES HUERTAS, LAURA</t>
+  </si>
+  <si>
+    <t>RAMÍREZ ABELLA, ROSA Ma</t>
+  </si>
+  <si>
+    <t>AGUILERA MANZANO, SILVIA</t>
+  </si>
+  <si>
+    <t>AGUSTENCH DURAN, ELISABET</t>
+  </si>
+  <si>
+    <t>APARICIO HERNÁNDEZ, LAURA</t>
+  </si>
+  <si>
+    <t>DOMÈNECH CLAPÉS, ANNA</t>
+  </si>
+  <si>
+    <t>ECHARRI HERMOSA, ANNA</t>
+  </si>
+  <si>
+    <t>ESCOT ROA, AINHOA</t>
+  </si>
+  <si>
+    <t>ESPLANDIU SÁNCHEZ, ANDREA</t>
+  </si>
+  <si>
+    <t>ESQUIUS MORENO, GEMMA</t>
+  </si>
+  <si>
+    <t>GARCÍA FERNÁNDEZ, PATRICIA</t>
+  </si>
+  <si>
+    <t>OLLER CASTELLNOU, SÍLVIA</t>
+  </si>
+  <si>
+    <t>PLANS AUGUETS, BERTA</t>
+  </si>
+  <si>
+    <t>Solsona</t>
+  </si>
+  <si>
+    <t>QUERALT CAMPANERA, CARLA</t>
+  </si>
+  <si>
+    <t>ROS MESTRES, CLÀUDIA</t>
+  </si>
+  <si>
+    <t>ROURES VIVES, CLÀUDIA</t>
+  </si>
+  <si>
+    <t>GALLARDO LÓPEZ, MÒNICA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ MARTÍ, MARTA</t>
+  </si>
+  <si>
+    <t>IZQUIERDO VÁZQUEZ, MARTINA</t>
+  </si>
+  <si>
+    <t>MICCIOLA, MARINA</t>
+  </si>
+  <si>
+    <t>RESINA CURADO, PAULA</t>
+  </si>
+  <si>
+    <t>PRADELLS GIMÉNEZ, CLARA</t>
+  </si>
+  <si>
+    <t>SERRANO SIMON, MIREIA</t>
+  </si>
+  <si>
+    <t>TORRENT DÁVILA, PATRICIA</t>
+  </si>
+  <si>
+    <t>VELA ZABALLOS, CRISTINA</t>
+  </si>
+  <si>
+    <t>TAMAYO GARCIA, ARIADNA</t>
+  </si>
+  <si>
+    <t>ARGUELLO FLORES, ALEXIS</t>
+  </si>
+  <si>
+    <t>SANCHEZ ESPINACH, MARTA</t>
+  </si>
+  <si>
+    <t>El Raval de Crist</t>
+  </si>
+  <si>
+    <t>SERRANO ALONSO, LAURA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ JUSTICIA, RAQUEL</t>
+  </si>
+  <si>
+    <t>TORRONTERA GONZÁLEZ, TANIA</t>
+  </si>
+  <si>
+    <t>TUDON MONTSANT, NURIA</t>
+  </si>
+  <si>
+    <t>HERBAS MARTÍNEZ, JEANKARLA</t>
+  </si>
+  <si>
+    <t>LAYZA BRICEÑO, LAURA</t>
+  </si>
+  <si>
+    <t>PEULA ALLOZA, ALICIA</t>
+  </si>
+  <si>
+    <t>CAPELL SANS, AIDA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ HIDALGO, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>NAJAS SALES, VÍCTOR</t>
+  </si>
+  <si>
+    <t>PACHECO GONZÁLEZ, ALBA</t>
+  </si>
+  <si>
+    <t>REBELLES MONTANÉ, PAULA</t>
+  </si>
+  <si>
+    <t>AMAYA HERRERA, KAROL LIZETH</t>
+  </si>
+  <si>
+    <t>LÓPEZ REMUJO, SARA</t>
+  </si>
+  <si>
+    <t>RUIZ HERRAIZ, NAIARA</t>
+  </si>
+  <si>
+    <t>CAMPOS VELILLA, MARINA</t>
+  </si>
+  <si>
+    <t>FONT HARO, CRISTINA</t>
+  </si>
+  <si>
+    <t>LORENTE HERNÁNDEZ, IRENE</t>
+  </si>
+  <si>
+    <t>Cunit</t>
+  </si>
+  <si>
+    <t>GRAU VERNET, ERIC</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ CHAMORRO, AMAIA</t>
+  </si>
+  <si>
+    <t>MORENO JIMÉNEZ, OLGA</t>
+  </si>
+  <si>
+    <t>ROIG CANTÍ, ESTHER</t>
+  </si>
+  <si>
+    <t>TABOADA JAUME, ANNA</t>
+  </si>
+  <si>
+    <t>ARIÑO BARRANCAS, VERÓNICA</t>
+  </si>
+  <si>
+    <t>BARCELÓ MARTÍ, CÈLIA</t>
+  </si>
+  <si>
+    <t>BERENGUER IBAR, AIDA</t>
+  </si>
+  <si>
+    <t>BOSQUE PERIS, ANDREA</t>
+  </si>
+  <si>
+    <t>BRUCH VALLVERDÚ, MÒNICA</t>
+  </si>
+  <si>
+    <t>BRULL PIRLA, IRENE</t>
+  </si>
+  <si>
+    <t>El Perelló</t>
+  </si>
+  <si>
+    <t>CAHÍS RAGA, GINA</t>
+  </si>
+  <si>
+    <t>CATARINEU CANO, MARTA</t>
+  </si>
+  <si>
+    <t>COMINO COMINO, AIDA</t>
+  </si>
+  <si>
+    <t>FERRER FERNÁNDEZ, CLARA</t>
+  </si>
+  <si>
+    <t>GÓMEZ RUIZ, MARIA</t>
+  </si>
+  <si>
+    <t>GUTIÉRREZ PRIEGO, JUDITH</t>
+  </si>
+  <si>
+    <t>HARILLO ÁLVAREZ, RAQUEL</t>
+  </si>
+  <si>
+    <t>HERNÁNDEZ LOZANO, GEMMA</t>
+  </si>
+  <si>
+    <t>LAHLAH EL AFIA, NABILA</t>
+  </si>
+  <si>
+    <t>LOBATO ALSINA, ANNA</t>
+  </si>
+  <si>
+    <t>Orís</t>
+  </si>
+  <si>
+    <t>MARCET CLARAMUNT, MARIONA</t>
+  </si>
+  <si>
+    <t>PALAU COSTAFREDA, MIQUEL</t>
+  </si>
+  <si>
+    <t>PARAREDA SERRA, LAIA</t>
+  </si>
+  <si>
+    <t>PUJOL ARRUFAT, MARTA</t>
+  </si>
+  <si>
+    <t>RAMONEDA BONAMICH, MERITXELL</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ MARTÍNEZ, IRENE</t>
+  </si>
+  <si>
+    <t>SOROLLA CASTAÑ, MÓNICA</t>
+  </si>
+  <si>
+    <t>VELASCO CARDEÑOSA, RAQUEL</t>
+  </si>
+  <si>
+    <t>Bonavista</t>
+  </si>
+  <si>
+    <t>VIDAL BARRERA, ELISABET</t>
+  </si>
+  <si>
+    <t>Fonollosa</t>
+  </si>
+  <si>
+    <t>ÁLVAREZ ARJONILLA, ANDREA</t>
+  </si>
+  <si>
+    <t>ANAYA GARCIA, DOLORES</t>
+  </si>
+  <si>
+    <t>BATLLE i PÈLACH, ANNA</t>
+  </si>
+  <si>
+    <t>CABALLERO GONZÁLEZ, ANA</t>
+  </si>
+  <si>
+    <t>CIFUENTES ESPIGARES, ALBA</t>
+  </si>
+  <si>
+    <t>CUEVAS SISÓ, ANNA</t>
+  </si>
+  <si>
+    <t>ESPARRAGUERA REUS, JÚLIA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ FELIPE, MARIA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ MARTÍN, MARIA</t>
+  </si>
+  <si>
+    <t>Abrera</t>
+  </si>
+  <si>
+    <t>FORCADA SABATÉ, MIREIA</t>
+  </si>
+  <si>
+    <t>GALOFRÉ BORÉS-LEONORI, INÉS</t>
+  </si>
+  <si>
+    <t>LAGARES BUSTAMANTE, ANNA</t>
+  </si>
+  <si>
+    <t>Torrelles de Foix</t>
+  </si>
+  <si>
+    <t>LLAMAS EJARQUE, NEREA</t>
+  </si>
+  <si>
+    <t>LÓPEZ CACABELOS, IRIA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ SINTES, EUNICE</t>
+  </si>
+  <si>
+    <t>MEGINO PARCERISA, MARTA</t>
+  </si>
+  <si>
+    <t>MÉNDEZ CAMPS, MARIA</t>
+  </si>
+  <si>
+    <t>MINOVAS NOGUÉ, NÚRIA</t>
+  </si>
+  <si>
+    <t>PANCORBO PÉREZ, JUDITH</t>
+  </si>
+  <si>
+    <t>PRADES MARCET, MARINA</t>
+  </si>
+  <si>
+    <t>ROIG TORNÉ, JOANA</t>
+  </si>
+  <si>
+    <t>SORIA HERRERO, ROCÍO</t>
+  </si>
+  <si>
+    <t>TORRICO BEDOYA, VANIA LAURA</t>
+  </si>
+  <si>
+    <t>VERA GARCÍA, SARA</t>
+  </si>
+  <si>
+    <t>VIDÁN MARCA, JOANA</t>
+  </si>
+  <si>
+    <t>VILLÉN SÁEZ, LAURA</t>
+  </si>
+  <si>
+    <t>ROMERO MONTENEGRO, RAFAELA</t>
+  </si>
+  <si>
+    <t>GONZALO MÉNDEZ, DAVID</t>
+  </si>
+  <si>
+    <t>LÓPEZ ARDID, DÀMARIS</t>
+  </si>
+  <si>
+    <t>Pallejà</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ-VILLANUEVA COSTA, MARTA</t>
+  </si>
+  <si>
+    <t>GÓMEZ ROCA, NÚRIA</t>
+  </si>
+  <si>
+    <t>Riells i Viabrea</t>
+  </si>
+  <si>
+    <t>CASTELLANI GONZÁLEZ, ALEJANDRA</t>
+  </si>
+  <si>
+    <t>CURADO CAMPOS, ALBA</t>
+  </si>
+  <si>
+    <t>TORRECILLAS ARRANZ, MIREIA</t>
+  </si>
+  <si>
+    <t>ARTIGUES MARTÍNEZ, PAULA</t>
+  </si>
+  <si>
+    <t>BARBA ARIAS, ANDREA</t>
+  </si>
+  <si>
+    <t>BAYARRI MARTÍN, ESTELA</t>
+  </si>
+  <si>
+    <t>CARRERAS VELILLA, MARINA</t>
+  </si>
+  <si>
+    <t>GARRIGA COMAS, ANNA</t>
+  </si>
+  <si>
+    <t>LÓPEZ NAVARRO, MARIA DEL MAR</t>
+  </si>
+  <si>
+    <t>MARTORELL TARRAGÓ, SANDRA</t>
+  </si>
+  <si>
+    <t>Sant Vicenç de Montalt</t>
+  </si>
+  <si>
+    <t>ROMAGUERA CAMPS, ALBA</t>
+  </si>
+  <si>
+    <t>Maçanet de la Selva</t>
+  </si>
+  <si>
+    <t>TOBARRA ÁLVAREZ, CLÀUDIA</t>
+  </si>
+  <si>
+    <t>CONCHA ORTIZ, ROCÍO</t>
+  </si>
+  <si>
+    <t>DE ALMEIDA SIMAO, MARIANA</t>
+  </si>
+  <si>
+    <t>PAEZ BELTRAN, ELISABET</t>
+  </si>
+  <si>
+    <t>PARRAMÓN QUETGLAS, LLUÏSA GEMMA</t>
+  </si>
+  <si>
+    <t>TARDIDO PERDIGUER, DÈBORAH</t>
+  </si>
+  <si>
+    <t>NARANJO RIVERO, NOELIA</t>
+  </si>
+  <si>
+    <t>BÉJAR RODRÍGUEZ, M. CARMEN</t>
+  </si>
+  <si>
+    <t>BRUNS BAYO, MONTSERRAT</t>
+  </si>
+  <si>
+    <t>CARMONA COLOMINA, PAOLA</t>
+  </si>
+  <si>
+    <t>La Bisbal del Penedès</t>
+  </si>
+  <si>
+    <t>CASTAÑEDA MALDONADO, JORGE IVÁN</t>
+  </si>
+  <si>
+    <t>Hostalric</t>
+  </si>
+  <si>
+    <t>DOMÍNGUEZ GIL, NÚRIA</t>
+  </si>
+  <si>
+    <t>FUERIS VALDESOIRO, ANA</t>
+  </si>
+  <si>
+    <t>GABAÑACH NAVARRO, SARA</t>
+  </si>
+  <si>
+    <t>GIL REGUANT, HELENA</t>
+  </si>
+  <si>
+    <t>GRANATO PUJADÓ, RAQUEL</t>
+  </si>
+  <si>
+    <t>HERRERA, ALEJANDRA MARIEL</t>
+  </si>
+  <si>
+    <t>MARÍN MARTOS, CARLOS</t>
+  </si>
+  <si>
+    <t>MASSANA MARTINELL, CÈLIA</t>
+  </si>
+  <si>
+    <t>MUNTANÉ SANCHEZ, HELENA</t>
+  </si>
+  <si>
+    <t>PÉREZ SÁNCHEZ, MARINA</t>
+  </si>
+  <si>
+    <t>SERRANO DALMAU, ESTER</t>
+  </si>
+  <si>
+    <t>ALOUAT ALOUAT, MANAL</t>
+  </si>
+  <si>
+    <t>ÁLVAREZ CABRERA, PATRICIA</t>
+  </si>
+  <si>
+    <t>FRUTOS FRECHOSO, CRISTINA</t>
+  </si>
+  <si>
+    <t>GRANDIA CEBOLLERO, NATÀLIA</t>
+  </si>
+  <si>
+    <t>GREGORIO GARCIA, ALICIA</t>
+  </si>
+  <si>
+    <t>MONTSERRAT i MARTÍNEZ, LAIA</t>
+  </si>
+  <si>
+    <t>PORTINARI MARTÍNEZ, SILVIA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ CAMPILLOS, AROA</t>
+  </si>
+  <si>
+    <t>VILARRASA COLOMER, EVA</t>
+  </si>
+  <si>
+    <t>NADAL VILLANUEVA, CRISTINA</t>
+  </si>
+  <si>
+    <t>CARRASCO GARCIA, NÚRIA</t>
+  </si>
+  <si>
+    <t>PERIS BOSCH, IRIS</t>
+  </si>
+  <si>
+    <t>ABADAL MORATO, MERITXELL</t>
+  </si>
+  <si>
+    <t>ALBRECHT, FELICITAS</t>
+  </si>
+  <si>
+    <t>BERGER, SARA</t>
+  </si>
+  <si>
+    <t>GÓMEZ ROVIRA, HELENA</t>
+  </si>
+  <si>
+    <t>MÁRQUEZ SAUCES, MARTA</t>
+  </si>
+  <si>
+    <t>MÉNDEZ RODAS, ALBA</t>
+  </si>
+  <si>
+    <t>MESA REDONDO, CLÀUDIA</t>
+  </si>
+  <si>
+    <t>PÉREZ BLANCH, MAITE</t>
+  </si>
+  <si>
+    <t>ROVIRA FERRER, JUDIT</t>
+  </si>
+  <si>
+    <t>RUIZ TOSCANO, LAURA</t>
+  </si>
+  <si>
+    <t>ALZINA VICENÇ, ALBA</t>
+  </si>
+  <si>
+    <t>Bescanó</t>
+  </si>
+  <si>
+    <t>BALLESTER MAS, ELISABET</t>
+  </si>
+  <si>
+    <t>Vinyols i els Arcs</t>
+  </si>
+  <si>
+    <t>CASARES DUPLA, MIREIA</t>
+  </si>
+  <si>
+    <t>ENCALADA GUERRERO, MARÍA SOLEDAD</t>
+  </si>
+  <si>
+    <t>FLORES MAYOLA, ADA</t>
+  </si>
+  <si>
+    <t>Les Preses</t>
+  </si>
+  <si>
+    <t>HERNÁNDEZ ROMERO, EVELYN</t>
+  </si>
+  <si>
+    <t>ORTIZ HERNÁNDEZ, PAULA</t>
+  </si>
+  <si>
+    <t>PASTOR SÁNCHEZ, CARLA</t>
+  </si>
+  <si>
+    <t>RUIZ ALONSO, ROSA</t>
+  </si>
+  <si>
+    <t>TORRES GONZÁLEZ, AINHOA</t>
+  </si>
+  <si>
+    <t>ALCALDE ALCALDE, PAULA</t>
+  </si>
+  <si>
+    <t>CLEDERA PARRILLA, PAULA</t>
+  </si>
+  <si>
+    <t>CULQUICÓNDOR, AGUSTÍN ALFREDO</t>
+  </si>
+  <si>
+    <t>GARCIA NOGUERAS, MARIA</t>
+  </si>
+  <si>
+    <t>Vilalba Sasserra</t>
+  </si>
+  <si>
+    <t>JUAN MORENO, CLAUDIA</t>
+  </si>
+  <si>
+    <t>LÓPEZ COZAR, ANA BELÉN</t>
+  </si>
+  <si>
+    <t>LÓPEZ SAN MARTÍN, IVET</t>
+  </si>
+  <si>
+    <t>NÁGERA LANDÓ, DESIRÉE AMELIA</t>
+  </si>
+  <si>
+    <t>RUIZ ARTÉS, JUDIT</t>
+  </si>
+  <si>
+    <t>SUÑÉ PADRÓ, LAIA</t>
+  </si>
+  <si>
+    <t>COSTA UTGÉS, GINA</t>
+  </si>
+  <si>
+    <t>LAHOZ MERÍN, LAIA</t>
+  </si>
+  <si>
+    <t>MESTRE SEGARRA, NIL</t>
+  </si>
+  <si>
+    <t>POU SALIP, ANAÏS</t>
+  </si>
+  <si>
+    <t>RENOBELL DOMÈNECH, MÒNICA</t>
+  </si>
+  <si>
+    <t>TORRES VIDAL, AIDA</t>
+  </si>
+  <si>
+    <t>DAZA SARRIA, LEIDY JOHANA</t>
+  </si>
+  <si>
+    <t>BOSQUE CANALS, MARTA</t>
+  </si>
+  <si>
+    <t>GIRALT TORRESCASANA, ANNA</t>
+  </si>
+  <si>
+    <t>MENDOZA VERDUGO, ESTER</t>
+  </si>
+  <si>
+    <t>ORTEGA SÁNCHEZ, MARINA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ LÓPEZ, ALDARA</t>
+  </si>
+  <si>
+    <t>CARRETERO MARINA, ELENA</t>
+  </si>
+  <si>
+    <t>DANIEL LLINÀS, MARTA</t>
+  </si>
+  <si>
+    <t>DIÉGUEZ GONZÁLEZ, ELISA</t>
+  </si>
+  <si>
+    <t>PÉREZ GÓMEZ, NEREA</t>
+  </si>
+  <si>
+    <t>El MRINI ESSAMADI, YOUSSRA</t>
+  </si>
+  <si>
+    <t>TORRES MANZANO, NOELIA</t>
+  </si>
+  <si>
+    <t>CARDOZO VIERA, YULIETH VANESSA</t>
+  </si>
+  <si>
+    <t>PUJOL MACULET, IRMA</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ JIMÉNEZ, Mª JESÚS</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ CENDÁN, MARIA</t>
+  </si>
+  <si>
+    <t>CORTADELLAS MERCADER, LAIA</t>
+  </si>
+  <si>
+    <t>HU LIU, XIAU YIH</t>
+  </si>
+  <si>
+    <t>SOLER BARRIS, JÚLIA</t>
+  </si>
+  <si>
+    <t>Mollet de Peralada</t>
+  </si>
+  <si>
+    <t>VERGARA VARGAS, MILITZA ANDREA</t>
+  </si>
+  <si>
+    <t>BONASTRE ROSICH, BERTA</t>
+  </si>
+  <si>
+    <t>CAMUS TORRES, ALONDRA ELISA</t>
+  </si>
+  <si>
+    <t>LÁZARO AGUILERA, LAURA</t>
+  </si>
+  <si>
+    <t>LEÓN AGOUT, CARLA</t>
+  </si>
+  <si>
+    <t>MARRODAN VERDEGUER, ELISA</t>
+  </si>
+  <si>
+    <t>NAVARRO ABASCAL, PAULA</t>
+  </si>
+  <si>
+    <t>ALACIO VIANA, ANDREA</t>
+  </si>
+  <si>
+    <t>ARTOLA PELLISA, ARIADNA</t>
+  </si>
+  <si>
+    <t>ATERO ORMAECHEA, NOELIA</t>
+  </si>
+  <si>
+    <t>BARRANCO GARCÍA, LIDIA</t>
+  </si>
+  <si>
+    <t>BARRIOS GARCÍA, PAULA</t>
+  </si>
+  <si>
+    <t>BENGHANOU KOUIYED, NOOR</t>
+  </si>
+  <si>
+    <t>Sant Martí de Centelles</t>
+  </si>
+  <si>
+    <t>BERBEL TELLO, MARIA</t>
+  </si>
+  <si>
+    <t>BERNAT BORREGA, CARLA</t>
+  </si>
+  <si>
+    <t>La Pobla de Claramunt</t>
+  </si>
+  <si>
+    <t>BERROCAL RUBIO, ANA</t>
+  </si>
+  <si>
+    <t>Vilanova del Camí</t>
+  </si>
+  <si>
+    <t>CASTELLS FARGAS, LAIA</t>
+  </si>
+  <si>
+    <t>COLOMER FORTUNY, MARTA</t>
+  </si>
+  <si>
+    <t>CÓRDOBA JOVER, MARINA</t>
+  </si>
+  <si>
+    <t>DAHKOURI LAKTIBI, IBTISSAM</t>
+  </si>
+  <si>
+    <t>de PEDRO AMAYA, VANESSA</t>
+  </si>
+  <si>
+    <t>ESCALONA REYES, Mª ANDREINA</t>
+  </si>
+  <si>
+    <t>FERRÚS MAS, MARTA</t>
+  </si>
+  <si>
+    <t>FORNOLS VILA, IRENE</t>
+  </si>
+  <si>
+    <t>GASPAR MARTÍNEZ, AINA</t>
+  </si>
+  <si>
+    <t>GÓMEZ BERNADÓ, CLARA</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ SÁNCHEZ, MARIA</t>
+  </si>
+  <si>
+    <t>LÓPEZ MONTERDE, CRISTINA</t>
+  </si>
+  <si>
+    <t>MARINÉ CARBONELL, AINA</t>
+  </si>
+  <si>
+    <t>MERINO SÁNCHEZ, DANAE</t>
+  </si>
+  <si>
+    <t>MONTAGUT MOGAS, ANNA</t>
+  </si>
+  <si>
+    <t>PÉREZ ORDOVAS, SILVIA</t>
+  </si>
+  <si>
+    <t>ROIG ORÓ, LAURA</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ SANCHO, ARIADNA</t>
+  </si>
+  <si>
+    <t>SORIA CONDE, NADIA (CURSOS)</t>
+  </si>
+  <si>
+    <t>VALLÈS ESPEL, LAIA</t>
+  </si>
+  <si>
+    <t>VENTURA VEGA, MARIA</t>
+  </si>
+  <si>
+    <t>AZEVEDO de MELO, BEATRIZ</t>
+  </si>
+  <si>
+    <t>BOBER ALZAMORA, JUDIT</t>
+  </si>
+  <si>
+    <t>BOIXADER RUIZ, MIREIA</t>
+  </si>
+  <si>
+    <t>DOMÈNECH SABATÉ, JUDITH</t>
+  </si>
+  <si>
+    <t>Falset</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ LLORIA, SARA</t>
+  </si>
+  <si>
+    <t>GIL RODRÍGUEZ, ANNA</t>
+  </si>
+  <si>
+    <t>JUÁREZ CAMPO, RAQUEL</t>
+  </si>
+  <si>
+    <t>LLOBET CASTRO, CARLA</t>
+  </si>
+  <si>
+    <t>LOZANO LÓPEZ, ALEJANDRO</t>
+  </si>
+  <si>
+    <t>MACÍAS PLÚAS, SANDY TATIANA</t>
+  </si>
+  <si>
+    <t>MENA AGUILAR, NEREIDA</t>
+  </si>
+  <si>
+    <t>MIR GARRÉS, IOLAO FRANCESC</t>
+  </si>
+  <si>
+    <t>MIR PUIG, MERITXELL CONCEPCIÓ</t>
+  </si>
+  <si>
+    <t>Artesa de Lleida</t>
+  </si>
+  <si>
+    <t>OLEAS DAMIÁN, BETSY KARINA</t>
+  </si>
+  <si>
+    <t>OLLÉ BARRASETAS, ROSER</t>
+  </si>
+  <si>
+    <t>PÁEZ-CENTELLA VILALTA, DAVID</t>
+  </si>
+  <si>
+    <t>RIFÀ ARUMÍ, ANNA</t>
+  </si>
+  <si>
+    <t>ROSA CANO, MARTA</t>
+  </si>
+  <si>
+    <t>SAGUÉS JUNQUERAS, LAURA</t>
+  </si>
+  <si>
+    <t>TAMAMES CHICOTE, SHEILA NEREA</t>
+  </si>
+  <si>
+    <t>CARO PLATA, ANDREA</t>
+  </si>
+  <si>
+    <t>FERNÁNDEZ BLANCO, MARIONA</t>
+  </si>
+  <si>
+    <t>GONZÁLEZ CABALLERO, CARLA</t>
+  </si>
+  <si>
+    <t>GUEDJ BAEZA, PATRICIA RACHEL</t>
+  </si>
+  <si>
+    <t>La Selva</t>
+  </si>
+  <si>
+    <t>Sant Feliu de Buixalleu</t>
+  </si>
+  <si>
+    <t>MILÀ ALBALADEJO, CLARA</t>
+  </si>
+  <si>
+    <t>MOLINA GUZMÁN, JENNIFER</t>
+  </si>
+  <si>
+    <t>PUNZANO EGEA, NEREA</t>
+  </si>
+  <si>
+    <t>REDÓN SALA, NÚRIA</t>
+  </si>
+  <si>
+    <t>VILASECA POL, PILAR</t>
+  </si>
+  <si>
+    <t>ALONSO JIMÉNEZ, SANDRA</t>
+  </si>
+  <si>
+    <t>JURNET RIOS, LAURA</t>
+  </si>
+  <si>
+    <t>LAPAZ RODRÍGUEZ, MICAELA</t>
+  </si>
+  <si>
+    <t>LÓPEZ BAOS, LAIA</t>
+  </si>
+  <si>
+    <t>MORALES SÁNCHEZ, HELENA</t>
+  </si>
+  <si>
+    <t>REPISO SANTANA, MIRIAM</t>
+  </si>
+  <si>
+    <t>SÁNCHEZ del PINO, CRISTINA</t>
+  </si>
+  <si>
+    <t>VIADÉ SILLERO, NEREA</t>
+  </si>
+  <si>
+    <t>GIBERT LAJUNTA, AGNÈS</t>
+  </si>
+  <si>
+    <t>SABATÉ ROYUELA, PAULA</t>
+  </si>
+  <si>
+    <t>HERNÁNDEZ GALVÁN, MARÍA TERESA</t>
+  </si>
+  <si>
+    <t>ROSAL GARAIZABAL, ALVARO</t>
+  </si>
+  <si>
+    <t>FERREZ LÓPEZ, PILAR</t>
+  </si>
+  <si>
+    <t>GÜELL RODRÍGUEZ, LAURA</t>
+  </si>
+  <si>
+    <t>I CHIVA PEREZ, MERITXELL</t>
+  </si>
+  <si>
+    <t>LARRUY RUFAS, NÚRIA</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ LLOPIS, MARIA JOSÉ</t>
+  </si>
+  <si>
+    <t>MOLINA ALBA, TANIA</t>
+  </si>
+  <si>
+    <t>PALACIOS ESPEZÚA, M. FERNANDA</t>
+  </si>
+  <si>
+    <t>RECTORET SEGURA, RAQUEL</t>
+  </si>
+  <si>
+    <t>RUIZ MATUTE, LORENA</t>
+  </si>
+  <si>
+    <t>Olesa de Bonesvalls</t>
+  </si>
+  <si>
+    <t>TERRAZAS ACEDO, MIGUEL</t>
+  </si>
+  <si>
+    <t>BERTRAN VALLESPIN, ANDREA</t>
+  </si>
+  <si>
+    <t>CASTELLS DE PAZ, OLGA</t>
+  </si>
+  <si>
+    <t>CURTO SENTÍS, IVET</t>
+  </si>
+  <si>
+    <t>Castellvell del Camp</t>
+  </si>
+  <si>
+    <t>PICO ZUFIRIA, SAMIRA</t>
+  </si>
+  <si>
+    <t>Oñati</t>
+  </si>
+  <si>
+    <t>SALVIA, MARIA VIRGINIA</t>
+  </si>
+  <si>
+    <t>ARANCON CRESPO, YOLANDA</t>
+  </si>
+  <si>
+    <t>TARAZAGA CRIADO, LAURA</t>
+  </si>
+  <si>
+    <t>SANTASMARINAS GONZÁLEZ, VALERIA</t>
+  </si>
+  <si>
+    <t>SAWCZUK, ESTELA ANDREA</t>
+  </si>
+  <si>
+    <t>ARRANZ TERENSI, BERTA</t>
+  </si>
+  <si>
+    <t>CONTRERAS COSTA, DUNA</t>
+  </si>
+  <si>
+    <t>DONADEU I MOLINER, SANDRA</t>
+  </si>
+  <si>
+    <t>GARCIA SERRANO, MARTA</t>
+  </si>
+  <si>
+    <t>LÓPEZ GARCIA, ANDREA</t>
+  </si>
+  <si>
+    <t>NAVARRO RICO, MIREIA</t>
+  </si>
+  <si>
+    <t>ORO PÉREZ, JANET</t>
+  </si>
+  <si>
+    <t>Lliçà d'Amunt</t>
+  </si>
+  <si>
+    <t>SALVADÓ HERNÁNDEZ, MARIA</t>
+  </si>
+  <si>
+    <t>SELLÉS VIDAL, ANDREA</t>
+  </si>
+  <si>
+    <t>Bellpuig</t>
+  </si>
+  <si>
+    <t>TUDÓN HERRERO, AURORA</t>
+  </si>
+  <si>
+    <t>BENÍTEZ VELÁSQUEZ, EILEEN DAYANNE</t>
+  </si>
+  <si>
+    <t>CARBONELL RENART, LAIA</t>
+  </si>
+  <si>
+    <t>El Far d'Empordà</t>
+  </si>
+  <si>
+    <t>HORNA ZEVALLOS, ELVA ROSA</t>
+  </si>
+  <si>
+    <t>HUERTAS GIL, DALI MARITZA</t>
+  </si>
+  <si>
+    <t>MORENO MORALES, RAQUEL</t>
+  </si>
+  <si>
+    <t>ORIACH ENJUANES, CARLA</t>
+  </si>
+  <si>
+    <t>Albelda</t>
+  </si>
+  <si>
+    <t>PRESAS PONSA, JÚLIA</t>
+  </si>
+  <si>
+    <t>SANTALÓ MOLINS, JÚLIA</t>
+  </si>
+  <si>
+    <t>BADIA SERRANO, AROA</t>
+  </si>
+  <si>
+    <t>CAPELLA GÓMEZ, GEORGINA</t>
+  </si>
+  <si>
+    <t>CASTELLS FONTANA, CARLA</t>
+  </si>
+  <si>
+    <t>CRUELLS BORRELL, GEMMA</t>
+  </si>
+  <si>
+    <t>ESCAÑO ROPERO, OLGA JACQUELINE</t>
+  </si>
+  <si>
+    <t>ESCAYOLA PI, LLUNA</t>
+  </si>
+  <si>
+    <t>FONT MOMPÍN, DANIEL</t>
+  </si>
+  <si>
+    <t>GARCÍA GUERRIERI, ROCÍO MILAGROS</t>
+  </si>
+  <si>
+    <t>GUIRADO LUNA, ELENA</t>
+  </si>
+  <si>
+    <t>JIMÉNEZ CASTILLO, JUDITH</t>
+  </si>
+  <si>
+    <t>KASSEM AL BARODY, SALMA</t>
+  </si>
+  <si>
+    <t>LATRE CHACÓN, ESTHER</t>
+  </si>
+  <si>
+    <t>MARTÍNEZ VICENTE, SANDRA</t>
+  </si>
+  <si>
+    <t>MASES CALERO, VERÓNICA</t>
+  </si>
+  <si>
+    <t>MINGUET GRAU, CÈLIA</t>
+  </si>
+  <si>
+    <t>MIRET CARBÓ, MARIA</t>
+  </si>
+  <si>
+    <t>Sant Cugat Sesgarrigues</t>
+  </si>
+  <si>
+    <t>MORENO HERRERO, JUDITH</t>
+  </si>
+  <si>
+    <t>PAREDES OLIVELLA, LAIA</t>
+  </si>
+  <si>
+    <t>PONS PERIES, IVETTE</t>
+  </si>
+  <si>
+    <t>REDON FERNANDEZ, LARA</t>
   </si>
   <si>
     <t>Martorelles</t>
   </si>
   <si>
-    <t>CALVETE SERRATE, ANNA MARIA</t>
-[...5416 lines deleted...]
-  <si>
     <t>RODRÍGUEZ SAN JOSÉ, IDOIA</t>
   </si>
   <si>
     <t>SALVADOR LLUESMA, PAU</t>
   </si>
   <si>
     <t>SANJURJO MORALES, ANDREA</t>
   </si>
   <si>
     <t>Jorba</t>
   </si>
   <si>
     <t>TAPIA CABEZA, ALBA</t>
   </si>
   <si>
     <t>VÍLCHEZ MARTÍ, MAR</t>
   </si>
   <si>
     <t>ARRANZ DELGADO, ANDREA</t>
   </si>
   <si>
     <t>BADIA CLARET, QUERALT</t>
   </si>
   <si>
     <t>Callús</t>
@@ -8189,50 +7922,53 @@
   <si>
     <t>BARCONS PONT, JÚLIA</t>
   </si>
   <si>
     <t>BARRAGÁN SABARIEGO, ADRIANA</t>
   </si>
   <si>
     <t>BERBEL VENTURA, AINA</t>
   </si>
   <si>
     <t>BORREGO ELIAS, ANNA</t>
   </si>
   <si>
     <t>CALZADA CUBÍ, BERTA</t>
   </si>
   <si>
     <t>CAMPS FERNANDEZ, CRISTINA</t>
   </si>
   <si>
     <t>CARRERAS PÉREZ, ORIANA ALEJANDRA</t>
   </si>
   <si>
     <t>DÍAZ SUÁREZ, LORENA</t>
   </si>
   <si>
+    <t>DOMENECH DAVID, JOANA</t>
+  </si>
+  <si>
     <t>ENRIQUEZ MELLINAS, MARINA</t>
   </si>
   <si>
     <t>FERNÁNDEZ CAPELLA, AIDA</t>
   </si>
   <si>
     <t>FRAILE PINTO, FERNANDA BELÉN</t>
   </si>
   <si>
     <t>GALÁN ESPINOSA, XÈNIA</t>
   </si>
   <si>
     <t>GARCÍA ALCAIDE, MARIA DOLORES</t>
   </si>
   <si>
     <t>GIL CAMPOS, ELENA</t>
   </si>
   <si>
     <t>GONZÁLEZ GRAGERA, SHEILA</t>
   </si>
   <si>
     <t>GONZÁLEZ NUÑEZ, NICOLE</t>
   </si>
   <si>
     <t>GUIMERÀ GARCIA, GEORGINA</t>
@@ -8432,53 +8168,50 @@
   <si>
     <t>AMURA, MARÍA BELÉN</t>
   </si>
   <si>
     <t>JÓDAR GONZÁLEZ, ANA</t>
   </si>
   <si>
     <t>NEIRA BRITO, ANA CATARINA</t>
   </si>
   <si>
     <t>PEDRO GARCÍA, ALBA</t>
   </si>
   <si>
     <t>ROYO MARTÍ, IVET</t>
   </si>
   <si>
     <t>GARCIA MONTAÑES, PAULA</t>
   </si>
   <si>
     <t>SADY LEWDEN, CLOÉ</t>
   </si>
   <si>
     <t>GONZALEZ MOREIRA, DALMA JUDITH</t>
   </si>
   <si>
-    <t>ESTADELLA CAZENEUVE, PAULA</t>
-[...1 lines deleted...]
-  <si>
     <t>TORONELL CANYELLAS, VICTORIA</t>
   </si>
   <si>
     <t>ALCALDE BECERRIL, MARIA JESÚS</t>
   </si>
   <si>
     <t>DEL AMO BARRIENTOS, PAULA</t>
   </si>
   <si>
     <t>LÓPEZ PÉREZ, ANNA</t>
   </si>
   <si>
     <t>Llançà</t>
   </si>
   <si>
     <t>MONFORT MARÍN, IRENE</t>
   </si>
   <si>
     <t>VÁSQUEZ HENRÍQUEZ, CAROLINA</t>
   </si>
   <si>
     <t>ARDOY COSTA, LAURA</t>
   </si>
   <si>
     <t>ARIAS CAPARRÓS, MÒNICA</t>
@@ -8597,50 +8330,53 @@
   <si>
     <t>SALVADOR LÓPEZ, CLÀUDIA</t>
   </si>
   <si>
     <t>SÁNCHEZ CAMPUZANO, ANA</t>
   </si>
   <si>
     <t>SARDÀ GRAU, LAIA</t>
   </si>
   <si>
     <t>SOJO GONZÁLEZ, MARIA</t>
   </si>
   <si>
     <t>VILARÓ JIMENEZ, ESTER</t>
   </si>
   <si>
     <t>ZAMUDIO MATEOS, ALBA</t>
   </si>
   <si>
     <t>RIPOLL PARÍS, CLARA</t>
   </si>
   <si>
     <t>ARTERO MEDINA, ALBA</t>
   </si>
   <si>
+    <t>BARBERÁN TEBAR, LORENA</t>
+  </si>
+  <si>
     <t>BLANCAFORT GONZÁLEZ-CASABÓN, NATALIA</t>
   </si>
   <si>
     <t>BOUFOUSS BOULAGROUS, LAILA</t>
   </si>
   <si>
     <t>BROSSA ALDEA, GEORGINA</t>
   </si>
   <si>
     <t>BRUGUERA DEL RÍO, ANNA</t>
   </si>
   <si>
     <t>CASTILLO CABELLO, LAURA</t>
   </si>
   <si>
     <t>CID SORIANO, ANA</t>
   </si>
   <si>
     <t>CRIADO MÁRQUEZ, ALEIX</t>
   </si>
   <si>
     <t>DEFFARGE, PAOLA</t>
   </si>
   <si>
     <t>DOMÈNECH GALLEGO, SERGIO</t>
@@ -8669,50 +8405,53 @@
   <si>
     <t>MORALES ZOYO, LORENA</t>
   </si>
   <si>
     <t>MORER I VILÀ, GEMMA</t>
   </si>
   <si>
     <t>Arbúcies</t>
   </si>
   <si>
     <t>PAGÈS SIMÓ, CARLA</t>
   </si>
   <si>
     <t>PERALTA TORRES, ANDREA</t>
   </si>
   <si>
     <t>PÉRIZ MONTAÑÉS, ALBA</t>
   </si>
   <si>
     <t>RIPOLL GARRIGA, ONA</t>
   </si>
   <si>
     <t>ROS PEREIRA, ISABEL WANGLAN</t>
   </si>
   <si>
+    <t>SABENA, RAÚL</t>
+  </si>
+  <si>
     <t>SÁNCHEZ SÁNCHEZ, INÉS</t>
   </si>
   <si>
     <t>SANDOVAL CALDERÓN, CLAUDIA</t>
   </si>
   <si>
     <t>TENDERO REBOLLO, EVA MARIA</t>
   </si>
   <si>
     <t>La Pobla de Montornès</t>
   </si>
   <si>
     <t>ALONSO UJALDÓN, MARTA</t>
   </si>
   <si>
     <t>CORDER CRIVILLÉS, MARINA</t>
   </si>
   <si>
     <t>COROMINA GIMFERRER, CRISTINA</t>
   </si>
   <si>
     <t>GAN PUJOL, JÚLIA</t>
   </si>
   <si>
     <t>MARTÍNEZ BIELSA, PAULA</t>
@@ -8730,50 +8469,89 @@
     <t>SINTES PONS, CLAUDIA</t>
   </si>
   <si>
     <t>SPALIVIERO CORTÉS, NADIA</t>
   </si>
   <si>
     <t>VILCHEZ GASSÓ, ARIADNA</t>
   </si>
   <si>
     <t>DOMÍNGUEZ GANORA, ARACELY</t>
   </si>
   <si>
     <t>RODRÍGUEZ BUSQUETS, JÚLIA</t>
   </si>
   <si>
     <t>SOLÉ BERNADET, NEUS</t>
   </si>
   <si>
     <t>Conca de Barberà</t>
   </si>
   <si>
     <t>Santa Coloma de Queralt</t>
   </si>
   <si>
     <t>TORRES ECHEVERRÍA, KATHERINE STEFANIA</t>
+  </si>
+  <si>
+    <t>GARCÍA LANZA, CARLA</t>
+  </si>
+  <si>
+    <t>GODAYOL i ARGILÉS, ÈLIA</t>
+  </si>
+  <si>
+    <t>SOTOMAYOR, FLORENCIA</t>
+  </si>
+  <si>
+    <t>ALONSO DURÁ, LEILA</t>
+  </si>
+  <si>
+    <t>L'Hospitalet de Llobegat</t>
+  </si>
+  <si>
+    <t>MARGARIT CORTADELLAS, JORDI</t>
+  </si>
+  <si>
+    <t>VAZ VIDAL, MAITE</t>
+  </si>
+  <si>
+    <t>ROC SATUÉ, SHEILA</t>
+  </si>
+  <si>
+    <t>Nonaspe</t>
+  </si>
+  <si>
+    <t>PONS QUINTILLA, ALBERT</t>
+  </si>
+  <si>
+    <t>ESQUENA NEGRA, MARGARITA</t>
+  </si>
+  <si>
+    <t>CARVAJAL ORTEGA, MÒNICA</t>
+  </si>
+  <si>
+    <t>Pals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -9080,54 +8858,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E2102"/>
+  <dimension ref="A1:E2043"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E2102"/>
+      <selection activeCell="A1" sqref="A1:E2043"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -9627,35249 +9405,34246 @@
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="B38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="1" t="s">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>124</v>
+        <v>54</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="D43" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="1" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>142</v>
+        <v>16</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="1" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="1" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>153</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D56" s="1" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D58" s="1" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>139</v>
+        <v>169</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>174</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="1" t="s">
         <v>175</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>179</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="D65" s="1" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>188</v>
+        <v>54</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>189</v>
+        <v>76</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="1" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="1" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>194</v>
+        <v>54</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>198</v>
+        <v>16</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="1" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>16</v>
+        <v>195</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="1" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>203</v>
+        <v>16</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="1" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>76</v>
+        <v>200</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="1" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>54</v>
+        <v>205</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="1" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>16</v>
+        <v>209</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="1" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="1" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>16</v>
+        <v>215</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>225</v>
+        <v>15</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>226</v>
+        <v>16</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="1" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="1" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="1" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>90</v>
+        <v>231</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="1" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D84" s="1" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="1" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>124</v>
+        <v>54</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>240</v>
+        <v>55</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="1" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="1" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>90</v>
+        <v>244</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="1" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>251</v>
+        <v>90</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="1" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="1" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>54</v>
+        <v>253</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>55</v>
+        <v>254</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D92" s="1" t="s">
         <v>258</v>
-      </c>
-[...7 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B93" s="1" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>262</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="1" t="s">
         <v>263</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>128</v>
+        <v>90</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>265</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>268</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="1" t="s">
         <v>269</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>270</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="1" t="s">
         <v>271</v>
       </c>
       <c r="B97" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D97" s="1" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="B98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C98" s="1" t="s">
+      <c r="D98" s="1" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D99" s="1" t="s">
         <v>278</v>
-      </c>
-[...7 lines deleted...]
-        <v>281</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="1" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>283</v>
+        <v>16</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>286</v>
+        <v>127</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="1" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>55</v>
+        <v>95</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="1" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>160</v>
+        <v>72</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>161</v>
+        <v>73</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="1" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>293</v>
+        <v>72</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="1" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>189</v>
+        <v>291</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" s="1" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" s="1" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>136</v>
+        <v>296</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="1" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="1" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>72</v>
+        <v>301</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>73</v>
+        <v>302</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="1" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>307</v>
+        <v>43</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="1" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>312</v>
-      </c>
-[...7 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D113" s="1" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>316</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="1" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D115" s="1" t="s">
         <v>319</v>
-      </c>
-[...7 lines deleted...]
-        <v>322</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="1" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D118" s="1" t="s">
         <v>328</v>
-      </c>
-[...7 lines deleted...]
-        <v>331</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" s="1" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>128</v>
+        <v>260</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>129</v>
+        <v>330</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="1" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D121" s="1" t="s">
         <v>336</v>
-      </c>
-[...7 lines deleted...]
-        <v>337</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C122" s="1" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>339</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>320</v>
+        <v>341</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>349</v>
+        <v>310</v>
       </c>
       <c r="C126" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D126" s="1" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D127" s="1" t="s">
         <v>352</v>
-      </c>
-[...7 lines deleted...]
-        <v>354</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="1" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="1" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>358</v>
+        <v>16</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" s="1" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" s="1" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>364</v>
+        <v>54</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>365</v>
+        <v>55</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" s="1" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>16</v>
+        <v>164</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" s="1" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>54</v>
+        <v>364</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" s="1" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>329</v>
+        <v>15</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>330</v>
+        <v>16</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" s="1" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>279</v>
+        <v>11</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>280</v>
+        <v>105</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" s="1" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" s="1" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="1" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>15</v>
+        <v>377</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>16</v>
+        <v>378</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="1" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>54</v>
+        <v>310</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>55</v>
+        <v>311</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>384</v>
-      </c>
-[...7 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C141" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="D141" s="1" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" s="1" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D143" s="1" t="s">
         <v>392</v>
-      </c>
-[...7 lines deleted...]
-        <v>394</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" s="1" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>108</v>
+        <v>374</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" s="1" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" s="1" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>400</v>
+        <v>386</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="1" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>403</v>
+        <v>15</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>404</v>
+        <v>16</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" s="1" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>329</v>
+        <v>15</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>330</v>
+        <v>16</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" s="1" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>72</v>
+        <v>404</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>412</v>
+        <v>16</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>16</v>
+        <v>410</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" s="1" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" s="1" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>400</v>
+        <v>55</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" s="1" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>136</v>
+        <v>418</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" s="1" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" s="1" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" s="1" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" s="1" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>430</v>
+        <v>11</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>431</v>
+        <v>178</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" s="1" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>16</v>
+        <v>164</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" s="1" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>329</v>
+        <v>94</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>436</v>
+        <v>95</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" s="1" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>439</v>
+        <v>212</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" s="1" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>55</v>
+        <v>436</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" s="1" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>48</v>
+        <v>439</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" s="1" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>48</v>
+        <v>377</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>447</v>
+        <v>378</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" s="1" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>16</v>
+        <v>445</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" s="1" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>16</v>
+        <v>133</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" s="1" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>11</v>
+        <v>231</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>198</v>
+        <v>450</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" s="1" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>176</v>
+        <v>16</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" s="1" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" s="1" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>232</v>
+        <v>457</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C171" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="B171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C171" s="1" t="s">
+      <c r="D171" s="1" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C172" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="D172" s="1" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>467</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" s="1" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>403</v>
+        <v>22</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>404</v>
+        <v>33</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" s="1" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>471</v>
+        <v>164</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" s="1" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>142</v>
+        <v>120</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" s="1" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>251</v>
+        <v>54</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>476</v>
+        <v>127</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" s="1" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>15</v>
+        <v>475</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>16</v>
+        <v>476</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D178" s="1" t="s">
         <v>480</v>
-      </c>
-[...7 lines deleted...]
-        <v>481</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="C179" s="1" t="s">
         <v>482</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>483</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C180" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D180" s="1" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B181" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="B181" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181" s="1" t="s">
-        <v>185</v>
+        <v>488</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>490</v>
+        <v>16</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>491</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" s="1" t="s">
         <v>492</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" s="1" t="s">
         <v>494</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>176</v>
+        <v>495</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>125</v>
+        <v>498</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>136</v>
+        <v>228</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>501</v>
+        <v>90</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>502</v>
+        <v>264</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>503</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" s="1" t="s">
         <v>504</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C188" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D188" s="1" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D189" s="1" t="s">
         <v>507</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" s="1" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D191" s="1" t="s">
         <v>512</v>
-      </c>
-[...7 lines deleted...]
-        <v>515</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" s="1" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>16</v>
+        <v>514</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" s="1" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" s="1" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>393</v>
+        <v>16</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" s="1" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>98</v>
+        <v>215</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" s="1" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>90</v>
+        <v>244</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>248</v>
+        <v>338</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D197" s="1" t="s">
         <v>526</v>
-      </c>
-[...7 lines deleted...]
-        <v>527</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C198" s="1" t="s">
         <v>528</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>529</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" s="1" t="s">
         <v>530</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>531</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>15</v>
+        <v>533</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>16</v>
+        <v>534</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>535</v>
+        <v>16</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>538</v>
+        <v>16</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>539</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" s="1" t="s">
         <v>540</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>184</v>
+        <v>310</v>
       </c>
       <c r="C203" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D203" s="1" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C204" s="1" t="s">
         <v>543</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>544</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" s="1" t="s">
         <v>545</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>16</v>
+        <v>546</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>235</v>
+        <v>16</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>128</v>
+        <v>90</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>361</v>
+        <v>91</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>38</v>
+        <v>460</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>552</v>
+        <v>461</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>553</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" s="1" t="s">
         <v>554</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C209" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D209" s="1" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D210" s="1" t="s">
         <v>557</v>
-      </c>
-[...7 lines deleted...]
-        <v>558</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D211" s="1" t="s">
         <v>559</v>
-      </c>
-[...7 lines deleted...]
-        <v>562</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" s="1" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" s="1" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>16</v>
+        <v>563</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D214" s="1" t="s">
         <v>567</v>
-      </c>
-[...7 lines deleted...]
-        <v>568</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C215" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="B215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C215" s="1" t="s">
+      <c r="D215" s="1" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D216" s="1" t="s">
         <v>572</v>
-      </c>
-[...7 lines deleted...]
-        <v>574</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" s="1" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>15</v>
+        <v>533</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>16</v>
+        <v>534</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" s="1" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="C219" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="B219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C219" s="1" t="s">
+      <c r="D219" s="1" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D220" s="1" t="s">
         <v>582</v>
-      </c>
-[...7 lines deleted...]
-        <v>583</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D221" s="1" t="s">
         <v>584</v>
-      </c>
-[...7 lines deleted...]
-        <v>585</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D222" s="1" t="s">
         <v>586</v>
-      </c>
-[...7 lines deleted...]
-        <v>587</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C223" s="1" t="s">
         <v>588</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>589</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" s="1" t="s">
         <v>590</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>591</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="1" t="s">
         <v>592</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C225" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D225" s="1" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" s="1" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C226" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D226" s="1" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D227" s="1" t="s">
         <v>598</v>
-      </c>
-[...7 lines deleted...]
-        <v>600</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" s="1" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>15</v>
+        <v>260</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>16</v>
+        <v>261</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="D229" s="1" t="s">
         <v>603</v>
-      </c>
-[...7 lines deleted...]
-        <v>604</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C230" s="1" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>606</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" s="1" t="s">
         <v>607</v>
       </c>
       <c r="B231" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C231" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="D231" s="1" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="E231" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D232" s="1" t="s">
         <v>611</v>
-      </c>
-[...7 lines deleted...]
-        <v>612</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C233" s="1" t="s">
         <v>613</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>614</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" s="1" t="s">
         <v>615</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>42</v>
+        <v>533</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>43</v>
+        <v>616</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E234" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>618</v>
+        <v>76</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>619</v>
       </c>
       <c r="E235" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" s="1" t="s">
         <v>620</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>139</v>
+        <v>302</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>621</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" s="1" t="s">
         <v>622</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>623</v>
       </c>
       <c r="E237" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" s="1" t="s">
         <v>624</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>626</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" s="1" t="s">
         <v>627</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>628</v>
       </c>
       <c r="E239" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" s="1" t="s">
         <v>629</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>279</v>
+        <v>48</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>280</v>
+        <v>630</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E240" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>538</v>
+        <v>16</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E241" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>136</v>
+        <v>635</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="E242" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" s="1" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>15</v>
+        <v>205</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>16</v>
+        <v>206</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="E243" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" s="1" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>638</v>
+        <v>16</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E244" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>38</v>
+        <v>260</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="E245" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>198</v>
+        <v>7</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E246" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>646</v>
+        <v>635</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>647</v>
       </c>
       <c r="E247" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" s="1" t="s">
         <v>648</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>560</v>
+        <v>15</v>
       </c>
       <c r="C248" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D248" s="1" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
       <c r="E248" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D249" s="1" t="s">
         <v>651</v>
-      </c>
-[...7 lines deleted...]
-        <v>652</v>
       </c>
       <c r="E249" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D250" s="1" t="s">
         <v>653</v>
-      </c>
-[...7 lines deleted...]
-        <v>654</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D251" s="1" t="s">
         <v>655</v>
-      </c>
-[...7 lines deleted...]
-        <v>656</v>
       </c>
       <c r="E251" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D252" s="1" t="s">
         <v>657</v>
-      </c>
-[...7 lines deleted...]
-        <v>658</v>
       </c>
       <c r="E252" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C253" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="B253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C253" s="1" t="s">
+      <c r="D253" s="1" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D254" s="1" t="s">
         <v>662</v>
-      </c>
-[...7 lines deleted...]
-        <v>663</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D255" s="1" t="s">
         <v>664</v>
-      </c>
-[...7 lines deleted...]
-        <v>666</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" s="1" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="E256" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" s="1" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>48</v>
+        <v>119</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>670</v>
+        <v>120</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="E257" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" s="1" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>16</v>
+        <v>245</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="E258" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" s="1" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="B259" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C259" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D259" s="1" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="E259" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" s="1" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="E260" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" s="1" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>279</v>
+        <v>72</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>679</v>
+        <v>225</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="E261" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" s="1" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>6</v>
+        <v>119</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>7</v>
+        <v>678</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="E262" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" s="1" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>670</v>
+        <v>28</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="E263" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="E264" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" s="1" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>329</v>
+        <v>72</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>330</v>
+        <v>225</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="E265" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" s="1" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>6</v>
+        <v>68</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>7</v>
+        <v>687</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D267" s="1" t="s">
         <v>691</v>
-      </c>
-[...7 lines deleted...]
-        <v>692</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D268" s="1" t="s">
         <v>693</v>
-      </c>
-[...7 lines deleted...]
-        <v>694</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C269" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="B269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C269" s="1" t="s">
+      <c r="D269" s="1" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="E269" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D270" s="1" t="s">
         <v>698</v>
-      </c>
-[...7 lines deleted...]
-        <v>699</v>
       </c>
       <c r="E270" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C271" s="1" t="s">
         <v>700</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>701</v>
       </c>
       <c r="E271" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" s="1" t="s">
         <v>702</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>95</v>
+        <v>703</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E272" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>124</v>
+        <v>94</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>125</v>
+        <v>706</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E273" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" s="1" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>128</v>
+        <v>72</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>264</v>
+        <v>709</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="E274" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" s="1" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>245</v>
+        <v>712</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" s="1" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="E276" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" s="1" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>245</v>
+        <v>717</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" s="1" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>715</v>
+        <v>120</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="E278" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>28</v>
+        <v>318</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" s="1" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>28</v>
+        <v>724</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" s="1" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>72</v>
+        <v>487</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>245</v>
+        <v>727</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="E281" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" s="1" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>724</v>
+        <v>16</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="E282" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" s="1" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>727</v>
+        <v>16</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" s="1" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="E284" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" s="1" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>732</v>
+        <v>16</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="E285" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" s="1" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>15</v>
+        <v>738</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>16</v>
+        <v>739</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" s="1" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>737</v>
+        <v>16</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="E287" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" s="1" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>740</v>
+        <v>498</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="E288" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" s="1" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>743</v>
+        <v>16</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="E289" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" s="1" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" s="1" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>749</v>
+        <v>16</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="E291" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>754</v>
+        <v>98</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>755</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" s="1" t="s">
         <v>756</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>124</v>
+        <v>48</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>125</v>
+        <v>635</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>757</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" s="1" t="s">
         <v>758</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>759</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>760</v>
       </c>
       <c r="E295" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" s="1" t="s">
         <v>761</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>513</v>
+        <v>578</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>762</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>763</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" s="1" t="s">
         <v>764</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>765</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" s="1" t="s">
         <v>766</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>767</v>
       </c>
       <c r="E298" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" s="1" t="s">
         <v>768</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>769</v>
       </c>
       <c r="E299" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" s="1" t="s">
         <v>770</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>771</v>
       </c>
       <c r="E300" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" s="1" t="s">
         <v>772</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>194</v>
+        <v>15</v>
       </c>
       <c r="C301" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="D301" s="1" t="s">
         <v>773</v>
-      </c>
-[...1 lines deleted...]
-        <v>774</v>
       </c>
       <c r="E301" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D302" s="1" t="s">
         <v>775</v>
-      </c>
-[...7 lines deleted...]
-        <v>776</v>
       </c>
       <c r="E302" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D303" s="1" t="s">
         <v>777</v>
-      </c>
-[...7 lines deleted...]
-        <v>778</v>
       </c>
       <c r="E303" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C304" s="1" t="s">
         <v>779</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>780</v>
       </c>
       <c r="E304" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" s="1" t="s">
         <v>781</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="C305" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D305" s="1" t="s">
         <v>782</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
       <c r="E305" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="C306" s="1" t="s">
         <v>784</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>785</v>
       </c>
       <c r="E306" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" s="1" t="s">
         <v>786</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>139</v>
+        <v>787</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="E307" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>101</v>
+        <v>215</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="E308" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>48</v>
+        <v>578</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>670</v>
+        <v>792</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="E309" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>793</v>
+        <v>16</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="E310" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>608</v>
+        <v>151</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="E311" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>16</v>
+        <v>383</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="E312" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="E313" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>76</v>
+        <v>804</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="E314" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" s="1" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>16</v>
+        <v>807</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="E315" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" s="1" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>660</v>
+        <v>19</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="E316" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" s="1" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>160</v>
+        <v>404</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>161</v>
+        <v>807</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="E317" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" s="1" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>814</v>
+      </c>
+      <c r="D318" s="1">
+        <v>1004</v>
       </c>
       <c r="E318" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" s="1" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>813</v>
-[...2 lines deleted...]
-        <v>814</v>
+        <v>16</v>
+      </c>
+      <c r="D319" s="1">
+        <v>1006</v>
       </c>
       <c r="E319" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>817</v>
+      </c>
+      <c r="D320" s="1">
+        <v>1012</v>
       </c>
       <c r="E320" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>430</v>
+        <v>72</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-        <v>819</v>
+        <v>225</v>
+      </c>
+      <c r="D321" s="1">
+        <v>1014</v>
       </c>
       <c r="E321" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" s="1" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>602</v>
+      </c>
+      <c r="D322" s="1">
+        <v>1015</v>
       </c>
       <c r="E322" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" s="1" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>90</v>
+        <v>42</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>824</v>
+        <v>43</v>
+      </c>
+      <c r="D323" s="1">
+        <v>1016</v>
       </c>
       <c r="E323" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" s="1" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>608</v>
+        <v>244</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>338</v>
+      </c>
+      <c r="D324" s="1">
+        <v>1017</v>
       </c>
       <c r="E324" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" s="1" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>15</v>
+        <v>533</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>829</v>
+        <v>823</v>
+      </c>
+      <c r="D325" s="1">
+        <v>1020</v>
       </c>
       <c r="E325" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" s="1" t="s">
-        <v>830</v>
+        <v>824</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>160</v>
+        <v>15</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>625</v>
+      </c>
+      <c r="D326" s="1">
+        <v>1023</v>
       </c>
       <c r="E326" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" s="1" t="s">
-        <v>833</v>
+        <v>825</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>834</v>
+        <v>386</v>
+      </c>
+      <c r="D327" s="1">
+        <v>1024</v>
       </c>
       <c r="E327" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" s="1" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>836</v>
+        <v>16</v>
+      </c>
+      <c r="D328" s="1">
+        <v>1038</v>
       </c>
       <c r="E328" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" s="1" t="s">
-        <v>837</v>
+        <v>827</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>22</v>
+        <v>310</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>838</v>
-[...2 lines deleted...]
-        <v>839</v>
+        <v>311</v>
+      </c>
+      <c r="D329" s="1">
+        <v>1044</v>
       </c>
       <c r="E329" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" s="1" t="s">
-        <v>840</v>
+        <v>828</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>430</v>
+        <v>244</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>245</v>
+      </c>
+      <c r="D330" s="1">
+        <v>1045</v>
       </c>
       <c r="E330" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" s="1" t="s">
-        <v>843</v>
+        <v>829</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>844</v>
+        <v>307</v>
+      </c>
+      <c r="D331" s="1">
+        <v>1046</v>
       </c>
       <c r="E331" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" s="1" t="s">
-        <v>845</v>
+        <v>830</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>430</v>
+        <v>244</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>338</v>
+      </c>
+      <c r="D332" s="1">
+        <v>1050</v>
       </c>
       <c r="E332" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" s="1" t="s">
-        <v>847</v>
+        <v>831</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>848</v>
+        <v>43</v>
       </c>
       <c r="D333" s="1">
-        <v>1004</v>
+        <v>1051</v>
       </c>
       <c r="E333" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" s="1" t="s">
-        <v>849</v>
+        <v>832</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>16</v>
+        <v>833</v>
       </c>
       <c r="D334" s="1">
-        <v>1006</v>
+        <v>1052</v>
       </c>
       <c r="E334" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" s="1" t="s">
-        <v>850</v>
+        <v>834</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>430</v>
+        <v>15</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>851</v>
+        <v>130</v>
       </c>
       <c r="D335" s="1">
-        <v>1012</v>
+        <v>1054</v>
       </c>
       <c r="E335" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" s="1" t="s">
-        <v>852</v>
+        <v>835</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>245</v>
+        <v>130</v>
       </c>
       <c r="D336" s="1">
-        <v>1014</v>
+        <v>1056</v>
       </c>
       <c r="E336" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" s="1" t="s">
-        <v>853</v>
+        <v>836</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>90</v>
+        <v>244</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>538</v>
+        <v>338</v>
       </c>
       <c r="D337" s="1">
-        <v>1015</v>
+        <v>1057</v>
       </c>
       <c r="E337" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" s="1" t="s">
-        <v>854</v>
+        <v>837</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>42</v>
+        <v>244</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="D338" s="1">
-        <v>1016</v>
+        <v>1058</v>
       </c>
       <c r="E338" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" s="1" t="s">
-        <v>855</v>
+        <v>838</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>128</v>
+        <v>60</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>361</v>
+        <v>839</v>
       </c>
       <c r="D339" s="1">
-        <v>1017</v>
+        <v>1060</v>
       </c>
       <c r="E339" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" s="1" t="s">
-        <v>856</v>
+        <v>840</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>560</v>
+        <v>72</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>857</v>
+        <v>436</v>
       </c>
       <c r="D340" s="1">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="E340" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" s="1" t="s">
-        <v>858</v>
+        <v>841</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>15</v>
+        <v>842</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>660</v>
+        <v>843</v>
       </c>
       <c r="D341" s="1">
-        <v>1023</v>
+        <v>1069</v>
       </c>
       <c r="E341" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" s="1" t="s">
-        <v>859</v>
+        <v>844</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>412</v>
+        <v>16</v>
       </c>
       <c r="D342" s="1">
-        <v>1024</v>
+        <v>1070</v>
       </c>
       <c r="E342" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" s="1" t="s">
-        <v>860</v>
+        <v>845</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>861</v>
+        <v>386</v>
       </c>
       <c r="D343" s="1">
-        <v>1026</v>
+        <v>1071</v>
       </c>
       <c r="E343" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" s="1" t="s">
-        <v>862</v>
+        <v>846</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>320</v>
+        <v>60</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>863</v>
+        <v>847</v>
       </c>
       <c r="D344" s="1">
-        <v>1028</v>
+        <v>1073</v>
       </c>
       <c r="E344" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" s="1" t="s">
-        <v>864</v>
+        <v>848</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D345" s="1">
-        <v>1038</v>
+        <v>1076</v>
       </c>
       <c r="E345" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" s="1" t="s">
-        <v>865</v>
+        <v>849</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>329</v>
+        <v>68</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>330</v>
+        <v>850</v>
       </c>
       <c r="D346" s="1">
-        <v>1044</v>
+        <v>1077</v>
       </c>
       <c r="E346" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" s="1" t="s">
-        <v>866</v>
+        <v>851</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>128</v>
+        <v>11</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>264</v>
+        <v>528</v>
       </c>
       <c r="D347" s="1">
-        <v>1045</v>
+        <v>1085</v>
       </c>
       <c r="E347" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" s="1" t="s">
-        <v>867</v>
+        <v>852</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>326</v>
+        <v>853</v>
       </c>
       <c r="D348" s="1">
-        <v>1046</v>
+        <v>1088</v>
       </c>
       <c r="E348" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" s="1" t="s">
-        <v>868</v>
+        <v>854</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>128</v>
+        <v>11</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>361</v>
+        <v>28</v>
       </c>
       <c r="D349" s="1">
-        <v>1050</v>
+        <v>1091</v>
       </c>
       <c r="E349" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" s="1" t="s">
-        <v>869</v>
+        <v>855</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="D350" s="1">
-        <v>1051</v>
+        <v>1092</v>
       </c>
       <c r="E350" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" s="1" t="s">
-        <v>870</v>
+        <v>856</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>124</v>
+        <v>54</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>871</v>
+        <v>127</v>
       </c>
       <c r="D351" s="1">
-        <v>1052</v>
+        <v>1093</v>
       </c>
       <c r="E351" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" s="1" t="s">
-        <v>872</v>
+        <v>857</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D352" s="1">
-        <v>1054</v>
+        <v>1096</v>
       </c>
       <c r="E352" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" s="1" t="s">
-        <v>873</v>
+        <v>858</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>139</v>
+        <v>374</v>
       </c>
       <c r="D353" s="1">
-        <v>1056</v>
+        <v>1098</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" s="1" t="s">
-        <v>874</v>
+        <v>859</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>128</v>
+        <v>578</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>361</v>
+        <v>860</v>
       </c>
       <c r="D354" s="1">
-        <v>1057</v>
+        <v>1099</v>
       </c>
       <c r="E354" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" s="1" t="s">
-        <v>875</v>
+        <v>861</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>264</v>
+        <v>16</v>
       </c>
       <c r="D355" s="1">
-        <v>1058</v>
+        <v>1102</v>
       </c>
       <c r="E355" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" s="1" t="s">
-        <v>876</v>
+        <v>862</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>877</v>
+        <v>436</v>
       </c>
       <c r="D356" s="1">
-        <v>1060</v>
+        <v>1106</v>
       </c>
       <c r="E356" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" s="1" t="s">
-        <v>878</v>
+        <v>863</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>462</v>
+        <v>91</v>
       </c>
       <c r="D357" s="1">
-        <v>1065</v>
+        <v>1107</v>
       </c>
       <c r="E357" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" s="1" t="s">
-        <v>879</v>
+        <v>864</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>880</v>
+        <v>460</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>881</v>
+        <v>865</v>
       </c>
       <c r="D358" s="1">
-        <v>1069</v>
+        <v>1113</v>
       </c>
       <c r="E358" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" s="1" t="s">
-        <v>882</v>
+        <v>866</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>16</v>
+        <v>588</v>
       </c>
       <c r="D359" s="1">
-        <v>1070</v>
+        <v>1119</v>
       </c>
       <c r="E359" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" s="1" t="s">
-        <v>883</v>
+        <v>867</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>412</v>
+        <v>868</v>
       </c>
       <c r="D360" s="1">
-        <v>1071</v>
+        <v>1122</v>
       </c>
       <c r="E360" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" s="1" t="s">
-        <v>884</v>
+        <v>869</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>885</v>
+        <v>870</v>
       </c>
       <c r="D361" s="1">
-        <v>1073</v>
+        <v>1125</v>
       </c>
       <c r="E361" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" s="1" t="s">
-        <v>886</v>
+        <v>871</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>813</v>
+        <v>127</v>
       </c>
       <c r="D362" s="1">
-        <v>1074</v>
+        <v>1127</v>
       </c>
       <c r="E362" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" s="1" t="s">
-        <v>887</v>
+        <v>872</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>16</v>
+        <v>873</v>
       </c>
       <c r="D363" s="1">
-        <v>1076</v>
+        <v>1128</v>
       </c>
       <c r="E363" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" s="1" t="s">
-        <v>888</v>
+        <v>874</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>889</v>
+        <v>16</v>
       </c>
       <c r="D364" s="1">
-        <v>1077</v>
+        <v>1129</v>
       </c>
       <c r="E364" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" s="1" t="s">
-        <v>890</v>
+        <v>875</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>555</v>
+        <v>43</v>
       </c>
       <c r="D365" s="1">
-        <v>1085</v>
+        <v>1130</v>
       </c>
       <c r="E365" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" s="1" t="s">
-        <v>891</v>
+        <v>876</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>892</v>
+        <v>307</v>
       </c>
       <c r="D366" s="1">
-        <v>1088</v>
+        <v>1133</v>
       </c>
       <c r="E366" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" s="1" t="s">
-        <v>893</v>
+        <v>877</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>535</v>
+        <v>28</v>
       </c>
       <c r="D367" s="1">
-        <v>1090</v>
+        <v>1135</v>
       </c>
       <c r="E367" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="1" t="s">
-        <v>894</v>
+        <v>878</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D368" s="1">
-        <v>1091</v>
+        <v>1136</v>
       </c>
       <c r="E368" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" s="1" t="s">
-        <v>895</v>
+        <v>879</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D369" s="1">
-        <v>1093</v>
+        <v>1137</v>
       </c>
       <c r="E369" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" s="1" t="s">
-        <v>896</v>
+        <v>880</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>16</v>
+        <v>881</v>
       </c>
       <c r="D370" s="1">
-        <v>1096</v>
+        <v>1138</v>
       </c>
       <c r="E370" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" s="1" t="s">
-        <v>897</v>
+        <v>882</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>400</v>
+        <v>16</v>
       </c>
       <c r="D371" s="1">
-        <v>1098</v>
+        <v>1139</v>
       </c>
       <c r="E371" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" s="1" t="s">
-        <v>898</v>
+        <v>883</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>608</v>
+        <v>54</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>899</v>
+        <v>55</v>
       </c>
       <c r="D372" s="1">
-        <v>1099</v>
+        <v>1141</v>
       </c>
       <c r="E372" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" s="1" t="s">
-        <v>900</v>
+        <v>884</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>16</v>
+        <v>625</v>
       </c>
       <c r="D373" s="1">
-        <v>1102</v>
+        <v>1142</v>
       </c>
       <c r="E373" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" s="1" t="s">
-        <v>901</v>
+        <v>885</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>72</v>
+        <v>301</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>462</v>
+        <v>302</v>
       </c>
       <c r="D374" s="1">
-        <v>1106</v>
+        <v>1144</v>
       </c>
       <c r="E374" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" s="1" t="s">
-        <v>902</v>
+        <v>886</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>91</v>
+        <v>887</v>
       </c>
       <c r="D375" s="1">
-        <v>1107</v>
+        <v>1148</v>
       </c>
       <c r="E375" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" s="1" t="s">
-        <v>903</v>
+        <v>888</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>904</v>
+        <v>889</v>
       </c>
       <c r="D376" s="1">
-        <v>1113</v>
+        <v>1150</v>
       </c>
       <c r="E376" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" s="1" t="s">
-        <v>905</v>
+        <v>890</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>618</v>
+        <v>891</v>
       </c>
       <c r="D377" s="1">
-        <v>1119</v>
+        <v>1162</v>
       </c>
       <c r="E377" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" s="1" t="s">
-        <v>906</v>
+        <v>892</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>907</v>
+        <v>16</v>
       </c>
       <c r="D378" s="1">
-        <v>1122</v>
+        <v>1167</v>
       </c>
       <c r="E378" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" s="1" t="s">
-        <v>908</v>
+        <v>893</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>909</v>
+        <v>16</v>
       </c>
       <c r="D379" s="1">
-        <v>1125</v>
+        <v>1172</v>
       </c>
       <c r="E379" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" s="1" t="s">
-        <v>910</v>
+        <v>894</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D380" s="1">
-        <v>1127</v>
+        <v>1176</v>
       </c>
       <c r="E380" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" s="1" t="s">
-        <v>911</v>
+        <v>895</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>90</v>
+        <v>460</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>912</v>
+        <v>865</v>
       </c>
       <c r="D381" s="1">
-        <v>1128</v>
+        <v>1178</v>
       </c>
       <c r="E381" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" s="1" t="s">
-        <v>913</v>
+        <v>896</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="D382" s="1">
-        <v>1129</v>
+        <v>1180</v>
       </c>
       <c r="E382" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" s="1" t="s">
-        <v>914</v>
+        <v>897</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="D383" s="1">
-        <v>1130</v>
+        <v>1185</v>
       </c>
       <c r="E383" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" s="1" t="s">
-        <v>915</v>
+        <v>898</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>326</v>
+        <v>899</v>
       </c>
       <c r="D384" s="1">
-        <v>1133</v>
+        <v>1195</v>
       </c>
       <c r="E384" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" s="1" t="s">
-        <v>916</v>
+        <v>900</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D385" s="1">
-        <v>1135</v>
+        <v>1199</v>
       </c>
       <c r="E385" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" s="1" t="s">
-        <v>917</v>
+        <v>901</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D386" s="1">
-        <v>1136</v>
+        <v>1200</v>
       </c>
       <c r="E386" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" s="1" t="s">
-        <v>918</v>
+        <v>902</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D387" s="1">
-        <v>1137</v>
+        <v>1206</v>
       </c>
       <c r="E387" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" s="1" t="s">
-        <v>919</v>
+        <v>903</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>184</v>
+        <v>119</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>920</v>
+        <v>120</v>
       </c>
       <c r="D388" s="1">
-        <v>1138</v>
+        <v>1207</v>
       </c>
       <c r="E388" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" s="1" t="s">
-        <v>921</v>
+        <v>904</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>15</v>
+        <v>364</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>16</v>
+        <v>905</v>
       </c>
       <c r="D389" s="1">
-        <v>1139</v>
+        <v>1211</v>
       </c>
       <c r="E389" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" s="1" t="s">
-        <v>922</v>
+        <v>906</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D390" s="1">
-        <v>1141</v>
+        <v>1213</v>
       </c>
       <c r="E390" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" s="1" t="s">
-        <v>923</v>
+        <v>907</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>660</v>
+        <v>566</v>
       </c>
       <c r="D391" s="1">
-        <v>1142</v>
+        <v>1215</v>
       </c>
       <c r="E391" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" s="1" t="s">
-        <v>924</v>
+        <v>908</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>320</v>
+        <v>15</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>321</v>
+        <v>16</v>
       </c>
       <c r="D392" s="1">
-        <v>1144</v>
+        <v>1217</v>
       </c>
       <c r="E392" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" s="1" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>926</v>
+        <v>910</v>
       </c>
       <c r="D393" s="1">
-        <v>1148</v>
+        <v>1218</v>
       </c>
       <c r="E393" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" s="1" t="s">
-        <v>927</v>
+        <v>911</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>160</v>
+        <v>90</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>928</v>
+        <v>91</v>
       </c>
       <c r="D394" s="1">
-        <v>1150</v>
+        <v>1224</v>
       </c>
       <c r="E394" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" s="1" t="s">
-        <v>929</v>
+        <v>912</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D395" s="1">
-        <v>1159</v>
+        <v>1229</v>
       </c>
       <c r="E395" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" s="1" t="s">
-        <v>930</v>
+        <v>913</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>72</v>
+        <v>119</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>931</v>
+        <v>120</v>
       </c>
       <c r="D396" s="1">
-        <v>1162</v>
+        <v>1230</v>
       </c>
       <c r="E396" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" s="1" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>16</v>
+        <v>759</v>
       </c>
       <c r="D397" s="1">
-        <v>1167</v>
+        <v>1232</v>
       </c>
       <c r="E397" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" s="1" t="s">
-        <v>933</v>
+        <v>915</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D398" s="1">
-        <v>1172</v>
+        <v>1235</v>
       </c>
       <c r="E398" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" s="1" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>16</v>
+        <v>917</v>
       </c>
       <c r="D399" s="1">
-        <v>1176</v>
+        <v>1244</v>
       </c>
       <c r="E399" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" s="1" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>184</v>
+        <v>244</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>904</v>
+        <v>919</v>
       </c>
       <c r="D400" s="1">
-        <v>1178</v>
+        <v>1247</v>
       </c>
       <c r="E400" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" s="1" t="s">
-        <v>936</v>
+        <v>920</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>42</v>
+        <v>244</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>43</v>
+        <v>921</v>
       </c>
       <c r="D401" s="1">
-        <v>1180</v>
+        <v>1248</v>
       </c>
       <c r="E401" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" s="1" t="s">
-        <v>937</v>
+        <v>922</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D402" s="1">
-        <v>1185</v>
+        <v>1250</v>
       </c>
       <c r="E402" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" s="1" t="s">
-        <v>938</v>
+        <v>923</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>939</v>
+        <v>16</v>
       </c>
       <c r="D403" s="1">
-        <v>1195</v>
+        <v>1251</v>
       </c>
       <c r="E403" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" s="1" t="s">
-        <v>940</v>
+        <v>924</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>28</v>
+        <v>925</v>
       </c>
       <c r="D404" s="1">
-        <v>1199</v>
+        <v>1253</v>
       </c>
       <c r="E404" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" s="1" t="s">
-        <v>941</v>
+        <v>926</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D405" s="1">
-        <v>1200</v>
+        <v>1255</v>
       </c>
       <c r="E405" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" s="1" t="s">
-        <v>942</v>
+        <v>927</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>48</v>
+        <v>341</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>943</v>
+        <v>928</v>
       </c>
       <c r="D406" s="1">
-        <v>1203</v>
+        <v>1258</v>
       </c>
       <c r="E406" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" s="1" t="s">
-        <v>944</v>
+        <v>929</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>76</v>
+        <v>930</v>
       </c>
       <c r="D407" s="1">
-        <v>1206</v>
+        <v>1263</v>
       </c>
       <c r="E407" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" s="1" t="s">
-        <v>945</v>
+        <v>931</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D408" s="1">
-        <v>1207</v>
+        <v>1264</v>
       </c>
       <c r="E408" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" s="1" t="s">
-        <v>946</v>
+        <v>932</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>387</v>
+        <v>90</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>947</v>
+        <v>933</v>
       </c>
       <c r="D409" s="1">
-        <v>1211</v>
+        <v>1265</v>
       </c>
       <c r="E409" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" s="1" t="s">
-        <v>948</v>
+        <v>934</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D410" s="1">
-        <v>1213</v>
+        <v>1267</v>
       </c>
       <c r="E410" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" s="1" t="s">
-        <v>949</v>
+        <v>935</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>90</v>
+        <v>326</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>596</v>
+        <v>936</v>
       </c>
       <c r="D411" s="1">
-        <v>1215</v>
+        <v>1268</v>
       </c>
       <c r="E411" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" s="1" t="s">
-        <v>950</v>
+        <v>937</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>16</v>
+        <v>602</v>
       </c>
       <c r="D412" s="1">
-        <v>1217</v>
+        <v>1272</v>
       </c>
       <c r="E412" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" s="1" t="s">
-        <v>951</v>
+        <v>938</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>952</v>
+        <v>939</v>
       </c>
       <c r="D413" s="1">
-        <v>1218</v>
+        <v>1273</v>
       </c>
       <c r="E413" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" s="1" t="s">
-        <v>953</v>
+        <v>940</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="D414" s="1">
-        <v>1220</v>
+        <v>1276</v>
       </c>
       <c r="E414" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" s="1" t="s">
-        <v>954</v>
+        <v>941</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>91</v>
+        <v>942</v>
       </c>
       <c r="D415" s="1">
-        <v>1224</v>
+        <v>1280</v>
       </c>
       <c r="E415" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" s="1" t="s">
-        <v>955</v>
+        <v>943</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>54</v>
+        <v>944</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>76</v>
+        <v>945</v>
       </c>
       <c r="D416" s="1">
-        <v>1229</v>
+        <v>1281</v>
       </c>
       <c r="E416" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" s="1" t="s">
-        <v>956</v>
+        <v>946</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>125</v>
+        <v>498</v>
       </c>
       <c r="D417" s="1">
-        <v>1230</v>
+        <v>1282</v>
       </c>
       <c r="E417" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" s="1" t="s">
-        <v>957</v>
+        <v>947</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>793</v>
+        <v>445</v>
       </c>
       <c r="D418" s="1">
-        <v>1232</v>
+        <v>1284</v>
       </c>
       <c r="E418" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" s="1" t="s">
-        <v>958</v>
+        <v>948</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D419" s="1">
-        <v>1235</v>
+        <v>1288</v>
       </c>
       <c r="E419" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" s="1" t="s">
-        <v>959</v>
+        <v>949</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>11</v>
+        <v>578</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>960</v>
+        <v>950</v>
       </c>
       <c r="D420" s="1">
-        <v>1244</v>
+        <v>1289</v>
       </c>
       <c r="E420" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" s="1" t="s">
-        <v>961</v>
+        <v>951</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>128</v>
+        <v>404</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>129</v>
+        <v>482</v>
       </c>
       <c r="D421" s="1">
-        <v>1247</v>
+        <v>1290</v>
       </c>
       <c r="E421" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" s="1" t="s">
-        <v>962</v>
+        <v>952</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>128</v>
+        <v>90</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>963</v>
+        <v>164</v>
       </c>
       <c r="D422" s="1">
-        <v>1248</v>
+        <v>1291</v>
       </c>
       <c r="E422" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" s="1" t="s">
-        <v>964</v>
+        <v>953</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>16</v>
+        <v>954</v>
       </c>
       <c r="D423" s="1">
-        <v>1250</v>
+        <v>1299</v>
       </c>
       <c r="E423" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" s="1" t="s">
-        <v>965</v>
+        <v>955</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="D424" s="1">
-        <v>1251</v>
+        <v>1302</v>
       </c>
       <c r="E424" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" s="1" t="s">
-        <v>966</v>
+        <v>956</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>967</v>
+        <v>241</v>
       </c>
       <c r="D425" s="1">
-        <v>1253</v>
+        <v>1307</v>
       </c>
       <c r="E425" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" s="1" t="s">
-        <v>968</v>
+        <v>957</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>16</v>
+        <v>717</v>
       </c>
       <c r="D426" s="1">
-        <v>1255</v>
+        <v>1308</v>
       </c>
       <c r="E426" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" s="1" t="s">
-        <v>969</v>
+        <v>958</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>364</v>
+        <v>48</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>970</v>
+        <v>959</v>
       </c>
       <c r="D427" s="1">
-        <v>1258</v>
+        <v>1313</v>
       </c>
       <c r="E427" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" s="1" t="s">
-        <v>971</v>
+        <v>960</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>972</v>
+        <v>961</v>
       </c>
       <c r="D428" s="1">
-        <v>1263</v>
+        <v>1314</v>
       </c>
       <c r="E428" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" s="1" t="s">
-        <v>973</v>
+        <v>962</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>16</v>
+        <v>933</v>
       </c>
       <c r="D429" s="1">
-        <v>1264</v>
+        <v>1323</v>
       </c>
       <c r="E429" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" s="1" t="s">
-        <v>974</v>
+        <v>963</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>580</v>
+        <v>16</v>
       </c>
       <c r="D430" s="1">
-        <v>1265</v>
+        <v>1324</v>
       </c>
       <c r="E430" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" s="1" t="s">
-        <v>975</v>
+        <v>964</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>15</v>
+        <v>578</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>16</v>
+        <v>965</v>
       </c>
       <c r="D431" s="1">
-        <v>1267</v>
+        <v>1326</v>
       </c>
       <c r="E431" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" s="1" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>349</v>
+        <v>48</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>977</v>
+        <v>967</v>
       </c>
       <c r="D432" s="1">
-        <v>1268</v>
+        <v>1327</v>
       </c>
       <c r="E432" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" s="1" t="s">
-        <v>978</v>
+        <v>968</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>538</v>
+        <v>498</v>
       </c>
       <c r="D433" s="1">
-        <v>1272</v>
+        <v>1328</v>
       </c>
       <c r="E433" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" s="1" t="s">
-        <v>979</v>
+        <v>969</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>90</v>
+        <v>970</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>980</v>
+        <v>971</v>
       </c>
       <c r="D434" s="1">
-        <v>1273</v>
+        <v>1329</v>
       </c>
       <c r="E434" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" s="1" t="s">
-        <v>981</v>
+        <v>972</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>124</v>
+        <v>404</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>125</v>
+        <v>807</v>
       </c>
       <c r="D435" s="1">
-        <v>1276</v>
+        <v>1330</v>
       </c>
       <c r="E435" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" s="1" t="s">
-        <v>982</v>
+        <v>973</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>983</v>
+        <v>974</v>
       </c>
       <c r="D436" s="1">
-        <v>1280</v>
+        <v>1333</v>
       </c>
       <c r="E436" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" s="1" t="s">
-        <v>984</v>
+        <v>975</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>985</v>
+        <v>15</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>986</v>
+        <v>16</v>
       </c>
       <c r="D437" s="1">
-        <v>1281</v>
+        <v>1335</v>
       </c>
       <c r="E437" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" s="1" t="s">
-        <v>987</v>
+        <v>976</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>98</v>
+        <v>130</v>
       </c>
       <c r="D438" s="1">
-        <v>1282</v>
+        <v>1339</v>
       </c>
       <c r="E438" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" s="1" t="s">
-        <v>988</v>
+        <v>977</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>54</v>
+        <v>244</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>471</v>
+        <v>245</v>
       </c>
       <c r="D439" s="1">
-        <v>1284</v>
+        <v>1340</v>
       </c>
       <c r="E439" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" s="1" t="s">
-        <v>989</v>
+        <v>978</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>16</v>
+        <v>511</v>
       </c>
       <c r="D440" s="1">
-        <v>1288</v>
+        <v>1342</v>
       </c>
       <c r="E440" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" s="1" t="s">
-        <v>990</v>
+        <v>979</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>608</v>
+        <v>980</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>991</v>
+        <v>981</v>
       </c>
       <c r="D441" s="1">
-        <v>1289</v>
+        <v>1345</v>
       </c>
       <c r="E441" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" s="1" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>430</v>
+        <v>578</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>508</v>
+        <v>950</v>
       </c>
       <c r="D442" s="1">
-        <v>1290</v>
+        <v>1346</v>
       </c>
       <c r="E442" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" s="1" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>176</v>
+        <v>16</v>
       </c>
       <c r="D443" s="1">
-        <v>1291</v>
+        <v>1347</v>
       </c>
       <c r="E443" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" s="1" t="s">
-        <v>994</v>
+        <v>984</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>995</v>
+        <v>569</v>
       </c>
       <c r="D444" s="1">
-        <v>1299</v>
+        <v>1349</v>
       </c>
       <c r="E444" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" s="1" t="s">
-        <v>996</v>
+        <v>985</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>125</v>
+        <v>164</v>
       </c>
       <c r="D445" s="1">
-        <v>1302</v>
+        <v>1351</v>
       </c>
       <c r="E445" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" s="1" t="s">
-        <v>997</v>
+        <v>986</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>261</v>
+        <v>16</v>
       </c>
       <c r="D446" s="1">
-        <v>1307</v>
+        <v>1356</v>
       </c>
       <c r="E446" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" s="1" t="s">
-        <v>998</v>
+        <v>987</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>754</v>
+        <v>988</v>
       </c>
       <c r="D447" s="1">
-        <v>1308</v>
+        <v>1364</v>
       </c>
       <c r="E447" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" s="1" t="s">
-        <v>999</v>
+        <v>989</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1000</v>
+        <v>76</v>
       </c>
       <c r="D448" s="1">
-        <v>1313</v>
+        <v>1365</v>
       </c>
       <c r="E448" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" s="1" t="s">
-        <v>1001</v>
+        <v>990</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1002</v>
+        <v>498</v>
       </c>
       <c r="D449" s="1">
-        <v>1314</v>
+        <v>1373</v>
       </c>
       <c r="E449" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" s="1" t="s">
-        <v>1003</v>
+        <v>991</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>580</v>
+        <v>16</v>
       </c>
       <c r="D450" s="1">
-        <v>1323</v>
+        <v>1377</v>
       </c>
       <c r="E450" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" s="1" t="s">
-        <v>1004</v>
+        <v>992</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>16</v>
+        <v>703</v>
       </c>
       <c r="D451" s="1">
-        <v>1324</v>
+        <v>1379</v>
       </c>
       <c r="E451" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" s="1" t="s">
-        <v>1005</v>
+        <v>993</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>608</v>
+        <v>38</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1006</v>
+        <v>994</v>
       </c>
       <c r="D452" s="1">
-        <v>1326</v>
+        <v>1382</v>
       </c>
       <c r="E452" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" s="1" t="s">
-        <v>1007</v>
+        <v>995</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1008</v>
+        <v>996</v>
       </c>
       <c r="D453" s="1">
-        <v>1327</v>
+        <v>1391</v>
       </c>
       <c r="E453" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" s="1" t="s">
-        <v>1009</v>
+        <v>997</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>98</v>
+        <v>386</v>
       </c>
       <c r="D454" s="1">
-        <v>1328</v>
+        <v>1395</v>
       </c>
       <c r="E454" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" s="1" t="s">
-        <v>1010</v>
+        <v>998</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1011</v>
+        <v>274</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1012</v>
+        <v>999</v>
       </c>
       <c r="D455" s="1">
-        <v>1329</v>
+        <v>1399</v>
       </c>
       <c r="E455" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" s="1" t="s">
-        <v>1013</v>
+        <v>1000</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>430</v>
+        <v>15</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="D456" s="1">
-        <v>1330</v>
+        <v>1405</v>
       </c>
       <c r="E456" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" s="1" t="s">
-        <v>1014</v>
+        <v>1001</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>38</v>
+        <v>90</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1015</v>
+        <v>248</v>
       </c>
       <c r="D457" s="1">
-        <v>1333</v>
+        <v>1408</v>
       </c>
       <c r="E457" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" s="1" t="s">
-        <v>1016</v>
+        <v>1002</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>16</v>
+        <v>1003</v>
       </c>
       <c r="D458" s="1">
-        <v>1335</v>
+        <v>1410</v>
       </c>
       <c r="E458" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" s="1" t="s">
-        <v>1017</v>
+        <v>1004</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>139</v>
+        <v>1005</v>
       </c>
       <c r="D459" s="1">
-        <v>1339</v>
+        <v>1413</v>
       </c>
       <c r="E459" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" s="1" t="s">
-        <v>1018</v>
+        <v>1006</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>264</v>
+        <v>1007</v>
       </c>
       <c r="D460" s="1">
-        <v>1340</v>
+        <v>1414</v>
       </c>
       <c r="E460" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" s="1" t="s">
-        <v>1019</v>
+        <v>1008</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>535</v>
+        <v>95</v>
       </c>
       <c r="D461" s="1">
-        <v>1342</v>
+        <v>1415</v>
       </c>
       <c r="E461" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" s="1" t="s">
-        <v>1020</v>
+        <v>1009</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1021</v>
+        <v>15</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1022</v>
+        <v>16</v>
       </c>
       <c r="D462" s="1">
-        <v>1345</v>
+        <v>1417</v>
       </c>
       <c r="E462" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" s="1" t="s">
-        <v>1023</v>
+        <v>1010</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>608</v>
+        <v>460</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>991</v>
+        <v>461</v>
       </c>
       <c r="D463" s="1">
-        <v>1346</v>
+        <v>1419</v>
       </c>
       <c r="E463" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" s="1" t="s">
-        <v>1024</v>
+        <v>1011</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>15</v>
+        <v>738</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>16</v>
+        <v>1012</v>
       </c>
       <c r="D464" s="1">
-        <v>1347</v>
+        <v>1420</v>
       </c>
       <c r="E464" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" s="1" t="s">
-        <v>1025</v>
+        <v>1013</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>72</v>
+        <v>244</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>599</v>
+        <v>245</v>
       </c>
       <c r="D465" s="1">
-        <v>1349</v>
+        <v>1421</v>
       </c>
       <c r="E465" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" s="1" t="s">
-        <v>1026</v>
+        <v>1014</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>90</v>
+        <v>38</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>176</v>
+        <v>1015</v>
       </c>
       <c r="D466" s="1">
-        <v>1351</v>
+        <v>1425</v>
       </c>
       <c r="E466" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" s="1" t="s">
-        <v>1027</v>
+        <v>1016</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>16</v>
+        <v>605</v>
       </c>
       <c r="D467" s="1">
-        <v>1356</v>
+        <v>1428</v>
       </c>
       <c r="E467" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" s="1" t="s">
-        <v>1028</v>
+        <v>1017</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1029</v>
+        <v>76</v>
       </c>
       <c r="D468" s="1">
-        <v>1364</v>
+        <v>1431</v>
       </c>
       <c r="E468" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" s="1" t="s">
-        <v>1030</v>
+        <v>1018</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>76</v>
+        <v>461</v>
       </c>
       <c r="D469" s="1">
-        <v>1365</v>
+        <v>1437</v>
       </c>
       <c r="E469" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" s="1" t="s">
-        <v>1031</v>
+        <v>1019</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>98</v>
+        <v>1020</v>
       </c>
       <c r="D470" s="1">
-        <v>1373</v>
+        <v>1439</v>
       </c>
       <c r="E470" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" s="1" t="s">
-        <v>1032</v>
+        <v>1021</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D471" s="1">
-        <v>1377</v>
+        <v>1445</v>
       </c>
       <c r="E471" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" s="1" t="s">
-        <v>1033</v>
+        <v>1022</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>740</v>
+        <v>130</v>
       </c>
       <c r="D472" s="1">
-        <v>1379</v>
+        <v>1447</v>
       </c>
       <c r="E472" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" s="1" t="s">
-        <v>1034</v>
+        <v>1023</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>38</v>
+        <v>231</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1035</v>
+        <v>1024</v>
       </c>
       <c r="D473" s="1">
-        <v>1382</v>
+        <v>1449</v>
       </c>
       <c r="E473" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" s="1" t="s">
-        <v>1036</v>
+        <v>1025</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1037</v>
+        <v>28</v>
       </c>
       <c r="D474" s="1">
-        <v>1391</v>
+        <v>1450</v>
       </c>
       <c r="E474" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" s="1" t="s">
-        <v>1038</v>
+        <v>1026</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>412</v>
+        <v>16</v>
       </c>
       <c r="D475" s="1">
-        <v>1395</v>
+        <v>1457</v>
       </c>
       <c r="E475" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" s="1" t="s">
-        <v>1039</v>
+        <v>1027</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>293</v>
+        <v>15</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1040</v>
+        <v>16</v>
       </c>
       <c r="D476" s="1">
-        <v>1399</v>
+        <v>1460</v>
       </c>
       <c r="E476" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" s="1" t="s">
-        <v>1041</v>
+        <v>1028</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>16</v>
+        <v>921</v>
       </c>
       <c r="D477" s="1">
-        <v>1405</v>
+        <v>1470</v>
       </c>
       <c r="E477" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" s="1" t="s">
-        <v>1042</v>
+        <v>1029</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>267</v>
+        <v>16</v>
       </c>
       <c r="D478" s="1">
-        <v>1408</v>
+        <v>1471</v>
       </c>
       <c r="E478" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" s="1" t="s">
-        <v>1043</v>
+        <v>1030</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>118</v>
+        <v>72</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1044</v>
+        <v>225</v>
       </c>
       <c r="D479" s="1">
-        <v>1410</v>
+        <v>1472</v>
       </c>
       <c r="E479" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1046</v>
+        <v>16</v>
       </c>
       <c r="D480" s="1">
-        <v>1413</v>
+        <v>1475</v>
       </c>
       <c r="E480" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" s="1" t="s">
-        <v>1047</v>
+        <v>1032</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1048</v>
+        <v>16</v>
       </c>
       <c r="D481" s="1">
-        <v>1414</v>
+        <v>1483</v>
       </c>
       <c r="E481" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" s="1" t="s">
-        <v>1049</v>
+        <v>1033</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>94</v>
+        <v>377</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>95</v>
+        <v>1034</v>
       </c>
       <c r="D482" s="1">
-        <v>1415</v>
+        <v>1484</v>
       </c>
       <c r="E482" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" s="1" t="s">
-        <v>1050</v>
+        <v>1035</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D483" s="1">
-        <v>1417</v>
+        <v>1485</v>
       </c>
       <c r="E483" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" s="1" t="s">
-        <v>1051</v>
+        <v>1036</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>185</v>
+        <v>625</v>
       </c>
       <c r="D484" s="1">
-        <v>1419</v>
+        <v>1491</v>
       </c>
       <c r="E484" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" s="1" t="s">
-        <v>1052</v>
+        <v>1037</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>194</v>
+        <v>15</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>195</v>
+        <v>16</v>
       </c>
       <c r="D485" s="1">
-        <v>1420</v>
+        <v>1493</v>
       </c>
       <c r="E485" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" s="1" t="s">
-        <v>1053</v>
+        <v>1038</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>128</v>
+        <v>90</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="D486" s="1">
-        <v>1421</v>
+        <v>1497</v>
       </c>
       <c r="E486" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" s="1" t="s">
-        <v>1054</v>
+        <v>1039</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>38</v>
+        <v>119</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1055</v>
+        <v>120</v>
       </c>
       <c r="D487" s="1">
-        <v>1425</v>
+        <v>1501</v>
       </c>
       <c r="E487" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" s="1" t="s">
-        <v>1056</v>
+        <v>1040</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>124</v>
+        <v>1041</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>638</v>
+        <v>1042</v>
       </c>
       <c r="D488" s="1">
-        <v>1428</v>
+        <v>1508</v>
       </c>
       <c r="E488" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" s="1" t="s">
-        <v>1057</v>
+        <v>1043</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>54</v>
+        <v>1041</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>76</v>
+        <v>1044</v>
       </c>
       <c r="D489" s="1">
-        <v>1431</v>
+        <v>1509</v>
       </c>
       <c r="E489" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" s="1" t="s">
-        <v>1058</v>
+        <v>1045</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>184</v>
+        <v>119</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="D490" s="1">
-        <v>1437</v>
+        <v>1512</v>
       </c>
       <c r="E490" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" s="1" t="s">
-        <v>1059</v>
+        <v>1046</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1060</v>
+        <v>16</v>
       </c>
       <c r="D491" s="1">
-        <v>1439</v>
+        <v>1513</v>
       </c>
       <c r="E491" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" s="1" t="s">
-        <v>1061</v>
+        <v>1047</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>16</v>
+        <v>613</v>
       </c>
       <c r="D492" s="1">
-        <v>1445</v>
+        <v>1519</v>
       </c>
       <c r="E492" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" s="1" t="s">
-        <v>1062</v>
+        <v>1048</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D493" s="1">
-        <v>1447</v>
+        <v>1520</v>
       </c>
       <c r="E493" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" s="1" t="s">
-        <v>1063</v>
+        <v>1049</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>251</v>
+        <v>22</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1064</v>
+        <v>33</v>
       </c>
       <c r="D494" s="1">
-        <v>1449</v>
+        <v>1522</v>
       </c>
       <c r="E494" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" s="1" t="s">
-        <v>1065</v>
+        <v>1050</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D495" s="1">
-        <v>1450</v>
+        <v>1526</v>
       </c>
       <c r="E495" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" s="1" t="s">
-        <v>1066</v>
+        <v>1051</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D496" s="1">
-        <v>1457</v>
+        <v>1527</v>
       </c>
       <c r="E496" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" s="1" t="s">
-        <v>1067</v>
+        <v>1052</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D497" s="1">
-        <v>1460</v>
+        <v>1531</v>
       </c>
       <c r="E497" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" s="1" t="s">
-        <v>1068</v>
+        <v>1053</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>128</v>
+        <v>274</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>963</v>
+        <v>1054</v>
       </c>
       <c r="D498" s="1">
-        <v>1470</v>
+        <v>1533</v>
       </c>
       <c r="E498" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" s="1" t="s">
-        <v>1069</v>
+        <v>1055</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D499" s="1">
-        <v>1471</v>
+        <v>1536</v>
       </c>
       <c r="E499" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" s="1" t="s">
-        <v>1070</v>
+        <v>1056</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>245</v>
+        <v>16</v>
       </c>
       <c r="D500" s="1">
-        <v>1472</v>
+        <v>1537</v>
       </c>
       <c r="E500" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" s="1" t="s">
-        <v>1071</v>
+        <v>1057</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D501" s="1">
-        <v>1475</v>
+        <v>1539</v>
       </c>
       <c r="E501" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" s="1" t="s">
-        <v>1072</v>
+        <v>1058</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>16</v>
+        <v>724</v>
       </c>
       <c r="D502" s="1">
-        <v>1483</v>
+        <v>1540</v>
       </c>
       <c r="E502" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" s="1" t="s">
-        <v>1073</v>
+        <v>1059</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>403</v>
+        <v>72</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1074</v>
+        <v>724</v>
       </c>
       <c r="D503" s="1">
-        <v>1484</v>
+        <v>1550</v>
       </c>
       <c r="E503" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" s="1" t="s">
-        <v>1075</v>
+        <v>1060</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>15</v>
+        <v>377</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>16</v>
+        <v>1061</v>
       </c>
       <c r="D504" s="1">
-        <v>1485</v>
+        <v>1551</v>
       </c>
       <c r="E504" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" s="1" t="s">
-        <v>1076</v>
+        <v>1062</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>660</v>
+        <v>16</v>
       </c>
       <c r="D505" s="1">
-        <v>1491</v>
+        <v>1554</v>
       </c>
       <c r="E505" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" s="1" t="s">
-        <v>1077</v>
+        <v>1063</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D506" s="1">
-        <v>1493</v>
+        <v>1557</v>
       </c>
       <c r="E506" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" s="1" t="s">
-        <v>1078</v>
+        <v>1064</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="D507" s="1">
-        <v>1497</v>
+        <v>1562</v>
       </c>
       <c r="E507" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" s="1" t="s">
-        <v>1079</v>
+        <v>1065</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="D508" s="1">
-        <v>1501</v>
+        <v>1565</v>
       </c>
       <c r="E508" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" s="1" t="s">
-        <v>1080</v>
+        <v>1066</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>90</v>
+        <v>42</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>235</v>
+        <v>43</v>
       </c>
       <c r="D509" s="1">
-        <v>1507</v>
+        <v>1569</v>
       </c>
       <c r="E509" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" s="1" t="s">
-        <v>1081</v>
+        <v>1067</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1082</v>
+        <v>54</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1083</v>
+        <v>127</v>
       </c>
       <c r="D510" s="1">
-        <v>1508</v>
+        <v>1571</v>
       </c>
       <c r="E510" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" s="1" t="s">
-        <v>1084</v>
+        <v>1068</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1082</v>
+        <v>260</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1085</v>
+        <v>1069</v>
       </c>
       <c r="D511" s="1">
-        <v>1509</v>
+        <v>1573</v>
       </c>
       <c r="E511" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" s="1" t="s">
-        <v>1086</v>
+        <v>1070</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>124</v>
+        <v>38</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>125</v>
+        <v>925</v>
       </c>
       <c r="D512" s="1">
-        <v>1512</v>
+        <v>1574</v>
       </c>
       <c r="E512" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" s="1" t="s">
-        <v>1087</v>
+        <v>1071</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>16</v>
+        <v>1072</v>
       </c>
       <c r="D513" s="1">
-        <v>1513</v>
+        <v>1579</v>
       </c>
       <c r="E513" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" s="1" t="s">
-        <v>1088</v>
+        <v>1073</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>646</v>
+        <v>16</v>
       </c>
       <c r="D514" s="1">
-        <v>1519</v>
+        <v>1580</v>
       </c>
       <c r="E514" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" s="1" t="s">
-        <v>1089</v>
+        <v>1074</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>16</v>
+        <v>919</v>
       </c>
       <c r="D515" s="1">
-        <v>1520</v>
+        <v>1582</v>
       </c>
       <c r="E515" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" s="1" t="s">
-        <v>1090</v>
+        <v>1075</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>22</v>
+        <v>253</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>33</v>
+        <v>254</v>
       </c>
       <c r="D516" s="1">
-        <v>1522</v>
+        <v>1583</v>
       </c>
       <c r="E516" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" s="1" t="s">
-        <v>1091</v>
+        <v>1076</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D517" s="1">
-        <v>1526</v>
+        <v>1584</v>
       </c>
       <c r="E517" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" s="1" t="s">
-        <v>1092</v>
+        <v>1077</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>76</v>
+        <v>461</v>
       </c>
       <c r="D518" s="1">
-        <v>1527</v>
+        <v>1588</v>
       </c>
       <c r="E518" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" s="1" t="s">
-        <v>1093</v>
+        <v>1078</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>329</v>
+        <v>578</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1094</v>
+        <v>860</v>
       </c>
       <c r="D519" s="1">
-        <v>1528</v>
+        <v>1589</v>
       </c>
       <c r="E519" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" s="1" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="D520" s="1">
-        <v>1531</v>
+        <v>1593</v>
       </c>
       <c r="E520" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" s="1" t="s">
-        <v>1096</v>
+        <v>1080</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>293</v>
+        <v>38</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1097</v>
+        <v>608</v>
       </c>
       <c r="D521" s="1">
-        <v>1533</v>
+        <v>1594</v>
       </c>
       <c r="E521" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" s="1" t="s">
-        <v>1098</v>
+        <v>1081</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D522" s="1">
-        <v>1536</v>
+        <v>1598</v>
       </c>
       <c r="E522" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" s="1" t="s">
-        <v>1099</v>
+        <v>1082</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>16</v>
+        <v>804</v>
       </c>
       <c r="D523" s="1">
-        <v>1537</v>
+        <v>1600</v>
       </c>
       <c r="E523" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" s="1" t="s">
-        <v>1100</v>
+        <v>1083</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D524" s="1">
-        <v>1539</v>
+        <v>1602</v>
       </c>
       <c r="E524" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" s="1" t="s">
-        <v>1101</v>
+        <v>1084</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>759</v>
+        <v>76</v>
       </c>
       <c r="D525" s="1">
-        <v>1540</v>
+        <v>1606</v>
       </c>
       <c r="E525" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" s="1" t="s">
-        <v>1102</v>
+        <v>1085</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D526" s="1">
-        <v>1542</v>
+        <v>1610</v>
       </c>
       <c r="E526" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" s="1" t="s">
-        <v>1103</v>
+        <v>1086</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>759</v>
+        <v>1087</v>
       </c>
       <c r="D527" s="1">
-        <v>1550</v>
+        <v>1612</v>
       </c>
       <c r="E527" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" s="1" t="s">
-        <v>1104</v>
+        <v>1088</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>403</v>
+        <v>15</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1105</v>
+        <v>16</v>
       </c>
       <c r="D528" s="1">
-        <v>1551</v>
+        <v>1613</v>
       </c>
       <c r="E528" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" s="1" t="s">
-        <v>1106</v>
+        <v>1089</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>16</v>
+        <v>1003</v>
       </c>
       <c r="D529" s="1">
-        <v>1554</v>
+        <v>1614</v>
       </c>
       <c r="E529" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" s="1" t="s">
-        <v>1107</v>
+        <v>1090</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>28</v>
+        <v>464</v>
       </c>
       <c r="D530" s="1">
-        <v>1557</v>
+        <v>1616</v>
       </c>
       <c r="E530" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" s="1" t="s">
-        <v>1108</v>
+        <v>1091</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D531" s="1">
-        <v>1562</v>
+        <v>1621</v>
       </c>
       <c r="E531" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" s="1" t="s">
-        <v>1109</v>
+        <v>1092</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>124</v>
+        <v>205</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>125</v>
+        <v>1093</v>
       </c>
       <c r="D532" s="1">
-        <v>1565</v>
+        <v>1622</v>
       </c>
       <c r="E532" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" s="1" t="s">
-        <v>1110</v>
+        <v>1094</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>43</v>
+        <v>130</v>
       </c>
       <c r="D533" s="1">
-        <v>1569</v>
+        <v>1626</v>
       </c>
       <c r="E533" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" s="1" t="s">
-        <v>1111</v>
+        <v>1095</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>136</v>
+        <v>1096</v>
       </c>
       <c r="D534" s="1">
-        <v>1571</v>
+        <v>1627</v>
       </c>
       <c r="E534" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" s="1" t="s">
-        <v>1112</v>
+        <v>1097</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>279</v>
+        <v>244</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1113</v>
+        <v>338</v>
       </c>
       <c r="D535" s="1">
-        <v>1573</v>
+        <v>1629</v>
       </c>
       <c r="E535" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" s="1" t="s">
-        <v>1114</v>
+        <v>1098</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>967</v>
+        <v>436</v>
       </c>
       <c r="D536" s="1">
-        <v>1574</v>
+        <v>1630</v>
       </c>
       <c r="E536" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" s="1" t="s">
-        <v>1115</v>
+        <v>1099</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1116</v>
+        <v>461</v>
       </c>
       <c r="D537" s="1">
-        <v>1579</v>
+        <v>1631</v>
       </c>
       <c r="E537" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" s="1" t="s">
-        <v>1117</v>
+        <v>1100</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D538" s="1">
-        <v>1580</v>
+        <v>1633</v>
       </c>
       <c r="E538" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" s="1" t="s">
-        <v>1118</v>
+        <v>1101</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>129</v>
+        <v>16</v>
       </c>
       <c r="D539" s="1">
-        <v>1582</v>
+        <v>1639</v>
       </c>
       <c r="E539" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" s="1" t="s">
-        <v>1119</v>
+        <v>1102</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>272</v>
+        <v>15</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>273</v>
+        <v>16</v>
       </c>
       <c r="D540" s="1">
-        <v>1583</v>
+        <v>1640</v>
       </c>
       <c r="E540" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" s="1" t="s">
-        <v>1120</v>
+        <v>1103</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>184</v>
+        <v>404</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>185</v>
+        <v>1104</v>
       </c>
       <c r="D541" s="1">
-        <v>1584</v>
+        <v>1644</v>
       </c>
       <c r="E541" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" s="1" t="s">
-        <v>1121</v>
+        <v>1105</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>16</v>
+        <v>925</v>
       </c>
       <c r="D542" s="1">
-        <v>1587</v>
+        <v>1646</v>
       </c>
       <c r="E542" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" s="1" t="s">
-        <v>1122</v>
+        <v>1106</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>184</v>
+        <v>38</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>185</v>
+        <v>925</v>
       </c>
       <c r="D543" s="1">
-        <v>1588</v>
+        <v>1650</v>
       </c>
       <c r="E543" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" s="1" t="s">
-        <v>1123</v>
+        <v>1107</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>608</v>
+        <v>54</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>899</v>
+        <v>127</v>
       </c>
       <c r="D544" s="1">
-        <v>1589</v>
+        <v>1654</v>
       </c>
       <c r="E544" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" s="1" t="s">
-        <v>1124</v>
+        <v>1108</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>28</v>
+        <v>1109</v>
       </c>
       <c r="D545" s="1">
-        <v>1593</v>
+        <v>1660</v>
       </c>
       <c r="E545" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" s="1" t="s">
-        <v>1125</v>
+        <v>1110</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>38</v>
+        <v>90</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>641</v>
+        <v>853</v>
       </c>
       <c r="D546" s="1">
-        <v>1594</v>
+        <v>1661</v>
       </c>
       <c r="E546" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" s="1" t="s">
-        <v>1126</v>
+        <v>1111</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>16</v>
+        <v>1112</v>
       </c>
       <c r="D547" s="1">
-        <v>1598</v>
+        <v>1662</v>
       </c>
       <c r="E547" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" s="1" t="s">
-        <v>1127</v>
+        <v>1113</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>838</v>
+        <v>43</v>
       </c>
       <c r="D548" s="1">
-        <v>1600</v>
+        <v>1663</v>
       </c>
       <c r="E548" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" s="1" t="s">
-        <v>1128</v>
+        <v>1114</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D549" s="1">
-        <v>1602</v>
+        <v>1664</v>
       </c>
       <c r="E549" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" s="1" t="s">
-        <v>1129</v>
+        <v>1115</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>98</v>
+        <v>1116</v>
       </c>
       <c r="D550" s="1">
-        <v>1605</v>
+        <v>1665</v>
       </c>
       <c r="E550" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" s="1" t="s">
-        <v>1130</v>
+        <v>1117</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D551" s="1">
-        <v>1606</v>
+        <v>1667</v>
       </c>
       <c r="E551" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" s="1" t="s">
-        <v>1131</v>
+        <v>1118</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D552" s="1">
-        <v>1610</v>
+        <v>1668</v>
       </c>
       <c r="E552" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" s="1" t="s">
-        <v>1132</v>
+        <v>1119</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>403</v>
+        <v>90</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1133</v>
+        <v>1120</v>
       </c>
       <c r="D553" s="1">
-        <v>1611</v>
+        <v>1673</v>
       </c>
       <c r="E553" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" s="1" t="s">
-        <v>1134</v>
+        <v>1121</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>72</v>
+        <v>310</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>1135</v>
+        <v>1122</v>
       </c>
       <c r="D554" s="1">
-        <v>1612</v>
+        <v>1675</v>
       </c>
       <c r="E554" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" s="1" t="s">
-        <v>1136</v>
+        <v>1123</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>16</v>
+        <v>1124</v>
       </c>
       <c r="D555" s="1">
-        <v>1613</v>
+        <v>1680</v>
       </c>
       <c r="E555" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" s="1" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>118</v>
+        <v>48</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>1044</v>
+        <v>1126</v>
       </c>
       <c r="D556" s="1">
-        <v>1614</v>
+        <v>1686</v>
       </c>
       <c r="E556" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" s="1" t="s">
-        <v>1138</v>
+        <v>1127</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>184</v>
+        <v>60</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>490</v>
+        <v>847</v>
       </c>
       <c r="D557" s="1">
-        <v>1616</v>
+        <v>1687</v>
       </c>
       <c r="E557" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" s="1" t="s">
-        <v>1139</v>
+        <v>1128</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>15</v>
+        <v>944</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>16</v>
+        <v>945</v>
       </c>
       <c r="D558" s="1">
-        <v>1621</v>
+        <v>1689</v>
       </c>
       <c r="E558" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" s="1" t="s">
-        <v>1140</v>
+        <v>1129</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>225</v>
+        <v>72</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1141</v>
+        <v>1130</v>
       </c>
       <c r="D559" s="1">
-        <v>1622</v>
+        <v>1690</v>
       </c>
       <c r="E559" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" s="1" t="s">
-        <v>1142</v>
+        <v>1131</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="D560" s="1">
-        <v>1623</v>
+        <v>1691</v>
       </c>
       <c r="E560" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" s="1" t="s">
-        <v>1143</v>
+        <v>1132</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>139</v>
+        <v>55</v>
       </c>
       <c r="D561" s="1">
-        <v>1626</v>
+        <v>1692</v>
       </c>
       <c r="E561" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" s="1" t="s">
-        <v>1144</v>
+        <v>1133</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1145</v>
+        <v>919</v>
       </c>
       <c r="D562" s="1">
-        <v>1627</v>
+        <v>1693</v>
       </c>
       <c r="E562" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" s="1" t="s">
-        <v>1146</v>
+        <v>1134</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>361</v>
+        <v>55</v>
       </c>
       <c r="D563" s="1">
-        <v>1629</v>
+        <v>1696</v>
       </c>
       <c r="E563" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" s="1" t="s">
-        <v>1147</v>
+        <v>1135</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>462</v>
+        <v>55</v>
       </c>
       <c r="D564" s="1">
-        <v>1630</v>
+        <v>1697</v>
       </c>
       <c r="E564" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" s="1" t="s">
-        <v>1148</v>
+        <v>1136</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>185</v>
+        <v>127</v>
       </c>
       <c r="D565" s="1">
-        <v>1631</v>
+        <v>1699</v>
       </c>
       <c r="E565" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" s="1" t="s">
-        <v>1149</v>
+        <v>1137</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>55</v>
+        <v>933</v>
       </c>
       <c r="D566" s="1">
-        <v>1633</v>
+        <v>1701</v>
       </c>
       <c r="E566" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" s="1" t="s">
-        <v>1150</v>
+        <v>1138</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>16</v>
+        <v>625</v>
       </c>
       <c r="D567" s="1">
-        <v>1639</v>
+        <v>1704</v>
       </c>
       <c r="E567" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" s="1" t="s">
-        <v>1151</v>
+        <v>1139</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>16</v>
+        <v>311</v>
       </c>
       <c r="D568" s="1">
-        <v>1640</v>
+        <v>1712</v>
       </c>
       <c r="E568" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" s="1" t="s">
-        <v>1152</v>
+        <v>1140</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>430</v>
+        <v>578</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1153</v>
+        <v>1141</v>
       </c>
       <c r="D569" s="1">
-        <v>1644</v>
+        <v>1714</v>
       </c>
       <c r="E569" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" s="1" t="s">
-        <v>1154</v>
+        <v>1142</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>967</v>
+        <v>16</v>
       </c>
       <c r="D570" s="1">
-        <v>1646</v>
+        <v>1722</v>
       </c>
       <c r="E570" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" s="1" t="s">
-        <v>1155</v>
+        <v>1143</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>38</v>
+        <v>460</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>967</v>
+        <v>461</v>
       </c>
       <c r="D571" s="1">
-        <v>1650</v>
+        <v>1725</v>
       </c>
       <c r="E571" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" s="1" t="s">
-        <v>1156</v>
+        <v>1144</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D572" s="1">
-        <v>1654</v>
+        <v>1729</v>
       </c>
       <c r="E572" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" s="1" t="s">
-        <v>1157</v>
+        <v>1145</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>276</v>
+        <v>228</v>
       </c>
       <c r="D573" s="1">
-        <v>1657</v>
+        <v>1730</v>
       </c>
       <c r="E573" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" s="1" t="s">
-        <v>1158</v>
+        <v>1146</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>38</v>
+        <v>310</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1159</v>
+        <v>311</v>
       </c>
       <c r="D574" s="1">
-        <v>1660</v>
+        <v>1731</v>
       </c>
       <c r="E574" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" s="1" t="s">
-        <v>1160</v>
+        <v>1147</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>892</v>
+        <v>55</v>
       </c>
       <c r="D575" s="1">
-        <v>1661</v>
+        <v>1735</v>
       </c>
       <c r="E575" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" s="1" t="s">
-        <v>1161</v>
+        <v>1148</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>320</v>
+        <v>94</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>1162</v>
+        <v>1149</v>
       </c>
       <c r="D576" s="1">
-        <v>1662</v>
+        <v>1737</v>
       </c>
       <c r="E576" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" s="1" t="s">
-        <v>1163</v>
+        <v>1150</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>43</v>
+        <v>383</v>
       </c>
       <c r="D577" s="1">
-        <v>1663</v>
+        <v>1738</v>
       </c>
       <c r="E577" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" s="1" t="s">
-        <v>1164</v>
+        <v>1151</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D578" s="1">
-        <v>1664</v>
+        <v>1743</v>
       </c>
       <c r="E578" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" s="1" t="s">
-        <v>1165</v>
+        <v>1152</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>11</v>
+        <v>980</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>1166</v>
+        <v>981</v>
       </c>
       <c r="D579" s="1">
-        <v>1665</v>
+        <v>1744</v>
       </c>
       <c r="E579" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" s="1" t="s">
-        <v>1167</v>
+        <v>1153</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>76</v>
+        <v>917</v>
       </c>
       <c r="D580" s="1">
-        <v>1667</v>
+        <v>1745</v>
       </c>
       <c r="E580" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" s="1" t="s">
-        <v>1168</v>
+        <v>1154</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>16</v>
+        <v>1155</v>
       </c>
       <c r="D581" s="1">
-        <v>1668</v>
+        <v>1746</v>
       </c>
       <c r="E581" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" s="1" t="s">
-        <v>1169</v>
+        <v>1156</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D582" s="1">
-        <v>1670</v>
+        <v>1753</v>
       </c>
       <c r="E582" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" s="1" t="s">
-        <v>1170</v>
+        <v>1157</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>90</v>
+        <v>42</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>1171</v>
+        <v>43</v>
       </c>
       <c r="D583" s="1">
-        <v>1673</v>
+        <v>1754</v>
       </c>
       <c r="E583" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" s="1" t="s">
-        <v>1172</v>
+        <v>1158</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>329</v>
+        <v>15</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>1094</v>
+        <v>16</v>
       </c>
       <c r="D584" s="1">
-        <v>1675</v>
+        <v>1755</v>
       </c>
       <c r="E584" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" s="1" t="s">
-        <v>1173</v>
+        <v>1159</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>1174</v>
+        <v>16</v>
       </c>
       <c r="D585" s="1">
-        <v>1680</v>
+        <v>1759</v>
       </c>
       <c r="E585" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" s="1" t="s">
-        <v>1175</v>
+        <v>1160</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>1176</v>
+        <v>436</v>
       </c>
       <c r="D586" s="1">
-        <v>1686</v>
+        <v>1762</v>
       </c>
       <c r="E586" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" s="1" t="s">
-        <v>1177</v>
+        <v>1161</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>885</v>
+        <v>1162</v>
       </c>
       <c r="D587" s="1">
-        <v>1687</v>
+        <v>1764</v>
       </c>
       <c r="E587" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" s="1" t="s">
-        <v>1178</v>
+        <v>1163</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>985</v>
+        <v>15</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>986</v>
+        <v>16</v>
       </c>
       <c r="D588" s="1">
-        <v>1689</v>
+        <v>1766</v>
       </c>
       <c r="E588" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" s="1" t="s">
-        <v>1179</v>
+        <v>1164</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>1180</v>
+        <v>28</v>
       </c>
       <c r="D589" s="1">
-        <v>1690</v>
+        <v>1767</v>
       </c>
       <c r="E589" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" s="1" t="s">
-        <v>1181</v>
+        <v>1165</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>61</v>
+        <v>724</v>
       </c>
       <c r="D590" s="1">
-        <v>1691</v>
+        <v>1768</v>
       </c>
       <c r="E590" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" s="1" t="s">
-        <v>1182</v>
+        <v>1166</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>55</v>
+        <v>291</v>
       </c>
       <c r="D591" s="1">
-        <v>1692</v>
+        <v>1772</v>
       </c>
       <c r="E591" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" s="1" t="s">
-        <v>1183</v>
+        <v>1167</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>129</v>
+        <v>16</v>
       </c>
       <c r="D592" s="1">
-        <v>1693</v>
+        <v>1773</v>
       </c>
       <c r="E592" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" s="1" t="s">
-        <v>1184</v>
+        <v>1168</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>55</v>
+        <v>988</v>
       </c>
       <c r="D593" s="1">
-        <v>1696</v>
+        <v>1777</v>
       </c>
       <c r="E593" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" s="1" t="s">
-        <v>1185</v>
+        <v>1169</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D594" s="1">
-        <v>1697</v>
+        <v>1779</v>
       </c>
       <c r="E594" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" s="1" t="s">
-        <v>1186</v>
+        <v>1170</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>136</v>
+        <v>374</v>
       </c>
       <c r="D595" s="1">
-        <v>1699</v>
+        <v>1781</v>
       </c>
       <c r="E595" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" s="1" t="s">
-        <v>1187</v>
+        <v>1171</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>90</v>
+        <v>487</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>580</v>
+        <v>1172</v>
       </c>
       <c r="D596" s="1">
-        <v>1701</v>
+        <v>1782</v>
       </c>
       <c r="E596" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" s="1" t="s">
-        <v>1188</v>
+        <v>1173</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>660</v>
+        <v>602</v>
       </c>
       <c r="D597" s="1">
-        <v>1704</v>
+        <v>1784</v>
       </c>
       <c r="E597" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" s="1" t="s">
-        <v>1189</v>
+        <v>1174</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>329</v>
+        <v>54</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>330</v>
+        <v>127</v>
       </c>
       <c r="D598" s="1">
-        <v>1712</v>
+        <v>1785</v>
       </c>
       <c r="E598" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" s="1" t="s">
-        <v>1190</v>
+        <v>1175</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>608</v>
+        <v>54</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>1191</v>
+        <v>335</v>
       </c>
       <c r="D599" s="1">
-        <v>1714</v>
+        <v>1789</v>
       </c>
       <c r="E599" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" s="1" t="s">
-        <v>1192</v>
+        <v>1176</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D600" s="1">
-        <v>1722</v>
+        <v>1790</v>
       </c>
       <c r="E600" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" s="1" t="s">
-        <v>1193</v>
+        <v>1177</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>185</v>
+        <v>76</v>
       </c>
       <c r="D601" s="1">
-        <v>1725</v>
+        <v>1793</v>
       </c>
       <c r="E601" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" s="1" t="s">
-        <v>1194</v>
+        <v>1178</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D602" s="1">
-        <v>1729</v>
+        <v>1794</v>
       </c>
       <c r="E602" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" s="1" t="s">
-        <v>1195</v>
+        <v>1179</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>248</v>
+        <v>16</v>
       </c>
       <c r="D603" s="1">
-        <v>1730</v>
+        <v>1795</v>
       </c>
       <c r="E603" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" s="1" t="s">
-        <v>1196</v>
+        <v>1180</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>329</v>
+        <v>72</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>330</v>
+        <v>225</v>
       </c>
       <c r="D604" s="1">
-        <v>1731</v>
+        <v>1796</v>
       </c>
       <c r="E604" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" s="1" t="s">
-        <v>1197</v>
+        <v>1181</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>54</v>
+        <v>404</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>55</v>
+        <v>807</v>
       </c>
       <c r="D605" s="1">
-        <v>1735</v>
+        <v>1798</v>
       </c>
       <c r="E605" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" s="1" t="s">
-        <v>1198</v>
+        <v>1182</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>1199</v>
+        <v>925</v>
       </c>
       <c r="D606" s="1">
-        <v>1737</v>
+        <v>1800</v>
       </c>
       <c r="E606" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" s="1" t="s">
-        <v>1200</v>
+        <v>1183</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>409</v>
+        <v>16</v>
       </c>
       <c r="D607" s="1">
-        <v>1738</v>
+        <v>1801</v>
       </c>
       <c r="E607" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" s="1" t="s">
-        <v>1201</v>
+        <v>1184</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C608" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D608" s="1">
-        <v>1743</v>
+        <v>1807</v>
       </c>
       <c r="E608" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" s="1" t="s">
-        <v>1202</v>
+        <v>1185</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>1021</v>
+        <v>90</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1022</v>
+        <v>164</v>
       </c>
       <c r="D609" s="1">
-        <v>1744</v>
+        <v>1824</v>
       </c>
       <c r="E609" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" s="1" t="s">
-        <v>1203</v>
+        <v>1186</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>960</v>
+        <v>498</v>
       </c>
       <c r="D610" s="1">
-        <v>1745</v>
+        <v>1825</v>
       </c>
       <c r="E610" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" s="1" t="s">
-        <v>1204</v>
+        <v>1187</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1205</v>
+        <v>16</v>
       </c>
       <c r="D611" s="1">
-        <v>1746</v>
+        <v>1828</v>
       </c>
       <c r="E611" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" s="1" t="s">
-        <v>1206</v>
+        <v>1188</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="D612" s="1">
-        <v>1753</v>
+        <v>1829</v>
       </c>
       <c r="E612" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" s="1" t="s">
-        <v>1207</v>
+        <v>1189</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="D613" s="1">
-        <v>1754</v>
+        <v>1830</v>
       </c>
       <c r="E613" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" s="1" t="s">
-        <v>1208</v>
+        <v>1190</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>16</v>
+        <v>891</v>
       </c>
       <c r="D614" s="1">
-        <v>1755</v>
+        <v>1836</v>
       </c>
       <c r="E614" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" s="1" t="s">
-        <v>1209</v>
+        <v>1191</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>15</v>
+        <v>377</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>16</v>
+        <v>1192</v>
       </c>
       <c r="D615" s="1">
-        <v>1759</v>
+        <v>1838</v>
       </c>
       <c r="E615" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" s="1" t="s">
-        <v>1210</v>
+        <v>1193</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>462</v>
+        <v>1194</v>
       </c>
       <c r="D616" s="1">
-        <v>1762</v>
+        <v>1841</v>
       </c>
       <c r="E616" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" s="1" t="s">
-        <v>1211</v>
+        <v>1195</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>118</v>
+        <v>244</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1212</v>
+        <v>245</v>
       </c>
       <c r="D617" s="1">
-        <v>1764</v>
+        <v>1843</v>
       </c>
       <c r="E617" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" s="1" t="s">
-        <v>1213</v>
+        <v>1196</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>16</v>
+        <v>498</v>
       </c>
       <c r="D618" s="1">
-        <v>1766</v>
+        <v>1853</v>
       </c>
       <c r="E618" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" s="1" t="s">
-        <v>1214</v>
+        <v>1197</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D619" s="1">
-        <v>1767</v>
+        <v>1854</v>
       </c>
       <c r="E619" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" s="1" t="s">
-        <v>1215</v>
+        <v>1198</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>759</v>
+        <v>98</v>
       </c>
       <c r="D620" s="1">
-        <v>1768</v>
+        <v>1855</v>
       </c>
       <c r="E620" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" s="1" t="s">
-        <v>1216</v>
+        <v>1199</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>15</v>
+        <v>205</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>16</v>
+        <v>1093</v>
       </c>
       <c r="D621" s="1">
-        <v>1769</v>
+        <v>1856</v>
       </c>
       <c r="E621" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" s="1" t="s">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>310</v>
+        <v>1201</v>
       </c>
       <c r="D622" s="1">
-        <v>1772</v>
+        <v>1859</v>
       </c>
       <c r="E622" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" s="1" t="s">
-        <v>1218</v>
+        <v>1202</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>16</v>
+        <v>543</v>
       </c>
       <c r="D623" s="1">
-        <v>1773</v>
+        <v>1862</v>
       </c>
       <c r="E623" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" s="1" t="s">
-        <v>1219</v>
+        <v>1203</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1029</v>
+        <v>16</v>
       </c>
       <c r="D624" s="1">
-        <v>1777</v>
+        <v>1864</v>
       </c>
       <c r="E624" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" s="1" t="s">
-        <v>1220</v>
+        <v>1204</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>16</v>
+        <v>1205</v>
       </c>
       <c r="D625" s="1">
-        <v>1779</v>
+        <v>1865</v>
       </c>
       <c r="E625" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" s="1" t="s">
-        <v>1221</v>
+        <v>1206</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>400</v>
+        <v>108</v>
       </c>
       <c r="D626" s="1">
-        <v>1781</v>
+        <v>1866</v>
       </c>
       <c r="E626" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627" s="1" t="s">
-        <v>1222</v>
+        <v>1207</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>513</v>
+        <v>119</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1223</v>
+        <v>1208</v>
       </c>
       <c r="D627" s="1">
-        <v>1782</v>
+        <v>1874</v>
       </c>
       <c r="E627" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628" s="1" t="s">
-        <v>1224</v>
+        <v>1209</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>538</v>
+        <v>988</v>
       </c>
       <c r="D628" s="1">
-        <v>1784</v>
+        <v>1877</v>
       </c>
       <c r="E628" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" s="1" t="s">
-        <v>1225</v>
+        <v>1210</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>136</v>
+        <v>602</v>
       </c>
       <c r="D629" s="1">
-        <v>1785</v>
+        <v>1878</v>
       </c>
       <c r="E629" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" s="1" t="s">
-        <v>1226</v>
+        <v>1211</v>
       </c>
       <c r="B630" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>660</v>
+        <v>498</v>
       </c>
       <c r="D630" s="1">
-        <v>1788</v>
+        <v>1881</v>
       </c>
       <c r="E630" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" s="1" t="s">
-        <v>1227</v>
+        <v>1212</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>358</v>
+        <v>595</v>
       </c>
       <c r="D631" s="1">
-        <v>1789</v>
+        <v>1884</v>
       </c>
       <c r="E631" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" s="1" t="s">
-        <v>1228</v>
+        <v>1213</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>139</v>
+        <v>1214</v>
       </c>
       <c r="D632" s="1">
-        <v>1790</v>
+        <v>1885</v>
       </c>
       <c r="E632" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" s="1" t="s">
-        <v>1229</v>
+        <v>1215</v>
       </c>
       <c r="B633" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>76</v>
+        <v>127</v>
       </c>
       <c r="D633" s="1">
-        <v>1793</v>
+        <v>1887</v>
       </c>
       <c r="E633" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" s="1" t="s">
-        <v>1230</v>
+        <v>1216</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>139</v>
+        <v>807</v>
       </c>
       <c r="D634" s="1">
-        <v>1794</v>
+        <v>1890</v>
       </c>
       <c r="E634" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="635" spans="1:5">
       <c r="A635" s="1" t="s">
-        <v>1231</v>
+        <v>1217</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>16</v>
+        <v>925</v>
       </c>
       <c r="D635" s="1">
-        <v>1795</v>
+        <v>1891</v>
       </c>
       <c r="E635" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" s="1" t="s">
-        <v>1232</v>
+        <v>1218</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>245</v>
+        <v>16</v>
       </c>
       <c r="D636" s="1">
-        <v>1796</v>
+        <v>1892</v>
       </c>
       <c r="E636" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="637" spans="1:5">
       <c r="A637" s="1" t="s">
-        <v>1233</v>
+        <v>1219</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>430</v>
+        <v>54</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>841</v>
+        <v>55</v>
       </c>
       <c r="D637" s="1">
-        <v>1798</v>
+        <v>1894</v>
       </c>
       <c r="E637" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="638" spans="1:5">
       <c r="A638" s="1" t="s">
-        <v>1234</v>
+        <v>1220</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>967</v>
+        <v>16</v>
       </c>
       <c r="D638" s="1">
-        <v>1800</v>
+        <v>1897</v>
       </c>
       <c r="E638" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="639" spans="1:5">
       <c r="A639" s="1" t="s">
-        <v>1235</v>
+        <v>1221</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>16</v>
+        <v>1222</v>
       </c>
       <c r="D639" s="1">
-        <v>1801</v>
+        <v>1899</v>
       </c>
       <c r="E639" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="640" spans="1:5">
       <c r="A640" s="1" t="s">
-        <v>1236</v>
+        <v>1223</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>16</v>
+        <v>1224</v>
       </c>
       <c r="D640" s="1">
-        <v>1807</v>
+        <v>1900</v>
       </c>
       <c r="E640" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="641" spans="1:5">
       <c r="A641" s="1" t="s">
-        <v>1237</v>
+        <v>1225</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>176</v>
+        <v>1226</v>
       </c>
       <c r="D641" s="1">
-        <v>1824</v>
+        <v>1905</v>
       </c>
       <c r="E641" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="642" spans="1:5">
       <c r="A642" s="1" t="s">
-        <v>1238</v>
+        <v>1227</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>98</v>
+        <v>1228</v>
       </c>
       <c r="D642" s="1">
-        <v>1825</v>
+        <v>1908</v>
       </c>
       <c r="E642" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="643" spans="1:5">
       <c r="A643" s="1" t="s">
-        <v>1239</v>
+        <v>1229</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>16</v>
+        <v>436</v>
       </c>
       <c r="D643" s="1">
-        <v>1828</v>
+        <v>1910</v>
       </c>
       <c r="E643" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="644" spans="1:5">
       <c r="A644" s="1" t="s">
-        <v>1240</v>
+        <v>1230</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>43</v>
+        <v>1231</v>
       </c>
       <c r="D644" s="1">
-        <v>1829</v>
+        <v>1912</v>
       </c>
       <c r="E644" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="645" spans="1:5">
       <c r="A645" s="1" t="s">
-        <v>1241</v>
+        <v>1232</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>72</v>
+        <v>460</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>73</v>
+        <v>1233</v>
       </c>
       <c r="D645" s="1">
-        <v>1830</v>
+        <v>1913</v>
       </c>
       <c r="E645" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="646" spans="1:5">
       <c r="A646" s="1" t="s">
-        <v>1242</v>
+        <v>1234</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>931</v>
+        <v>16</v>
       </c>
       <c r="D646" s="1">
-        <v>1836</v>
+        <v>1914</v>
       </c>
       <c r="E646" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="647" spans="1:5">
       <c r="A647" s="1" t="s">
-        <v>1243</v>
+        <v>1235</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>403</v>
+        <v>90</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1244</v>
+        <v>1205</v>
       </c>
       <c r="D647" s="1">
-        <v>1838</v>
+        <v>1921</v>
       </c>
       <c r="E647" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="648" spans="1:5">
       <c r="A648" s="1" t="s">
-        <v>1245</v>
+        <v>1236</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>985</v>
+        <v>460</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1246</v>
+        <v>865</v>
       </c>
       <c r="D648" s="1">
-        <v>1841</v>
+        <v>1923</v>
       </c>
       <c r="E648" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="649" spans="1:5">
       <c r="A649" s="1" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>264</v>
+        <v>625</v>
       </c>
       <c r="D649" s="1">
-        <v>1843</v>
+        <v>1924</v>
       </c>
       <c r="E649" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="650" spans="1:5">
       <c r="A650" s="1" t="s">
-        <v>1248</v>
+        <v>1238</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>538</v>
+        <v>76</v>
       </c>
       <c r="D650" s="1">
-        <v>1850</v>
+        <v>1925</v>
       </c>
       <c r="E650" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="651" spans="1:5">
       <c r="A651" s="1" t="s">
-        <v>1249</v>
+        <v>1239</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>98</v>
+        <v>127</v>
       </c>
       <c r="D651" s="1">
-        <v>1853</v>
+        <v>1927</v>
       </c>
       <c r="E651" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="652" spans="1:5">
       <c r="A652" s="1" t="s">
-        <v>1250</v>
+        <v>1240</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D652" s="1">
-        <v>1854</v>
+        <v>1928</v>
       </c>
       <c r="E652" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="653" spans="1:5">
       <c r="A653" s="1" t="s">
-        <v>1251</v>
+        <v>1241</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>101</v>
+        <v>1242</v>
       </c>
       <c r="D653" s="1">
-        <v>1855</v>
+        <v>1929</v>
       </c>
       <c r="E653" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="654" spans="1:5">
       <c r="A654" s="1" t="s">
-        <v>1252</v>
+        <v>1243</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>225</v>
+        <v>15</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>1141</v>
+        <v>16</v>
       </c>
       <c r="D654" s="1">
-        <v>1856</v>
+        <v>1936</v>
       </c>
       <c r="E654" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="655" spans="1:5">
       <c r="A655" s="1" t="s">
-        <v>1253</v>
+        <v>1244</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1254</v>
+        <v>717</v>
       </c>
       <c r="D655" s="1">
-        <v>1859</v>
+        <v>1938</v>
       </c>
       <c r="E655" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="656" spans="1:5">
       <c r="A656" s="1" t="s">
-        <v>1255</v>
+        <v>1245</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>329</v>
+        <v>72</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>570</v>
+        <v>241</v>
       </c>
       <c r="D656" s="1">
-        <v>1862</v>
+        <v>1940</v>
       </c>
       <c r="E656" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="657" spans="1:5">
       <c r="A657" s="1" t="s">
-        <v>1256</v>
+        <v>1246</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D657" s="1">
-        <v>1864</v>
+        <v>1942</v>
       </c>
       <c r="E657" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="658" spans="1:5">
       <c r="A658" s="1" t="s">
-        <v>1257</v>
+        <v>1247</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>1258</v>
+        <v>127</v>
       </c>
       <c r="D658" s="1">
-        <v>1865</v>
+        <v>1943</v>
       </c>
       <c r="E658" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="659" spans="1:5">
       <c r="A659" s="1" t="s">
-        <v>1259</v>
+        <v>1248</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>90</v>
+        <v>326</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>111</v>
+        <v>936</v>
       </c>
       <c r="D659" s="1">
-        <v>1866</v>
+        <v>1945</v>
       </c>
       <c r="E659" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="660" spans="1:5">
       <c r="A660" s="1" t="s">
-        <v>1260</v>
+        <v>1249</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>124</v>
+        <v>244</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>1261</v>
+        <v>245</v>
       </c>
       <c r="D660" s="1">
-        <v>1874</v>
+        <v>1946</v>
       </c>
       <c r="E660" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="661" spans="1:5">
       <c r="A661" s="1" t="s">
-        <v>1262</v>
+        <v>1250</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>72</v>
+        <v>460</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>1029</v>
+        <v>1251</v>
       </c>
       <c r="D661" s="1">
-        <v>1877</v>
+        <v>1949</v>
       </c>
       <c r="E661" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="662" spans="1:5">
       <c r="A662" s="1" t="s">
-        <v>1263</v>
+        <v>1252</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>538</v>
+        <v>1253</v>
       </c>
       <c r="D662" s="1">
-        <v>1878</v>
+        <v>1955</v>
       </c>
       <c r="E662" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="663" spans="1:5">
       <c r="A663" s="1" t="s">
-        <v>1264</v>
+        <v>1254</v>
       </c>
       <c r="B663" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="D663" s="1">
-        <v>1881</v>
+        <v>1956</v>
       </c>
       <c r="E663" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="664" spans="1:5">
       <c r="A664" s="1" t="s">
-        <v>1265</v>
+        <v>1255</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>625</v>
+        <v>130</v>
       </c>
       <c r="D664" s="1">
-        <v>1884</v>
+        <v>1957</v>
       </c>
       <c r="E664" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="665" spans="1:5">
       <c r="A665" s="1" t="s">
-        <v>1266</v>
+        <v>1256</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>1267</v>
+        <v>16</v>
       </c>
       <c r="D665" s="1">
-        <v>1885</v>
+        <v>1958</v>
       </c>
       <c r="E665" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="666" spans="1:5">
       <c r="A666" s="1" t="s">
-        <v>1268</v>
+        <v>1257</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>54</v>
+        <v>244</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>136</v>
+        <v>919</v>
       </c>
       <c r="D666" s="1">
-        <v>1887</v>
+        <v>1959</v>
       </c>
       <c r="E666" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="667" spans="1:5">
       <c r="A667" s="1" t="s">
-        <v>1269</v>
+        <v>1258</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>430</v>
+        <v>11</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>841</v>
+        <v>712</v>
       </c>
       <c r="D667" s="1">
-        <v>1890</v>
+        <v>1965</v>
       </c>
       <c r="E667" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="668" spans="1:5">
       <c r="A668" s="1" t="s">
-        <v>1270</v>
+        <v>1259</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>967</v>
+        <v>498</v>
       </c>
       <c r="D668" s="1">
-        <v>1891</v>
+        <v>1970</v>
       </c>
       <c r="E668" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="669" spans="1:5">
       <c r="A669" s="1" t="s">
-        <v>1271</v>
+        <v>1260</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D669" s="1">
-        <v>1892</v>
+        <v>1972</v>
       </c>
       <c r="E669" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="670" spans="1:5">
       <c r="A670" s="1" t="s">
-        <v>1272</v>
+        <v>1261</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>55</v>
+        <v>1072</v>
       </c>
       <c r="D670" s="1">
-        <v>1894</v>
+        <v>1973</v>
       </c>
       <c r="E670" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="671" spans="1:5">
       <c r="A671" s="1" t="s">
-        <v>1273</v>
+        <v>1262</v>
       </c>
       <c r="B671" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C671" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D671" s="1">
-        <v>1897</v>
+        <v>1974</v>
       </c>
       <c r="E671" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="672" spans="1:5">
       <c r="A672" s="1" t="s">
-        <v>1274</v>
+        <v>1263</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1275</v>
+        <v>1264</v>
       </c>
       <c r="D672" s="1">
-        <v>1899</v>
+        <v>1975</v>
       </c>
       <c r="E672" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="673" spans="1:5">
       <c r="A673" s="1" t="s">
-        <v>1276</v>
+        <v>1265</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1277</v>
+        <v>130</v>
       </c>
       <c r="D673" s="1">
-        <v>1900</v>
+        <v>1978</v>
       </c>
       <c r="E673" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="674" spans="1:5">
       <c r="A674" s="1" t="s">
-        <v>1278</v>
+        <v>1266</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>54</v>
+        <v>578</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>1279</v>
+        <v>950</v>
       </c>
       <c r="D674" s="1">
-        <v>1905</v>
+        <v>1980</v>
       </c>
       <c r="E674" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="675" spans="1:5">
       <c r="A675" s="1" t="s">
-        <v>1280</v>
+        <v>1267</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>60</v>
+        <v>533</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1281</v>
+        <v>1268</v>
       </c>
       <c r="D675" s="1">
-        <v>1908</v>
+        <v>1983</v>
       </c>
       <c r="E675" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="676" spans="1:5">
       <c r="A676" s="1" t="s">
-        <v>1282</v>
+        <v>1269</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>462</v>
+        <v>108</v>
       </c>
       <c r="D676" s="1">
-        <v>1910</v>
+        <v>1987</v>
       </c>
       <c r="E676" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="677" spans="1:5">
       <c r="A677" s="1" t="s">
-        <v>1283</v>
+        <v>1270</v>
       </c>
       <c r="B677" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>1284</v>
+        <v>1271</v>
       </c>
       <c r="D677" s="1">
-        <v>1912</v>
+        <v>1993</v>
       </c>
       <c r="E677" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="678" spans="1:5">
       <c r="A678" s="1" t="s">
-        <v>1285</v>
+        <v>1272</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>184</v>
+        <v>90</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1286</v>
+        <v>91</v>
       </c>
       <c r="D678" s="1">
-        <v>1913</v>
+        <v>1998</v>
       </c>
       <c r="E678" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="679" spans="1:5">
       <c r="A679" s="1" t="s">
-        <v>1287</v>
+        <v>1273</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>15</v>
+        <v>274</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>16</v>
+        <v>999</v>
       </c>
       <c r="D679" s="1">
-        <v>1914</v>
+        <v>1999</v>
       </c>
       <c r="E679" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="680" spans="1:5">
       <c r="A680" s="1" t="s">
-        <v>1288</v>
+        <v>1274</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1258</v>
+        <v>28</v>
       </c>
       <c r="D680" s="1">
-        <v>1921</v>
+        <v>2000</v>
       </c>
       <c r="E680" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="681" spans="1:5">
       <c r="A681" s="1" t="s">
-        <v>1289</v>
+        <v>1275</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>184</v>
+        <v>72</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>904</v>
+        <v>436</v>
       </c>
       <c r="D681" s="1">
-        <v>1923</v>
+        <v>2001</v>
       </c>
       <c r="E681" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="682" spans="1:5">
       <c r="A682" s="1" t="s">
-        <v>1290</v>
+        <v>1276</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>660</v>
+        <v>28</v>
       </c>
       <c r="D682" s="1">
-        <v>1924</v>
+        <v>2003</v>
       </c>
       <c r="E682" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="683" spans="1:5">
       <c r="A683" s="1" t="s">
-        <v>1291</v>
+        <v>1277</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D683" s="1">
-        <v>1925</v>
+        <v>2004</v>
       </c>
       <c r="E683" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="684" spans="1:5">
       <c r="A684" s="1" t="s">
-        <v>1292</v>
+        <v>1278</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>54</v>
+        <v>326</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>136</v>
+        <v>327</v>
       </c>
       <c r="D684" s="1">
-        <v>1927</v>
+        <v>2008</v>
       </c>
       <c r="E684" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="685" spans="1:5">
       <c r="A685" s="1" t="s">
-        <v>1293</v>
+        <v>1279</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>28</v>
+        <v>1280</v>
       </c>
       <c r="D685" s="1">
-        <v>1928</v>
+        <v>2011</v>
       </c>
       <c r="E685" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="686" spans="1:5">
       <c r="A686" s="1" t="s">
-        <v>1294</v>
+        <v>1281</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>1295</v>
+        <v>1282</v>
       </c>
       <c r="D686" s="1">
-        <v>1929</v>
+        <v>2012</v>
       </c>
       <c r="E686" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="687" spans="1:5">
       <c r="A687" s="1" t="s">
-        <v>1296</v>
+        <v>1283</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>16</v>
+        <v>225</v>
       </c>
       <c r="D687" s="1">
-        <v>1936</v>
+        <v>2013</v>
       </c>
       <c r="E687" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="688" spans="1:5">
       <c r="A688" s="1" t="s">
-        <v>1297</v>
+        <v>1284</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>754</v>
+        <v>95</v>
       </c>
       <c r="D688" s="1">
-        <v>1938</v>
+        <v>2018</v>
       </c>
       <c r="E688" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="689" spans="1:5">
       <c r="A689" s="1" t="s">
-        <v>1298</v>
+        <v>1285</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>261</v>
+        <v>1286</v>
       </c>
       <c r="D689" s="1">
-        <v>1940</v>
+        <v>2019</v>
       </c>
       <c r="E689" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="690" spans="1:5">
       <c r="A690" s="1" t="s">
-        <v>1299</v>
+        <v>1287</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>184</v>
+        <v>42</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>185</v>
+        <v>43</v>
       </c>
       <c r="D690" s="1">
-        <v>1942</v>
+        <v>2020</v>
       </c>
       <c r="E690" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="691" spans="1:5">
       <c r="A691" s="1" t="s">
-        <v>1300</v>
+        <v>1288</v>
       </c>
       <c r="B691" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>136</v>
+        <v>55</v>
       </c>
       <c r="D691" s="1">
-        <v>1943</v>
+        <v>2029</v>
       </c>
       <c r="E691" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="692" spans="1:5">
       <c r="A692" s="1" t="s">
-        <v>1301</v>
+        <v>1289</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>349</v>
+        <v>310</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>977</v>
+        <v>410</v>
       </c>
       <c r="D692" s="1">
-        <v>1945</v>
+        <v>2030</v>
       </c>
       <c r="E692" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="693" spans="1:5">
       <c r="A693" s="1" t="s">
-        <v>1302</v>
+        <v>1290</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>264</v>
+        <v>1291</v>
       </c>
       <c r="D693" s="1">
-        <v>1946</v>
+        <v>2032</v>
       </c>
       <c r="E693" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="694" spans="1:5">
       <c r="A694" s="1" t="s">
-        <v>1303</v>
+        <v>1292</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>1304</v>
+        <v>16</v>
       </c>
       <c r="D694" s="1">
-        <v>1949</v>
+        <v>2033</v>
       </c>
       <c r="E694" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="695" spans="1:5">
       <c r="A695" s="1" t="s">
-        <v>1305</v>
+        <v>1293</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1306</v>
+        <v>445</v>
       </c>
       <c r="D695" s="1">
-        <v>1955</v>
+        <v>2038</v>
       </c>
       <c r="E695" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="696" spans="1:5">
       <c r="A696" s="1" t="s">
-        <v>1307</v>
+        <v>1294</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D696" s="1">
-        <v>1956</v>
+        <v>2042</v>
       </c>
       <c r="E696" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="697" spans="1:5">
       <c r="A697" s="1" t="s">
-        <v>1308</v>
+        <v>1295</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>139</v>
+        <v>311</v>
       </c>
       <c r="D697" s="1">
-        <v>1957</v>
+        <v>2043</v>
       </c>
       <c r="E697" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="698" spans="1:5">
       <c r="A698" s="1" t="s">
-        <v>1309</v>
+        <v>1296</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="D698" s="1">
-        <v>1958</v>
+        <v>2045</v>
       </c>
       <c r="E698" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="699" spans="1:5">
       <c r="A699" s="1" t="s">
-        <v>1310</v>
+        <v>1297</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>129</v>
+        <v>16</v>
       </c>
       <c r="D699" s="1">
-        <v>1959</v>
+        <v>2048</v>
       </c>
       <c r="E699" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="700" spans="1:5">
       <c r="A700" s="1" t="s">
-        <v>1311</v>
+        <v>1298</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>749</v>
+        <v>16</v>
       </c>
       <c r="D700" s="1">
-        <v>1965</v>
+        <v>2050</v>
       </c>
       <c r="E700" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="701" spans="1:5">
       <c r="A701" s="1" t="s">
-        <v>1312</v>
+        <v>1299</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>15</v>
+        <v>533</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>98</v>
+        <v>1300</v>
       </c>
       <c r="D701" s="1">
-        <v>1970</v>
+        <v>2051</v>
       </c>
       <c r="E701" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="702" spans="1:5">
       <c r="A702" s="1" t="s">
-        <v>1313</v>
+        <v>1301</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D702" s="1">
-        <v>1972</v>
+        <v>2053</v>
       </c>
       <c r="E702" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="703" spans="1:5">
       <c r="A703" s="1" t="s">
-        <v>1314</v>
+        <v>1302</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1116</v>
+        <v>1303</v>
       </c>
       <c r="D703" s="1">
-        <v>1973</v>
+        <v>2054</v>
       </c>
       <c r="E703" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="704" spans="1:5">
       <c r="A704" s="1" t="s">
-        <v>1315</v>
+        <v>1304</v>
       </c>
       <c r="B704" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C704" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D704" s="1">
-        <v>1974</v>
+        <v>2055</v>
       </c>
       <c r="E704" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="705" spans="1:5">
       <c r="A705" s="1" t="s">
-        <v>1316</v>
+        <v>1305</v>
       </c>
       <c r="B705" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1317</v>
+        <v>55</v>
       </c>
       <c r="D705" s="1">
-        <v>1975</v>
+        <v>2057</v>
       </c>
       <c r="E705" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="706" spans="1:5">
       <c r="A706" s="1" t="s">
-        <v>1318</v>
+        <v>1306</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>139</v>
+        <v>1307</v>
       </c>
       <c r="D706" s="1">
-        <v>1978</v>
+        <v>2058</v>
       </c>
       <c r="E706" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="707" spans="1:5">
       <c r="A707" s="1" t="s">
-        <v>1319</v>
+        <v>1308</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>608</v>
+        <v>11</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>991</v>
+        <v>759</v>
       </c>
       <c r="D707" s="1">
-        <v>1980</v>
+        <v>2059</v>
       </c>
       <c r="E707" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="708" spans="1:5">
       <c r="A708" s="1" t="s">
-        <v>1320</v>
+        <v>1309</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>560</v>
+        <v>15</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>1321</v>
+        <v>16</v>
       </c>
       <c r="D708" s="1">
-        <v>1983</v>
+        <v>2060</v>
       </c>
       <c r="E708" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="709" spans="1:5">
       <c r="A709" s="1" t="s">
-        <v>1322</v>
+        <v>1310</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>90</v>
+        <v>460</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>111</v>
+        <v>1311</v>
       </c>
       <c r="D709" s="1">
-        <v>1987</v>
+        <v>2061</v>
       </c>
       <c r="E709" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="710" spans="1:5">
       <c r="A710" s="1" t="s">
-        <v>1323</v>
+        <v>1312</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>1324</v>
+        <v>291</v>
       </c>
       <c r="D710" s="1">
-        <v>1993</v>
+        <v>2063</v>
       </c>
       <c r="E710" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="711" spans="1:5">
       <c r="A711" s="1" t="s">
-        <v>1325</v>
+        <v>1313</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D711" s="1">
-        <v>1998</v>
+        <v>2064</v>
       </c>
       <c r="E711" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="712" spans="1:5">
       <c r="A712" s="1" t="s">
-        <v>1326</v>
+        <v>1314</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>293</v>
+        <v>15</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1040</v>
+        <v>16</v>
       </c>
       <c r="D712" s="1">
-        <v>1999</v>
+        <v>2065</v>
       </c>
       <c r="E712" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="713" spans="1:5">
       <c r="A713" s="1" t="s">
-        <v>1327</v>
+        <v>1315</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D713" s="1">
-        <v>2000</v>
+        <v>2068</v>
       </c>
       <c r="E713" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="714" spans="1:5">
       <c r="A714" s="1" t="s">
-        <v>1328</v>
+        <v>1316</v>
       </c>
       <c r="B714" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>462</v>
+        <v>1317</v>
       </c>
       <c r="D714" s="1">
-        <v>2001</v>
+        <v>2072</v>
       </c>
       <c r="E714" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="715" spans="1:5">
       <c r="A715" s="1" t="s">
-        <v>1329</v>
+        <v>1318</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D715" s="1">
-        <v>2003</v>
+        <v>2077</v>
       </c>
       <c r="E715" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="716" spans="1:5">
       <c r="A716" s="1" t="s">
-        <v>1330</v>
+        <v>1319</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D716" s="1">
-        <v>2004</v>
+        <v>2078</v>
       </c>
       <c r="E716" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="717" spans="1:5">
       <c r="A717" s="1" t="s">
-        <v>1331</v>
+        <v>1320</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>349</v>
+        <v>15</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>350</v>
+        <v>16</v>
       </c>
       <c r="D717" s="1">
-        <v>2008</v>
+        <v>2079</v>
       </c>
       <c r="E717" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="718" spans="1:5">
       <c r="A718" s="1" t="s">
-        <v>1332</v>
+        <v>1321</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1333</v>
+        <v>759</v>
       </c>
       <c r="D718" s="1">
-        <v>2011</v>
+        <v>2080</v>
       </c>
       <c r="E718" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="719" spans="1:5">
       <c r="A719" s="1" t="s">
-        <v>1334</v>
+        <v>1322</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>1335</v>
+        <v>16</v>
       </c>
       <c r="D719" s="1">
-        <v>2012</v>
+        <v>2084</v>
       </c>
       <c r="E719" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="720" spans="1:5">
       <c r="A720" s="1" t="s">
-        <v>1336</v>
+        <v>1323</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>245</v>
+        <v>413</v>
       </c>
       <c r="D720" s="1">
-        <v>2013</v>
+        <v>2087</v>
       </c>
       <c r="E720" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="721" spans="1:5">
       <c r="A721" s="1" t="s">
-        <v>1337</v>
+        <v>1324</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>94</v>
+        <v>460</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>95</v>
+        <v>461</v>
       </c>
       <c r="D721" s="1">
-        <v>2018</v>
+        <v>2088</v>
       </c>
       <c r="E721" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="722" spans="1:5">
       <c r="A722" s="1" t="s">
-        <v>1338</v>
+        <v>1325</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>1339</v>
+        <v>16</v>
       </c>
       <c r="D722" s="1">
-        <v>2019</v>
+        <v>2099</v>
       </c>
       <c r="E722" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="723" spans="1:5">
       <c r="A723" s="1" t="s">
-        <v>1340</v>
+        <v>1326</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>42</v>
+        <v>460</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>43</v>
+        <v>461</v>
       </c>
       <c r="D723" s="1">
-        <v>2020</v>
+        <v>2102</v>
       </c>
       <c r="E723" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="724" spans="1:5">
       <c r="A724" s="1" t="s">
-        <v>1341</v>
+        <v>1327</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D724" s="1">
-        <v>2029</v>
+        <v>2111</v>
       </c>
       <c r="E724" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="725" spans="1:5">
       <c r="A725" s="1" t="s">
-        <v>1342</v>
+        <v>1328</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>329</v>
+        <v>15</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>436</v>
+        <v>16</v>
       </c>
       <c r="D725" s="1">
-        <v>2030</v>
+        <v>2123</v>
       </c>
       <c r="E725" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="726" spans="1:5">
       <c r="A726" s="1" t="s">
-        <v>1343</v>
+        <v>1329</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>1344</v>
+        <v>1330</v>
       </c>
       <c r="D726" s="1">
-        <v>2032</v>
+        <v>2125</v>
       </c>
       <c r="E726" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="727" spans="1:5">
       <c r="A727" s="1" t="s">
-        <v>1345</v>
+        <v>1331</v>
       </c>
       <c r="B727" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C727" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D727" s="1">
-        <v>2033</v>
+        <v>2159</v>
       </c>
       <c r="E727" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="728" spans="1:5">
       <c r="A728" s="1" t="s">
-        <v>1346</v>
+        <v>1332</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>471</v>
+        <v>700</v>
       </c>
       <c r="D728" s="1">
-        <v>2038</v>
+        <v>2160</v>
       </c>
       <c r="E728" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="729" spans="1:5">
       <c r="A729" s="1" t="s">
-        <v>1347</v>
+        <v>1333</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D729" s="1">
-        <v>2042</v>
+        <v>2161</v>
       </c>
       <c r="E729" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="730" spans="1:5">
       <c r="A730" s="1" t="s">
-        <v>1348</v>
+        <v>1334</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>329</v>
+        <v>15</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>330</v>
+        <v>16</v>
       </c>
       <c r="D730" s="1">
-        <v>2043</v>
+        <v>2163</v>
       </c>
       <c r="E730" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="731" spans="1:5">
       <c r="A731" s="1" t="s">
-        <v>1349</v>
+        <v>1335</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>54</v>
+        <v>113</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>400</v>
+        <v>1336</v>
       </c>
       <c r="D731" s="1">
-        <v>2045</v>
+        <v>2164</v>
       </c>
       <c r="E731" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="732" spans="1:5">
       <c r="A732" s="1" t="s">
-        <v>1350</v>
+        <v>1337</v>
       </c>
       <c r="B732" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C732" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D732" s="1">
-        <v>2048</v>
+        <v>2165</v>
       </c>
       <c r="E732" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="733" spans="1:5">
       <c r="A733" s="1" t="s">
-        <v>1351</v>
+        <v>1338</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>16</v>
+        <v>302</v>
       </c>
       <c r="D733" s="1">
-        <v>2050</v>
+        <v>2166</v>
       </c>
       <c r="E733" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="734" spans="1:5">
       <c r="A734" s="1" t="s">
-        <v>1352</v>
+        <v>1339</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>560</v>
+        <v>15</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1353</v>
+        <v>16</v>
       </c>
       <c r="D734" s="1">
-        <v>2051</v>
+        <v>2179</v>
       </c>
       <c r="E734" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="735" spans="1:5">
       <c r="A735" s="1" t="s">
-        <v>1354</v>
+        <v>1340</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>16</v>
+        <v>413</v>
       </c>
       <c r="D735" s="1">
-        <v>2053</v>
+        <v>2191</v>
       </c>
       <c r="E735" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="736" spans="1:5">
       <c r="A736" s="1" t="s">
-        <v>1355</v>
+        <v>1341</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1356</v>
+        <v>130</v>
       </c>
       <c r="D736" s="1">
-        <v>2054</v>
+        <v>2195</v>
       </c>
       <c r="E736" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="737" spans="1:5">
       <c r="A737" s="1" t="s">
-        <v>1357</v>
+        <v>1342</v>
       </c>
       <c r="B737" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C737" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D737" s="1">
-        <v>2055</v>
+        <v>2196</v>
       </c>
       <c r="E737" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="738" spans="1:5">
       <c r="A738" s="1" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>55</v>
+        <v>1344</v>
       </c>
       <c r="D738" s="1">
-        <v>2057</v>
+        <v>2197</v>
       </c>
       <c r="E738" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="739" spans="1:5">
       <c r="A739" s="1" t="s">
-        <v>1359</v>
+        <v>1345</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>329</v>
+        <v>253</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>1360</v>
+        <v>1346</v>
       </c>
       <c r="D739" s="1">
-        <v>2058</v>
+        <v>2199</v>
       </c>
       <c r="E739" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="740" spans="1:5">
       <c r="A740" s="1" t="s">
-        <v>1361</v>
+        <v>1347</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>11</v>
+        <v>94</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>793</v>
+        <v>95</v>
       </c>
       <c r="D740" s="1">
-        <v>2059</v>
+        <v>2200</v>
       </c>
       <c r="E740" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="741" spans="1:5">
       <c r="A741" s="1" t="s">
-        <v>1362</v>
+        <v>1348</v>
       </c>
       <c r="B741" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C741" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D741" s="1">
-        <v>2060</v>
+        <v>2205</v>
       </c>
       <c r="E741" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="742" spans="1:5">
       <c r="A742" s="1" t="s">
-        <v>1363</v>
+        <v>1349</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>184</v>
+        <v>11</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1364</v>
+        <v>1350</v>
       </c>
       <c r="D742" s="1">
-        <v>2061</v>
+        <v>2223</v>
       </c>
       <c r="E742" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="743" spans="1:5">
       <c r="A743" s="1" t="s">
-        <v>1365</v>
+        <v>1351</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>310</v>
+        <v>16</v>
       </c>
       <c r="D743" s="1">
-        <v>2063</v>
+        <v>2225</v>
       </c>
       <c r="E743" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="744" spans="1:5">
       <c r="A744" s="1" t="s">
-        <v>1366</v>
+        <v>1352</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="D744" s="1">
-        <v>2064</v>
+        <v>2236</v>
       </c>
       <c r="E744" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="745" spans="1:5">
       <c r="A745" s="1" t="s">
-        <v>1367</v>
+        <v>1353</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D745" s="1">
-        <v>2065</v>
+        <v>2237</v>
       </c>
       <c r="E745" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="746" spans="1:5">
       <c r="A746" s="1" t="s">
-        <v>1368</v>
+        <v>1354</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>16</v>
+        <v>1355</v>
       </c>
       <c r="D746" s="1">
-        <v>2068</v>
+        <v>2264</v>
       </c>
       <c r="E746" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="747" spans="1:5">
       <c r="A747" s="1" t="s">
-        <v>1369</v>
+        <v>1356</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>1370</v>
+        <v>974</v>
       </c>
       <c r="D747" s="1">
-        <v>2072</v>
+        <v>2274</v>
       </c>
       <c r="E747" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="748" spans="1:5">
       <c r="A748" s="1" t="s">
-        <v>1371</v>
+        <v>1357</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>16</v>
+        <v>865</v>
       </c>
       <c r="D748" s="1">
-        <v>2077</v>
+        <v>2300</v>
       </c>
       <c r="E748" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="749" spans="1:5">
       <c r="A749" s="1" t="s">
-        <v>1372</v>
+        <v>1358</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>136</v>
+        <v>1359</v>
       </c>
       <c r="D749" s="1">
-        <v>2078</v>
+        <v>2305</v>
       </c>
       <c r="E749" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="750" spans="1:5">
       <c r="A750" s="1" t="s">
-        <v>1373</v>
+        <v>1360</v>
       </c>
       <c r="B750" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C750" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D750" s="1">
-        <v>2079</v>
+        <v>2306</v>
       </c>
       <c r="E750" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="751" spans="1:5">
       <c r="A751" s="1" t="s">
-        <v>1374</v>
+        <v>1361</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>793</v>
+        <v>183</v>
       </c>
       <c r="D751" s="1">
-        <v>2080</v>
+        <v>2319</v>
       </c>
       <c r="E751" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="752" spans="1:5">
       <c r="A752" s="1" t="s">
-        <v>1375</v>
+        <v>1362</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D752" s="1">
-        <v>2084</v>
+        <v>2363</v>
       </c>
       <c r="E752" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="753" spans="1:5">
       <c r="A753" s="1" t="s">
-        <v>1376</v>
+        <v>1363</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>560</v>
+        <v>1041</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>561</v>
+        <v>1364</v>
       </c>
       <c r="D753" s="1">
-        <v>2085</v>
+        <v>2364</v>
       </c>
       <c r="E753" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="754" spans="1:5">
       <c r="A754" s="1" t="s">
-        <v>1377</v>
+        <v>1365</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>439</v>
+        <v>16</v>
       </c>
       <c r="D754" s="1">
-        <v>2087</v>
+        <v>2380</v>
       </c>
       <c r="E754" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="755" spans="1:5">
       <c r="A755" s="1" t="s">
-        <v>1378</v>
+        <v>1366</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>184</v>
+        <v>1367</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>185</v>
+        <v>1368</v>
       </c>
       <c r="D755" s="1">
-        <v>2088</v>
+        <v>2382</v>
       </c>
       <c r="E755" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="756" spans="1:5">
       <c r="A756" s="1" t="s">
-        <v>1379</v>
+        <v>1369</v>
       </c>
       <c r="B756" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C756" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D756" s="1">
-        <v>2096</v>
+        <v>2396</v>
       </c>
       <c r="E756" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="757" spans="1:5">
       <c r="A757" s="1" t="s">
-        <v>1380</v>
+        <v>1370</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>16</v>
+        <v>311</v>
       </c>
       <c r="D757" s="1">
-        <v>2099</v>
+        <v>2412</v>
       </c>
       <c r="E757" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="758" spans="1:5">
       <c r="A758" s="1" t="s">
-        <v>1381</v>
+        <v>1371</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>184</v>
+        <v>48</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>185</v>
+        <v>1372</v>
       </c>
       <c r="D758" s="1">
-        <v>2102</v>
+        <v>2416</v>
       </c>
       <c r="E758" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="759" spans="1:5">
       <c r="A759" s="1" t="s">
-        <v>1382</v>
+        <v>1373</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>16</v>
+        <v>436</v>
       </c>
       <c r="D759" s="1">
-        <v>2111</v>
+        <v>2494</v>
       </c>
       <c r="E759" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="760" spans="1:5">
       <c r="A760" s="1" t="s">
-        <v>1383</v>
+        <v>1374</v>
       </c>
       <c r="B760" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C760" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D760" s="1">
-        <v>2123</v>
+        <v>2497</v>
       </c>
       <c r="E760" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="761" spans="1:5">
       <c r="A761" s="1" t="s">
-        <v>1384</v>
+        <v>1375</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
       <c r="D761" s="1">
-        <v>2159</v>
+        <v>2581</v>
       </c>
       <c r="E761" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="762" spans="1:5">
       <c r="A762" s="1" t="s">
-        <v>1385</v>
+        <v>1376</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>38</v>
+        <v>205</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>737</v>
+        <v>206</v>
       </c>
       <c r="D762" s="1">
-        <v>2160</v>
+        <v>2583</v>
       </c>
       <c r="E762" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="763" spans="1:5">
       <c r="A763" s="1" t="s">
-        <v>1386</v>
+        <v>1377</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D763" s="1">
-        <v>2161</v>
+        <v>2692</v>
       </c>
       <c r="E763" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="764" spans="1:5">
       <c r="A764" s="1" t="s">
-        <v>1387</v>
+        <v>1378</v>
       </c>
       <c r="B764" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C764" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D764" s="1">
-        <v>2163</v>
+        <v>2741</v>
       </c>
       <c r="E764" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="765" spans="1:5">
       <c r="A765" s="1" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>118</v>
+        <v>341</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>1389</v>
+        <v>1380</v>
       </c>
       <c r="D765" s="1">
-        <v>2164</v>
+        <v>2742</v>
       </c>
       <c r="E765" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="766" spans="1:5">
       <c r="A766" s="1" t="s">
-        <v>1390</v>
+        <v>1381</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D766" s="1">
-        <v>2165</v>
+        <v>2761</v>
       </c>
       <c r="E766" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="767" spans="1:5">
       <c r="A767" s="1" t="s">
-        <v>1391</v>
+        <v>1382</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>320</v>
+        <v>15</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>321</v>
+        <v>16</v>
       </c>
       <c r="D767" s="1">
-        <v>2166</v>
+        <v>2802</v>
       </c>
       <c r="E767" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="768" spans="1:5">
       <c r="A768" s="1" t="s">
-        <v>1392</v>
+        <v>1383</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>16</v>
+        <v>1384</v>
       </c>
       <c r="D768" s="1">
-        <v>2179</v>
+        <v>2803</v>
       </c>
       <c r="E768" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="769" spans="1:5">
       <c r="A769" s="1" t="s">
-        <v>1393</v>
+        <v>1385</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>439</v>
+        <v>33</v>
       </c>
       <c r="D769" s="1">
-        <v>2191</v>
+        <v>2804</v>
       </c>
       <c r="E769" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="770" spans="1:5">
       <c r="A770" s="1" t="s">
-        <v>1394</v>
+        <v>1386</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>139</v>
+        <v>225</v>
       </c>
       <c r="D770" s="1">
-        <v>2195</v>
+        <v>2815</v>
       </c>
       <c r="E770" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="771" spans="1:5">
       <c r="A771" s="1" t="s">
-        <v>1395</v>
+        <v>1387</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>16</v>
+        <v>630</v>
       </c>
       <c r="D771" s="1">
-        <v>2196</v>
+        <v>2827</v>
       </c>
       <c r="E771" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="772" spans="1:5">
       <c r="A772" s="1" t="s">
-        <v>1396</v>
+        <v>1388</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>1397</v>
+        <v>130</v>
       </c>
       <c r="D772" s="1">
-        <v>2197</v>
+        <v>2848</v>
       </c>
       <c r="E772" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="773" spans="1:5">
       <c r="A773" s="1" t="s">
-        <v>1398</v>
+        <v>1389</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>272</v>
+        <v>364</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>1399</v>
+        <v>905</v>
       </c>
       <c r="D773" s="1">
-        <v>2199</v>
+        <v>2865</v>
       </c>
       <c r="E773" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="774" spans="1:5">
       <c r="A774" s="1" t="s">
-        <v>1400</v>
+        <v>1390</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>94</v>
+        <v>460</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>95</v>
+        <v>514</v>
       </c>
       <c r="D774" s="1">
-        <v>2200</v>
+        <v>2915</v>
       </c>
       <c r="E774" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="775" spans="1:5">
       <c r="A775" s="1" t="s">
-        <v>1401</v>
+        <v>1391</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D775" s="1">
-        <v>2205</v>
+        <v>2959</v>
       </c>
       <c r="E775" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="776" spans="1:5">
       <c r="A776" s="1" t="s">
-        <v>1402</v>
+        <v>1392</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>1403</v>
+        <v>413</v>
       </c>
       <c r="D776" s="1">
-        <v>2223</v>
+        <v>2994</v>
       </c>
       <c r="E776" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="777" spans="1:5">
       <c r="A777" s="1" t="s">
-        <v>1404</v>
+        <v>1393</v>
       </c>
       <c r="B777" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C777" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D777" s="1">
-        <v>2225</v>
+        <v>3007</v>
       </c>
       <c r="E777" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="778" spans="1:5">
       <c r="A778" s="1" t="s">
-        <v>1405</v>
+        <v>1394</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="D778" s="1">
-        <v>2236</v>
+        <v>3032</v>
       </c>
       <c r="E778" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="779" spans="1:5">
       <c r="A779" s="1" t="s">
-        <v>1406</v>
+        <v>1395</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D779" s="1">
-        <v>2237</v>
+        <v>3042</v>
       </c>
       <c r="E779" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="780" spans="1:5">
       <c r="A780" s="1" t="s">
-        <v>1407</v>
+        <v>1396</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>48</v>
+        <v>301</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>1408</v>
+        <v>1397</v>
       </c>
       <c r="D780" s="1">
-        <v>2264</v>
+        <v>3044</v>
       </c>
       <c r="E780" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="781" spans="1:5">
       <c r="A781" s="1" t="s">
-        <v>1409</v>
+        <v>1398</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>1015</v>
+        <v>16</v>
       </c>
       <c r="D781" s="1">
-        <v>2274</v>
+        <v>3045</v>
       </c>
       <c r="E781" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="782" spans="1:5">
       <c r="A782" s="1" t="s">
-        <v>1410</v>
+        <v>1399</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>904</v>
+        <v>16</v>
       </c>
       <c r="D782" s="1">
-        <v>2300</v>
+        <v>3055</v>
       </c>
       <c r="E782" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="783" spans="1:5">
       <c r="A783" s="1" t="s">
-        <v>1411</v>
+        <v>1400</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>1412</v>
+        <v>16</v>
       </c>
       <c r="D783" s="1">
-        <v>2305</v>
+        <v>3058</v>
       </c>
       <c r="E783" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="784" spans="1:5">
       <c r="A784" s="1" t="s">
-        <v>1413</v>
+        <v>1401</v>
       </c>
       <c r="B784" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C784" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D784" s="1">
-        <v>2306</v>
+        <v>3059</v>
       </c>
       <c r="E784" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="785" spans="1:5">
       <c r="A785" s="1" t="s">
-        <v>1414</v>
+        <v>1402</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>203</v>
+        <v>930</v>
       </c>
       <c r="D785" s="1">
-        <v>2319</v>
+        <v>3060</v>
       </c>
       <c r="E785" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="786" spans="1:5">
       <c r="A786" s="1" t="s">
-        <v>1415</v>
+        <v>1403</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D786" s="1">
-        <v>2363</v>
+        <v>3074</v>
       </c>
       <c r="E786" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="787" spans="1:5">
       <c r="A787" s="1" t="s">
-        <v>1416</v>
+        <v>1404</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>1082</v>
+        <v>11</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>1417</v>
+        <v>588</v>
       </c>
       <c r="D787" s="1">
-        <v>2364</v>
+        <v>3083</v>
       </c>
       <c r="E787" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="788" spans="1:5">
       <c r="A788" s="1" t="s">
-        <v>1418</v>
+        <v>1405</v>
       </c>
       <c r="B788" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C788" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D788" s="1">
-        <v>2380</v>
+        <v>3096</v>
       </c>
       <c r="E788" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="789" spans="1:5">
       <c r="A789" s="1" t="s">
-        <v>1419</v>
+        <v>1406</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>1420</v>
+        <v>94</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>1421</v>
+        <v>95</v>
       </c>
       <c r="D789" s="1">
-        <v>2382</v>
+        <v>3125</v>
       </c>
       <c r="E789" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="790" spans="1:5">
       <c r="A790" s="1" t="s">
-        <v>1422</v>
+        <v>1407</v>
       </c>
       <c r="B790" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>16</v>
+        <v>498</v>
       </c>
       <c r="D790" s="1">
-        <v>2396</v>
+        <v>3136</v>
       </c>
       <c r="E790" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="791" spans="1:5">
       <c r="A791" s="1" t="s">
-        <v>1423</v>
+        <v>1408</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>329</v>
+        <v>54</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>330</v>
+        <v>127</v>
       </c>
       <c r="D791" s="1">
-        <v>2412</v>
+        <v>3137</v>
       </c>
       <c r="E791" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="792" spans="1:5">
       <c r="A792" s="1" t="s">
-        <v>1424</v>
+        <v>1409</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>1425</v>
+        <v>1410</v>
       </c>
       <c r="D792" s="1">
-        <v>2416</v>
+        <v>3140</v>
       </c>
       <c r="E792" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="793" spans="1:5">
       <c r="A793" s="1" t="s">
-        <v>1426</v>
+        <v>1411</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>462</v>
+        <v>1359</v>
       </c>
       <c r="D793" s="1">
-        <v>2494</v>
+        <v>3141</v>
       </c>
       <c r="E793" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="794" spans="1:5">
       <c r="A794" s="1" t="s">
-        <v>1427</v>
+        <v>1412</v>
       </c>
       <c r="B794" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C794" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D794" s="1">
-        <v>2497</v>
+        <v>3142</v>
       </c>
       <c r="E794" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="795" spans="1:5">
       <c r="A795" s="1" t="s">
-        <v>1428</v>
+        <v>1413</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>326</v>
+        <v>16</v>
       </c>
       <c r="D795" s="1">
-        <v>2581</v>
+        <v>3143</v>
       </c>
       <c r="E795" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="796" spans="1:5">
       <c r="A796" s="1" t="s">
-        <v>1429</v>
+        <v>1414</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>225</v>
+        <v>460</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>226</v>
+        <v>1415</v>
       </c>
       <c r="D796" s="1">
-        <v>2583</v>
+        <v>3144</v>
       </c>
       <c r="E796" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="797" spans="1:5">
       <c r="A797" s="1" t="s">
-        <v>1430</v>
+        <v>1416</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D797" s="1">
-        <v>2692</v>
+        <v>3145</v>
       </c>
       <c r="E797" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="798" spans="1:5">
       <c r="A798" s="1" t="s">
-        <v>1431</v>
+        <v>1417</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D798" s="1">
-        <v>2741</v>
+        <v>3149</v>
       </c>
       <c r="E798" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="799" spans="1:5">
       <c r="A799" s="1" t="s">
-        <v>1432</v>
+        <v>1418</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>364</v>
+        <v>15</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>1433</v>
+        <v>16</v>
       </c>
       <c r="D799" s="1">
-        <v>2742</v>
+        <v>3150</v>
       </c>
       <c r="E799" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="800" spans="1:5">
       <c r="A800" s="1" t="s">
-        <v>1434</v>
+        <v>1419</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>185</v>
+        <v>16</v>
       </c>
       <c r="D800" s="1">
-        <v>2761</v>
+        <v>3152</v>
       </c>
       <c r="E800" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="801" spans="1:5">
       <c r="A801" s="1" t="s">
-        <v>1435</v>
+        <v>1420</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>16</v>
+        <v>436</v>
       </c>
       <c r="D801" s="1">
-        <v>2802</v>
+        <v>3168</v>
       </c>
       <c r="E801" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="802" spans="1:5">
       <c r="A802" s="1" t="s">
-        <v>1436</v>
+        <v>1421</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>48</v>
+        <v>301</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>1437</v>
+        <v>302</v>
       </c>
       <c r="D802" s="1">
-        <v>2803</v>
+        <v>3196</v>
       </c>
       <c r="E802" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="803" spans="1:5">
       <c r="A803" s="1" t="s">
-        <v>1438</v>
+        <v>1422</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>33</v>
+        <v>498</v>
       </c>
       <c r="D803" s="1">
-        <v>2804</v>
+        <v>3211</v>
       </c>
       <c r="E803" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="804" spans="1:5">
       <c r="A804" s="1" t="s">
-        <v>1439</v>
+        <v>1423</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>245</v>
+        <v>1424</v>
       </c>
       <c r="D804" s="1">
-        <v>2815</v>
+        <v>3244</v>
       </c>
       <c r="E804" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="805" spans="1:5">
       <c r="A805" s="1" t="s">
-        <v>1440</v>
+        <v>1425</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>665</v>
+        <v>127</v>
       </c>
       <c r="D805" s="1">
-        <v>2827</v>
+        <v>3246</v>
       </c>
       <c r="E805" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="806" spans="1:5">
       <c r="A806" s="1" t="s">
-        <v>1441</v>
+        <v>1426</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>139</v>
+        <v>87</v>
       </c>
       <c r="D806" s="1">
-        <v>2848</v>
+        <v>3247</v>
       </c>
       <c r="E806" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="807" spans="1:5">
       <c r="A807" s="1" t="s">
-        <v>1442</v>
+        <v>1427</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>387</v>
+        <v>54</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>947</v>
+        <v>1428</v>
       </c>
       <c r="D807" s="1">
-        <v>2865</v>
+        <v>3252</v>
       </c>
       <c r="E807" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="808" spans="1:5">
       <c r="A808" s="1" t="s">
-        <v>1443</v>
+        <v>1429</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>541</v>
+        <v>55</v>
       </c>
       <c r="D808" s="1">
-        <v>2915</v>
+        <v>3254</v>
       </c>
       <c r="E808" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="809" spans="1:5">
       <c r="A809" s="1" t="s">
-        <v>1444</v>
+        <v>1430</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D809" s="1">
-        <v>2959</v>
+        <v>3257</v>
       </c>
       <c r="E809" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="810" spans="1:5">
       <c r="A810" s="1" t="s">
-        <v>1445</v>
+        <v>1431</v>
       </c>
       <c r="B810" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C810" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D810" s="1">
-        <v>3007</v>
+        <v>3258</v>
       </c>
       <c r="E810" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="811" spans="1:5">
       <c r="A811" s="1" t="s">
-        <v>1446</v>
+        <v>1432</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>16</v>
+        <v>1433</v>
       </c>
       <c r="D811" s="1">
-        <v>3032</v>
+        <v>3260</v>
       </c>
       <c r="E811" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="812" spans="1:5">
       <c r="A812" s="1" t="s">
-        <v>1447</v>
+        <v>1434</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>16</v>
+        <v>1435</v>
       </c>
       <c r="D812" s="1">
-        <v>3042</v>
+        <v>3262</v>
       </c>
       <c r="E812" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="813" spans="1:5">
       <c r="A813" s="1" t="s">
-        <v>1448</v>
+        <v>1436</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>320</v>
+        <v>1437</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>1449</v>
+        <v>1438</v>
       </c>
       <c r="D813" s="1">
-        <v>3044</v>
+        <v>3264</v>
       </c>
       <c r="E813" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="814" spans="1:5">
       <c r="A814" s="1" t="s">
-        <v>1450</v>
+        <v>1439</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>16</v>
+        <v>1251</v>
       </c>
       <c r="D814" s="1">
-        <v>3045</v>
+        <v>3267</v>
       </c>
       <c r="E814" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="815" spans="1:5">
       <c r="A815" s="1" t="s">
-        <v>1451</v>
+        <v>1440</v>
       </c>
       <c r="B815" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="D815" s="1">
-        <v>3050</v>
+        <v>3269</v>
       </c>
       <c r="E815" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="816" spans="1:5">
       <c r="A816" s="1" t="s">
-        <v>1452</v>
+        <v>1441</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>16</v>
+        <v>1442</v>
       </c>
       <c r="D816" s="1">
-        <v>3055</v>
+        <v>3271</v>
       </c>
       <c r="E816" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="817" spans="1:5">
       <c r="A817" s="1" t="s">
-        <v>1453</v>
+        <v>1443</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>16</v>
+        <v>413</v>
       </c>
       <c r="D817" s="1">
-        <v>3058</v>
+        <v>3275</v>
       </c>
       <c r="E817" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="818" spans="1:5">
       <c r="A818" s="1" t="s">
-        <v>1454</v>
+        <v>1444</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>16</v>
+        <v>1445</v>
       </c>
       <c r="D818" s="1">
-        <v>3059</v>
+        <v>3277</v>
       </c>
       <c r="E818" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="819" spans="1:5">
       <c r="A819" s="1" t="s">
-        <v>1455</v>
+        <v>1446</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>972</v>
+        <v>1226</v>
       </c>
       <c r="D819" s="1">
-        <v>3060</v>
+        <v>3278</v>
       </c>
       <c r="E819" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="820" spans="1:5">
       <c r="A820" s="1" t="s">
-        <v>1456</v>
+        <v>1447</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>16</v>
+        <v>1448</v>
       </c>
       <c r="D820" s="1">
-        <v>3074</v>
+        <v>3285</v>
       </c>
       <c r="E820" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="821" spans="1:5">
       <c r="A821" s="1" t="s">
-        <v>1457</v>
+        <v>1449</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>618</v>
+        <v>1450</v>
       </c>
       <c r="D821" s="1">
-        <v>3083</v>
+        <v>3286</v>
       </c>
       <c r="E821" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="822" spans="1:5">
       <c r="A822" s="1" t="s">
-        <v>1458</v>
+        <v>1451</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D822" s="1">
-        <v>3096</v>
+        <v>3294</v>
       </c>
       <c r="E822" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="823" spans="1:5">
       <c r="A823" s="1" t="s">
-        <v>1459</v>
+        <v>1452</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D823" s="1">
-        <v>3125</v>
+        <v>3295</v>
       </c>
       <c r="E823" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="824" spans="1:5">
       <c r="A824" s="1" t="s">
-        <v>1460</v>
+        <v>1453</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>98</v>
+        <v>386</v>
       </c>
       <c r="D824" s="1">
-        <v>3136</v>
+        <v>3296</v>
       </c>
       <c r="E824" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="825" spans="1:5">
       <c r="A825" s="1" t="s">
-        <v>1461</v>
+        <v>1454</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>136</v>
+        <v>1350</v>
       </c>
       <c r="D825" s="1">
-        <v>3137</v>
+        <v>3297</v>
       </c>
       <c r="E825" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="826" spans="1:5">
       <c r="A826" s="1" t="s">
-        <v>1462</v>
+        <v>1455</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>1463</v>
+        <v>16</v>
       </c>
       <c r="D826" s="1">
-        <v>3140</v>
+        <v>3300</v>
       </c>
       <c r="E826" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="827" spans="1:5">
       <c r="A827" s="1" t="s">
-        <v>1464</v>
+        <v>1456</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>11</v>
+        <v>738</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>1412</v>
+        <v>1012</v>
       </c>
       <c r="D827" s="1">
-        <v>3141</v>
+        <v>3303</v>
       </c>
       <c r="E827" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="828" spans="1:5">
       <c r="A828" s="1" t="s">
-        <v>1465</v>
+        <v>1457</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>16</v>
+        <v>881</v>
       </c>
       <c r="D828" s="1">
-        <v>3142</v>
+        <v>3305</v>
       </c>
       <c r="E828" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="829" spans="1:5">
       <c r="A829" s="1" t="s">
-        <v>1466</v>
+        <v>1458</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>15</v>
+        <v>364</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>16</v>
+        <v>365</v>
       </c>
       <c r="D829" s="1">
-        <v>3143</v>
+        <v>3308</v>
       </c>
       <c r="E829" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="830" spans="1:5">
       <c r="A830" s="1" t="s">
-        <v>1467</v>
+        <v>1459</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>184</v>
+        <v>460</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>1468</v>
+        <v>881</v>
       </c>
       <c r="D830" s="1">
-        <v>3144</v>
+        <v>3309</v>
       </c>
       <c r="E830" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="831" spans="1:5">
       <c r="A831" s="1" t="s">
-        <v>1469</v>
+        <v>1460</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>16</v>
+        <v>1461</v>
       </c>
       <c r="D831" s="1">
-        <v>3145</v>
+        <v>3313</v>
       </c>
       <c r="E831" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="832" spans="1:5">
       <c r="A832" s="1" t="s">
-        <v>1470</v>
+        <v>1462</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>329</v>
+        <v>90</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>330</v>
+        <v>1463</v>
       </c>
       <c r="D832" s="1">
-        <v>3146</v>
+        <v>3315</v>
       </c>
       <c r="E832" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="833" spans="1:5">
       <c r="A833" s="1" t="s">
-        <v>1471</v>
+        <v>1464</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>54</v>
+        <v>738</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>76</v>
+        <v>1012</v>
       </c>
       <c r="D833" s="1">
-        <v>3149</v>
+        <v>3320</v>
       </c>
       <c r="E833" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="834" spans="1:5">
       <c r="A834" s="1" t="s">
-        <v>1472</v>
+        <v>1465</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>16</v>
+        <v>311</v>
       </c>
       <c r="D834" s="1">
-        <v>3150</v>
+        <v>3326</v>
       </c>
       <c r="E834" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="835" spans="1:5">
       <c r="A835" s="1" t="s">
-        <v>1473</v>
+        <v>1466</v>
       </c>
       <c r="B835" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>16</v>
+        <v>498</v>
       </c>
       <c r="D835" s="1">
-        <v>3152</v>
+        <v>3329</v>
       </c>
       <c r="E835" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="836" spans="1:5">
       <c r="A836" s="1" t="s">
-        <v>1474</v>
+        <v>1467</v>
       </c>
       <c r="B836" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>462</v>
+        <v>1130</v>
       </c>
       <c r="D836" s="1">
-        <v>3168</v>
+        <v>3333</v>
       </c>
       <c r="E836" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="837" spans="1:5">
       <c r="A837" s="1" t="s">
-        <v>1475</v>
+        <v>1468</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>320</v>
+        <v>980</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>321</v>
+        <v>1469</v>
       </c>
       <c r="D837" s="1">
-        <v>3196</v>
+        <v>3335</v>
       </c>
       <c r="E837" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="838" spans="1:5">
       <c r="A838" s="1" t="s">
-        <v>1476</v>
+        <v>1470</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>98</v>
+        <v>33</v>
       </c>
       <c r="D838" s="1">
-        <v>3211</v>
+        <v>3342</v>
       </c>
       <c r="E838" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="839" spans="1:5">
       <c r="A839" s="1" t="s">
-        <v>1477</v>
+        <v>1471</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>1478</v>
+        <v>759</v>
       </c>
       <c r="D839" s="1">
-        <v>3244</v>
+        <v>3350</v>
       </c>
       <c r="E839" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="840" spans="1:5">
       <c r="A840" s="1" t="s">
-        <v>1479</v>
+        <v>1472</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>136</v>
+        <v>1282</v>
       </c>
       <c r="D840" s="1">
-        <v>3246</v>
+        <v>3352</v>
       </c>
       <c r="E840" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="841" spans="1:5">
       <c r="A841" s="1" t="s">
-        <v>1480</v>
+        <v>1473</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>11</v>
+        <v>119</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>87</v>
+        <v>120</v>
       </c>
       <c r="D841" s="1">
-        <v>3247</v>
+        <v>3353</v>
       </c>
       <c r="E841" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="842" spans="1:5">
       <c r="A842" s="1" t="s">
-        <v>1481</v>
+        <v>1474</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>1482</v>
+        <v>16</v>
       </c>
       <c r="D842" s="1">
-        <v>3252</v>
+        <v>3354</v>
       </c>
       <c r="E842" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="843" spans="1:5">
       <c r="A843" s="1" t="s">
-        <v>1483</v>
+        <v>1475</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>54</v>
+        <v>404</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>55</v>
+        <v>1476</v>
       </c>
       <c r="D843" s="1">
-        <v>3254</v>
+        <v>3356</v>
       </c>
       <c r="E843" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="844" spans="1:5">
       <c r="A844" s="1" t="s">
-        <v>1484</v>
+        <v>1477</v>
       </c>
       <c r="B844" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>16</v>
+        <v>1096</v>
       </c>
       <c r="D844" s="1">
-        <v>3257</v>
+        <v>3357</v>
       </c>
       <c r="E844" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="845" spans="1:5">
       <c r="A845" s="1" t="s">
-        <v>1485</v>
+        <v>1478</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>16</v>
+        <v>1479</v>
       </c>
       <c r="D845" s="1">
-        <v>3258</v>
+        <v>3365</v>
       </c>
       <c r="E845" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="846" spans="1:5">
       <c r="A846" s="1" t="s">
-        <v>1486</v>
+        <v>1480</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>1487</v>
+        <v>91</v>
       </c>
       <c r="D846" s="1">
-        <v>3260</v>
+        <v>3366</v>
       </c>
       <c r="E846" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="847" spans="1:5">
       <c r="A847" s="1" t="s">
-        <v>1488</v>
+        <v>1481</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>320</v>
+        <v>72</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>1489</v>
+        <v>1482</v>
       </c>
       <c r="D847" s="1">
-        <v>3262</v>
+        <v>3376</v>
       </c>
       <c r="E847" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="848" spans="1:5">
       <c r="A848" s="1" t="s">
-        <v>1490</v>
+        <v>1483</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>1491</v>
+        <v>15</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>1492</v>
+        <v>16</v>
       </c>
       <c r="D848" s="1">
-        <v>3264</v>
+        <v>3378</v>
       </c>
       <c r="E848" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="849" spans="1:5">
       <c r="A849" s="1" t="s">
-        <v>1493</v>
+        <v>1484</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>1304</v>
+        <v>127</v>
       </c>
       <c r="D849" s="1">
-        <v>3267</v>
+        <v>3382</v>
       </c>
       <c r="E849" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="850" spans="1:5">
       <c r="A850" s="1" t="s">
-        <v>1494</v>
+        <v>1485</v>
       </c>
       <c r="B850" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>136</v>
+        <v>76</v>
       </c>
       <c r="D850" s="1">
-        <v>3269</v>
+        <v>3387</v>
       </c>
       <c r="E850" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="851" spans="1:5">
       <c r="A851" s="1" t="s">
-        <v>1495</v>
+        <v>1486</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>430</v>
+        <v>22</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="D851" s="1">
-        <v>3271</v>
+        <v>3390</v>
       </c>
       <c r="E851" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="852" spans="1:5">
       <c r="A852" s="1" t="s">
-        <v>1497</v>
+        <v>1488</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>439</v>
+        <v>569</v>
       </c>
       <c r="D852" s="1">
-        <v>3275</v>
+        <v>3392</v>
       </c>
       <c r="E852" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="853" spans="1:5">
       <c r="A853" s="1" t="s">
-        <v>1498</v>
+        <v>1489</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>160</v>
+        <v>60</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>1499</v>
+        <v>847</v>
       </c>
       <c r="D853" s="1">
-        <v>3277</v>
+        <v>3394</v>
       </c>
       <c r="E853" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="854" spans="1:5">
       <c r="A854" s="1" t="s">
-        <v>1500</v>
+        <v>1490</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>1279</v>
+        <v>1130</v>
       </c>
       <c r="D854" s="1">
-        <v>3278</v>
+        <v>3396</v>
       </c>
       <c r="E854" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="855" spans="1:5">
       <c r="A855" s="1" t="s">
-        <v>1501</v>
+        <v>1491</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>1502</v>
+        <v>16</v>
       </c>
       <c r="D855" s="1">
-        <v>3285</v>
+        <v>3398</v>
       </c>
       <c r="E855" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="856" spans="1:5">
       <c r="A856" s="1" t="s">
-        <v>1503</v>
+        <v>1492</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>184</v>
+        <v>578</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>1504</v>
+        <v>950</v>
       </c>
       <c r="D856" s="1">
-        <v>3286</v>
+        <v>3406</v>
       </c>
       <c r="E856" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="857" spans="1:5">
       <c r="A857" s="1" t="s">
-        <v>1505</v>
+        <v>1493</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>185</v>
+        <v>55</v>
       </c>
       <c r="D857" s="1">
-        <v>3294</v>
+        <v>3407</v>
       </c>
       <c r="E857" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="858" spans="1:5">
       <c r="A858" s="1" t="s">
-        <v>1506</v>
+        <v>1494</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>15</v>
+        <v>1041</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>16</v>
+        <v>1495</v>
       </c>
       <c r="D858" s="1">
-        <v>3295</v>
+        <v>3410</v>
       </c>
       <c r="E858" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="859" spans="1:5">
       <c r="A859" s="1" t="s">
-        <v>1507</v>
+        <v>1496</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>48</v>
+        <v>274</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>412</v>
+        <v>1497</v>
       </c>
       <c r="D859" s="1">
-        <v>3296</v>
+        <v>3411</v>
       </c>
       <c r="E859" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="860" spans="1:5">
       <c r="A860" s="1" t="s">
-        <v>1508</v>
+        <v>1498</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>1403</v>
+        <v>16</v>
       </c>
       <c r="D860" s="1">
-        <v>3297</v>
+        <v>3412</v>
       </c>
       <c r="E860" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="861" spans="1:5">
       <c r="A861" s="1" t="s">
-        <v>1509</v>
+        <v>1499</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D861" s="1">
-        <v>3300</v>
+        <v>3413</v>
       </c>
       <c r="E861" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="862" spans="1:5">
       <c r="A862" s="1" t="s">
-        <v>1510</v>
+        <v>1500</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>194</v>
+        <v>72</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>195</v>
+        <v>1501</v>
       </c>
       <c r="D862" s="1">
-        <v>3303</v>
+        <v>3417</v>
       </c>
       <c r="E862" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="863" spans="1:5">
       <c r="A863" s="1" t="s">
-        <v>1511</v>
+        <v>1502</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>184</v>
+        <v>11</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>920</v>
+        <v>588</v>
       </c>
       <c r="D863" s="1">
-        <v>3305</v>
+        <v>3423</v>
       </c>
       <c r="E863" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="864" spans="1:5">
       <c r="A864" s="1" t="s">
-        <v>1512</v>
+        <v>1503</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>387</v>
+        <v>172</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>388</v>
+        <v>173</v>
       </c>
       <c r="D864" s="1">
-        <v>3308</v>
+        <v>3425</v>
       </c>
       <c r="E864" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="865" spans="1:5">
       <c r="A865" s="1" t="s">
-        <v>1513</v>
+        <v>1504</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>920</v>
+        <v>127</v>
       </c>
       <c r="D865" s="1">
-        <v>3309</v>
+        <v>3427</v>
       </c>
       <c r="E865" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="866" spans="1:5">
       <c r="A866" s="1" t="s">
-        <v>1514</v>
+        <v>1505</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>184</v>
+        <v>90</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>1515</v>
+        <v>853</v>
       </c>
       <c r="D866" s="1">
-        <v>3313</v>
+        <v>3428</v>
       </c>
       <c r="E866" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="867" spans="1:5">
       <c r="A867" s="1" t="s">
-        <v>1516</v>
+        <v>1506</v>
       </c>
       <c r="B867" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>1517</v>
+        <v>853</v>
       </c>
       <c r="D867" s="1">
-        <v>3315</v>
+        <v>3429</v>
       </c>
       <c r="E867" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="868" spans="1:5">
       <c r="A868" s="1" t="s">
-        <v>1518</v>
+        <v>1507</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>194</v>
+        <v>15</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>195</v>
+        <v>16</v>
       </c>
       <c r="D868" s="1">
-        <v>3320</v>
+        <v>3430</v>
       </c>
       <c r="E868" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="869" spans="1:5">
       <c r="A869" s="1" t="s">
-        <v>1519</v>
+        <v>1508</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>329</v>
+        <v>54</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>330</v>
+        <v>127</v>
       </c>
       <c r="D869" s="1">
-        <v>3326</v>
+        <v>3431</v>
       </c>
       <c r="E869" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="870" spans="1:5">
       <c r="A870" s="1" t="s">
-        <v>1520</v>
+        <v>1509</v>
       </c>
       <c r="B870" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="D870" s="1">
-        <v>3329</v>
+        <v>3435</v>
       </c>
       <c r="E870" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="871" spans="1:5">
       <c r="A871" s="1" t="s">
-        <v>1521</v>
+        <v>1510</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>1180</v>
+        <v>16</v>
       </c>
       <c r="D871" s="1">
-        <v>3333</v>
+        <v>3438</v>
       </c>
       <c r="E871" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="872" spans="1:5">
       <c r="A872" s="1" t="s">
-        <v>1522</v>
+        <v>1511</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>1021</v>
+        <v>54</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>1523</v>
+        <v>127</v>
       </c>
       <c r="D872" s="1">
-        <v>3335</v>
+        <v>3439</v>
       </c>
       <c r="E872" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="873" spans="1:5">
       <c r="A873" s="1" t="s">
-        <v>1524</v>
+        <v>1512</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>22</v>
+        <v>460</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>33</v>
+        <v>1513</v>
       </c>
       <c r="D873" s="1">
-        <v>3342</v>
+        <v>3441</v>
       </c>
       <c r="E873" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="874" spans="1:5">
       <c r="A874" s="1" t="s">
-        <v>1525</v>
+        <v>1514</v>
       </c>
       <c r="B874" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>793</v>
+        <v>787</v>
       </c>
       <c r="D874" s="1">
-        <v>3350</v>
+        <v>3443</v>
       </c>
       <c r="E874" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="875" spans="1:5">
       <c r="A875" s="1" t="s">
-        <v>1526</v>
+        <v>1515</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>11</v>
+        <v>1516</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>1335</v>
+        <v>1517</v>
       </c>
       <c r="D875" s="1">
-        <v>3352</v>
+        <v>3444</v>
       </c>
       <c r="E875" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="876" spans="1:5">
       <c r="A876" s="1" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>124</v>
+        <v>301</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>125</v>
+        <v>1519</v>
       </c>
       <c r="D876" s="1">
-        <v>3353</v>
+        <v>3450</v>
       </c>
       <c r="E876" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="877" spans="1:5">
       <c r="A877" s="1" t="s">
-        <v>1528</v>
+        <v>1520</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D877" s="1">
-        <v>3354</v>
+        <v>3451</v>
       </c>
       <c r="E877" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="878" spans="1:5">
       <c r="A878" s="1" t="s">
-        <v>1529</v>
+        <v>1521</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>430</v>
+        <v>94</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>1530</v>
+        <v>706</v>
       </c>
       <c r="D878" s="1">
-        <v>3356</v>
+        <v>3453</v>
       </c>
       <c r="E878" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="879" spans="1:5">
       <c r="A879" s="1" t="s">
-        <v>1531</v>
+        <v>1522</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>1145</v>
+        <v>1523</v>
       </c>
       <c r="D879" s="1">
-        <v>3357</v>
+        <v>3455</v>
       </c>
       <c r="E879" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="880" spans="1:5">
       <c r="A880" s="1" t="s">
-        <v>1532</v>
+        <v>1524</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>1533</v>
+        <v>127</v>
       </c>
       <c r="D880" s="1">
-        <v>3365</v>
+        <v>3456</v>
       </c>
       <c r="E880" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="881" spans="1:5">
       <c r="A881" s="1" t="s">
-        <v>1534</v>
+        <v>1525</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>91</v>
+        <v>302</v>
       </c>
       <c r="D881" s="1">
-        <v>3366</v>
+        <v>3457</v>
       </c>
       <c r="E881" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="882" spans="1:5">
       <c r="A882" s="1" t="s">
-        <v>1535</v>
+        <v>1526</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>1536</v>
+        <v>1344</v>
       </c>
       <c r="D882" s="1">
-        <v>3376</v>
+        <v>3459</v>
       </c>
       <c r="E882" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="883" spans="1:5">
       <c r="A883" s="1" t="s">
-        <v>1537</v>
+        <v>1527</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>16</v>
+        <v>302</v>
       </c>
       <c r="D883" s="1">
-        <v>3378</v>
+        <v>3460</v>
       </c>
       <c r="E883" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="884" spans="1:5">
       <c r="A884" s="1" t="s">
-        <v>1538</v>
+        <v>1528</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>54</v>
+        <v>113</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>136</v>
+        <v>1162</v>
       </c>
       <c r="D884" s="1">
-        <v>3382</v>
+        <v>3462</v>
       </c>
       <c r="E884" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="885" spans="1:5">
       <c r="A885" s="1" t="s">
-        <v>1539</v>
+        <v>1529</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="D885" s="1">
-        <v>3387</v>
+        <v>3466</v>
       </c>
       <c r="E885" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="886" spans="1:5">
       <c r="A886" s="1" t="s">
-        <v>1540</v>
+        <v>1530</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>1541</v>
+        <v>1428</v>
       </c>
       <c r="D886" s="1">
-        <v>3390</v>
+        <v>3467</v>
       </c>
       <c r="E886" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="887" spans="1:5">
       <c r="A887" s="1" t="s">
-        <v>1542</v>
+        <v>1531</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>599</v>
+        <v>76</v>
       </c>
       <c r="D887" s="1">
-        <v>3392</v>
+        <v>3469</v>
       </c>
       <c r="E887" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="888" spans="1:5">
       <c r="A888" s="1" t="s">
-        <v>1543</v>
+        <v>1532</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>885</v>
+        <v>16</v>
       </c>
       <c r="D888" s="1">
-        <v>3394</v>
+        <v>3474</v>
       </c>
       <c r="E888" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="889" spans="1:5">
       <c r="A889" s="1" t="s">
-        <v>1544</v>
+        <v>1533</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>72</v>
+        <v>119</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>1180</v>
+        <v>605</v>
       </c>
       <c r="D889" s="1">
-        <v>3396</v>
+        <v>3475</v>
       </c>
       <c r="E889" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="890" spans="1:5">
       <c r="A890" s="1" t="s">
-        <v>1545</v>
+        <v>1534</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>16</v>
+        <v>1535</v>
       </c>
       <c r="D890" s="1">
-        <v>3398</v>
+        <v>3478</v>
       </c>
       <c r="E890" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="891" spans="1:5">
       <c r="A891" s="1" t="s">
-        <v>1546</v>
+        <v>1536</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>608</v>
+        <v>11</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>991</v>
+        <v>178</v>
       </c>
       <c r="D891" s="1">
-        <v>3406</v>
+        <v>3480</v>
       </c>
       <c r="E891" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="892" spans="1:5">
       <c r="A892" s="1" t="s">
-        <v>1547</v>
+        <v>1537</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>55</v>
+        <v>498</v>
       </c>
       <c r="D892" s="1">
-        <v>3407</v>
+        <v>3486</v>
       </c>
       <c r="E892" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="893" spans="1:5">
       <c r="A893" s="1" t="s">
-        <v>1548</v>
+        <v>1538</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>1082</v>
+        <v>11</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>1549</v>
+        <v>28</v>
       </c>
       <c r="D893" s="1">
-        <v>3410</v>
+        <v>3487</v>
       </c>
       <c r="E893" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="894" spans="1:5">
       <c r="A894" s="1" t="s">
-        <v>1550</v>
+        <v>1539</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>293</v>
+        <v>54</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>1551</v>
+        <v>169</v>
       </c>
       <c r="D894" s="1">
-        <v>3411</v>
+        <v>3488</v>
       </c>
       <c r="E894" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="895" spans="1:5">
       <c r="A895" s="1" t="s">
-        <v>1552</v>
+        <v>1540</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D895" s="1">
-        <v>3412</v>
+        <v>3491</v>
       </c>
       <c r="E895" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="896" spans="1:5">
       <c r="A896" s="1" t="s">
-        <v>1553</v>
+        <v>1541</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>55</v>
+        <v>724</v>
       </c>
       <c r="D896" s="1">
-        <v>3413</v>
+        <v>3492</v>
       </c>
       <c r="E896" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="897" spans="1:5">
       <c r="A897" s="1" t="s">
-        <v>1554</v>
+        <v>1542</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>72</v>
+        <v>980</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>1555</v>
+        <v>981</v>
       </c>
       <c r="D897" s="1">
-        <v>3417</v>
+        <v>3496</v>
       </c>
       <c r="E897" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="898" spans="1:5">
       <c r="A898" s="1" t="s">
-        <v>1556</v>
+        <v>1543</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>11</v>
+        <v>377</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>618</v>
+        <v>1544</v>
       </c>
       <c r="D898" s="1">
-        <v>3423</v>
+        <v>3502</v>
       </c>
       <c r="E898" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="899" spans="1:5">
       <c r="A899" s="1" t="s">
-        <v>1557</v>
+        <v>1545</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>188</v>
+        <v>54</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>189</v>
+        <v>55</v>
       </c>
       <c r="D899" s="1">
-        <v>3425</v>
+        <v>3503</v>
       </c>
       <c r="E899" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="900" spans="1:5">
       <c r="A900" s="1" t="s">
-        <v>1558</v>
+        <v>1546</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>307</v>
+        <v>16</v>
       </c>
       <c r="D900" s="1">
-        <v>3426</v>
+        <v>3504</v>
       </c>
       <c r="E900" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="901" spans="1:5">
       <c r="A901" s="1" t="s">
-        <v>1559</v>
+        <v>1547</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D901" s="1">
-        <v>3427</v>
+        <v>3508</v>
       </c>
       <c r="E901" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="902" spans="1:5">
       <c r="A902" s="1" t="s">
-        <v>1560</v>
+        <v>1548</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>90</v>
+        <v>460</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>892</v>
+        <v>1549</v>
       </c>
       <c r="D902" s="1">
-        <v>3428</v>
+        <v>3512</v>
       </c>
       <c r="E902" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="903" spans="1:5">
       <c r="A903" s="1" t="s">
-        <v>1561</v>
+        <v>1550</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>90</v>
+        <v>274</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>892</v>
+        <v>1551</v>
       </c>
       <c r="D903" s="1">
-        <v>3429</v>
+        <v>3515</v>
       </c>
       <c r="E903" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="904" spans="1:5">
       <c r="A904" s="1" t="s">
-        <v>1562</v>
+        <v>1552</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>16</v>
+        <v>436</v>
       </c>
       <c r="D904" s="1">
-        <v>3430</v>
+        <v>3516</v>
       </c>
       <c r="E904" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="905" spans="1:5">
       <c r="A905" s="1" t="s">
-        <v>1563</v>
+        <v>1553</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>54</v>
+        <v>260</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>136</v>
+        <v>261</v>
       </c>
       <c r="D905" s="1">
-        <v>3431</v>
+        <v>3518</v>
       </c>
       <c r="E905" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="906" spans="1:5">
       <c r="A906" s="1" t="s">
-        <v>1564</v>
+        <v>1554</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D906" s="1">
-        <v>3435</v>
+        <v>3519</v>
       </c>
       <c r="E906" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="907" spans="1:5">
       <c r="A907" s="1" t="s">
-        <v>1565</v>
+        <v>1555</v>
       </c>
       <c r="B907" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>16</v>
+        <v>1556</v>
       </c>
       <c r="D907" s="1">
-        <v>3438</v>
+        <v>3520</v>
       </c>
       <c r="E907" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="908" spans="1:5">
       <c r="A908" s="1" t="s">
-        <v>1566</v>
+        <v>1557</v>
       </c>
       <c r="B908" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>136</v>
+        <v>190</v>
       </c>
       <c r="D908" s="1">
-        <v>3439</v>
+        <v>3521</v>
       </c>
       <c r="E908" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="909" spans="1:5">
       <c r="A909" s="1" t="s">
-        <v>1567</v>
+        <v>1558</v>
       </c>
       <c r="B909" s="1" t="s">
-        <v>184</v>
+        <v>90</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>1568</v>
+        <v>595</v>
       </c>
       <c r="D909" s="1">
-        <v>3441</v>
+        <v>3524</v>
       </c>
       <c r="E909" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="910" spans="1:5">
       <c r="A910" s="1" t="s">
-        <v>1569</v>
+        <v>1559</v>
       </c>
       <c r="B910" s="1" t="s">
-        <v>11</v>
+        <v>260</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>821</v>
+        <v>261</v>
       </c>
       <c r="D910" s="1">
-        <v>3443</v>
+        <v>3525</v>
       </c>
       <c r="E910" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="911" spans="1:5">
       <c r="A911" s="1" t="s">
-        <v>1570</v>
+        <v>1560</v>
       </c>
       <c r="B911" s="1" t="s">
-        <v>1571</v>
+        <v>404</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>1572</v>
+        <v>807</v>
       </c>
       <c r="D911" s="1">
-        <v>3444</v>
+        <v>3529</v>
       </c>
       <c r="E911" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="912" spans="1:5">
       <c r="A912" s="1" t="s">
-        <v>1573</v>
+        <v>1561</v>
       </c>
       <c r="B912" s="1" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>136</v>
+        <v>974</v>
       </c>
       <c r="D912" s="1">
-        <v>3445</v>
+        <v>3532</v>
       </c>
       <c r="E912" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="913" spans="1:5">
       <c r="A913" s="1" t="s">
-        <v>1574</v>
+        <v>1562</v>
       </c>
       <c r="B913" s="1" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>1575</v>
+        <v>55</v>
       </c>
       <c r="D913" s="1">
-        <v>3450</v>
+        <v>3536</v>
       </c>
       <c r="E913" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="914" spans="1:5">
       <c r="A914" s="1" t="s">
-        <v>1576</v>
+        <v>1563</v>
       </c>
       <c r="B914" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D914" s="1">
-        <v>3451</v>
+        <v>3548</v>
       </c>
       <c r="E914" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="915" spans="1:5">
       <c r="A915" s="1" t="s">
-        <v>1577</v>
+        <v>1564</v>
       </c>
       <c r="B915" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>743</v>
+        <v>164</v>
       </c>
       <c r="D915" s="1">
-        <v>3453</v>
+        <v>3552</v>
       </c>
       <c r="E915" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="916" spans="1:5">
       <c r="A916" s="1" t="s">
-        <v>1578</v>
+        <v>1565</v>
       </c>
       <c r="B916" s="1" t="s">
-        <v>38</v>
+        <v>119</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>1579</v>
+        <v>605</v>
       </c>
       <c r="D916" s="1">
-        <v>3455</v>
+        <v>3554</v>
       </c>
       <c r="E916" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="917" spans="1:5">
       <c r="A917" s="1" t="s">
-        <v>1580</v>
+        <v>1566</v>
       </c>
       <c r="B917" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>136</v>
+        <v>190</v>
       </c>
       <c r="D917" s="1">
-        <v>3456</v>
+        <v>3555</v>
       </c>
       <c r="E917" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="918" spans="1:5">
       <c r="A918" s="1" t="s">
-        <v>1581</v>
+        <v>1567</v>
       </c>
       <c r="B918" s="1" t="s">
-        <v>320</v>
+        <v>38</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>321</v>
+        <v>1568</v>
       </c>
       <c r="D918" s="1">
-        <v>3457</v>
+        <v>3557</v>
       </c>
       <c r="E918" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="919" spans="1:5">
       <c r="A919" s="1" t="s">
-        <v>1582</v>
+        <v>1569</v>
       </c>
       <c r="B919" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>1397</v>
+        <v>1149</v>
       </c>
       <c r="D919" s="1">
-        <v>3459</v>
+        <v>3559</v>
       </c>
       <c r="E919" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="920" spans="1:5">
       <c r="A920" s="1" t="s">
-        <v>1583</v>
+        <v>1570</v>
       </c>
       <c r="B920" s="1" t="s">
-        <v>320</v>
+        <v>42</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>321</v>
+        <v>1571</v>
       </c>
       <c r="D920" s="1">
-        <v>3460</v>
+        <v>3562</v>
       </c>
       <c r="E920" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="921" spans="1:5">
       <c r="A921" s="1" t="s">
-        <v>1584</v>
+        <v>1572</v>
       </c>
       <c r="B921" s="1" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>1212</v>
+        <v>16</v>
       </c>
       <c r="D921" s="1">
-        <v>3462</v>
+        <v>3563</v>
       </c>
       <c r="E921" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="922" spans="1:5">
       <c r="A922" s="1" t="s">
-        <v>1585</v>
+        <v>1573</v>
       </c>
       <c r="B922" s="1" t="s">
-        <v>94</v>
+        <v>460</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>95</v>
+        <v>461</v>
       </c>
       <c r="D922" s="1">
-        <v>3466</v>
+        <v>3564</v>
       </c>
       <c r="E922" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="923" spans="1:5">
       <c r="A923" s="1" t="s">
-        <v>1586</v>
+        <v>1574</v>
       </c>
       <c r="B923" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>1482</v>
+        <v>16</v>
       </c>
       <c r="D923" s="1">
-        <v>3467</v>
+        <v>3565</v>
       </c>
       <c r="E923" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="924" spans="1:5">
       <c r="A924" s="1" t="s">
-        <v>1587</v>
+        <v>1575</v>
       </c>
       <c r="B924" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D924" s="1">
-        <v>3469</v>
+        <v>3569</v>
       </c>
       <c r="E924" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="925" spans="1:5">
       <c r="A925" s="1" t="s">
-        <v>1588</v>
+        <v>1576</v>
       </c>
       <c r="B925" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C925" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D925" s="1">
-        <v>3474</v>
+        <v>3571</v>
       </c>
       <c r="E925" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="926" spans="1:5">
       <c r="A926" s="1" t="s">
-        <v>1589</v>
+        <v>1577</v>
       </c>
       <c r="B926" s="1" t="s">
-        <v>124</v>
+        <v>460</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>638</v>
+        <v>461</v>
       </c>
       <c r="D926" s="1">
-        <v>3475</v>
+        <v>3572</v>
       </c>
       <c r="E926" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="927" spans="1:5">
       <c r="A927" s="1" t="s">
-        <v>1590</v>
+        <v>1578</v>
       </c>
       <c r="B927" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>1591</v>
+        <v>461</v>
       </c>
       <c r="D927" s="1">
-        <v>3478</v>
+        <v>3575</v>
       </c>
       <c r="E927" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="928" spans="1:5">
       <c r="A928" s="1" t="s">
-        <v>1592</v>
+        <v>1579</v>
       </c>
       <c r="B928" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>198</v>
+        <v>595</v>
       </c>
       <c r="D928" s="1">
-        <v>3480</v>
+        <v>3576</v>
       </c>
       <c r="E928" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="929" spans="1:5">
       <c r="A929" s="1" t="s">
-        <v>1593</v>
+        <v>1580</v>
       </c>
       <c r="B929" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>1594</v>
+        <v>16</v>
       </c>
       <c r="D929" s="1">
-        <v>3481</v>
+        <v>3579</v>
       </c>
       <c r="E929" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="930" spans="1:5">
       <c r="A930" s="1" t="s">
-        <v>1595</v>
+        <v>1581</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="D930" s="1">
-        <v>3486</v>
+        <v>3580</v>
       </c>
       <c r="E930" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="931" spans="1:5">
       <c r="A931" s="1" t="s">
-        <v>1596</v>
+        <v>1582</v>
       </c>
       <c r="B931" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C931" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D931" s="1">
-        <v>3487</v>
+        <v>3582</v>
       </c>
       <c r="E931" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="932" spans="1:5">
       <c r="A932" s="1" t="s">
-        <v>1597</v>
+        <v>1583</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>181</v>
+        <v>87</v>
       </c>
       <c r="D932" s="1">
-        <v>3488</v>
+        <v>3583</v>
       </c>
       <c r="E932" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="933" spans="1:5">
       <c r="A933" s="1" t="s">
-        <v>1598</v>
+        <v>1584</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>55</v>
+        <v>748</v>
       </c>
       <c r="D933" s="1">
-        <v>3491</v>
+        <v>3584</v>
       </c>
       <c r="E933" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="934" spans="1:5">
       <c r="A934" s="1" t="s">
-        <v>1599</v>
+        <v>1585</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>759</v>
+        <v>498</v>
       </c>
       <c r="D934" s="1">
-        <v>3492</v>
+        <v>3586</v>
       </c>
       <c r="E934" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="935" spans="1:5">
       <c r="A935" s="1" t="s">
-        <v>1600</v>
+        <v>1586</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>1021</v>
+        <v>54</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>1022</v>
+        <v>1587</v>
       </c>
       <c r="D935" s="1">
-        <v>3496</v>
+        <v>3591</v>
       </c>
       <c r="E935" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="936" spans="1:5">
       <c r="A936" s="1" t="s">
-        <v>1601</v>
+        <v>1588</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>1482</v>
+        <v>461</v>
       </c>
       <c r="D936" s="1">
-        <v>3497</v>
+        <v>3592</v>
       </c>
       <c r="E936" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="937" spans="1:5">
       <c r="A937" s="1" t="s">
-        <v>1602</v>
+        <v>1589</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>403</v>
+        <v>94</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>1603</v>
+        <v>95</v>
       </c>
       <c r="D937" s="1">
-        <v>3502</v>
+        <v>3593</v>
       </c>
       <c r="E937" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="938" spans="1:5">
       <c r="A938" s="1" t="s">
-        <v>1604</v>
+        <v>1590</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>54</v>
+        <v>119</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>55</v>
+        <v>605</v>
       </c>
       <c r="D938" s="1">
-        <v>3503</v>
+        <v>3595</v>
       </c>
       <c r="E938" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="939" spans="1:5">
       <c r="A939" s="1" t="s">
-        <v>1605</v>
+        <v>1591</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>16</v>
+        <v>245</v>
       </c>
       <c r="D939" s="1">
-        <v>3504</v>
+        <v>3598</v>
       </c>
       <c r="E939" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="940" spans="1:5">
       <c r="A940" s="1" t="s">
-        <v>1606</v>
+        <v>1592</v>
       </c>
       <c r="B940" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C940" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D940" s="1">
-        <v>3508</v>
+        <v>3600</v>
       </c>
       <c r="E940" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="941" spans="1:5">
       <c r="A941" s="1" t="s">
-        <v>1607</v>
+        <v>1593</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>1608</v>
+        <v>16</v>
       </c>
       <c r="D941" s="1">
-        <v>3512</v>
+        <v>3601</v>
       </c>
       <c r="E941" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="942" spans="1:5">
       <c r="A942" s="1" t="s">
-        <v>1609</v>
+        <v>1594</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>293</v>
+        <v>54</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>1610</v>
+        <v>55</v>
       </c>
       <c r="D942" s="1">
-        <v>3515</v>
+        <v>3602</v>
       </c>
       <c r="E942" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="943" spans="1:5">
       <c r="A943" s="1" t="s">
-        <v>1611</v>
+        <v>1595</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>72</v>
+        <v>301</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>462</v>
+        <v>302</v>
       </c>
       <c r="D943" s="1">
-        <v>3516</v>
+        <v>3603</v>
       </c>
       <c r="E943" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="944" spans="1:5">
       <c r="A944" s="1" t="s">
-        <v>1612</v>
+        <v>1596</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>279</v>
+        <v>90</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>280</v>
+        <v>108</v>
       </c>
       <c r="D944" s="1">
-        <v>3518</v>
+        <v>3607</v>
       </c>
       <c r="E944" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="945" spans="1:5">
       <c r="A945" s="1" t="s">
-        <v>1613</v>
+        <v>1597</v>
       </c>
       <c r="B945" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>136</v>
+        <v>1598</v>
       </c>
       <c r="D945" s="1">
-        <v>3519</v>
+        <v>3608</v>
       </c>
       <c r="E945" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="946" spans="1:5">
       <c r="A946" s="1" t="s">
-        <v>1614</v>
+        <v>1599</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>72</v>
+        <v>301</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>1615</v>
+        <v>1397</v>
       </c>
       <c r="D946" s="1">
-        <v>3520</v>
+        <v>3609</v>
       </c>
       <c r="E946" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="947" spans="1:5">
       <c r="A947" s="1" t="s">
-        <v>1616</v>
+        <v>1600</v>
       </c>
       <c r="B947" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>210</v>
+        <v>130</v>
       </c>
       <c r="D947" s="1">
-        <v>3521</v>
+        <v>3610</v>
       </c>
       <c r="E947" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="948" spans="1:5">
       <c r="A948" s="1" t="s">
-        <v>1617</v>
+        <v>1601</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>625</v>
+        <v>1602</v>
       </c>
       <c r="D948" s="1">
-        <v>3524</v>
+        <v>3612</v>
       </c>
       <c r="E948" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="949" spans="1:5">
       <c r="A949" s="1" t="s">
-        <v>1618</v>
+        <v>1603</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>279</v>
+        <v>15</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>280</v>
+        <v>16</v>
       </c>
       <c r="D949" s="1">
-        <v>3525</v>
+        <v>3613</v>
       </c>
       <c r="E949" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="950" spans="1:5">
       <c r="A950" s="1" t="s">
-        <v>1619</v>
+        <v>1604</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>430</v>
+        <v>15</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>841</v>
+        <v>16</v>
       </c>
       <c r="D950" s="1">
-        <v>3529</v>
+        <v>3617</v>
       </c>
       <c r="E950" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="951" spans="1:5">
       <c r="A951" s="1" t="s">
-        <v>1620</v>
+        <v>1605</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>38</v>
+        <v>68</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>1015</v>
+        <v>1606</v>
       </c>
       <c r="D951" s="1">
-        <v>3532</v>
+        <v>3622</v>
       </c>
       <c r="E951" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="952" spans="1:5">
       <c r="A952" s="1" t="s">
-        <v>1621</v>
+        <v>1607</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>55</v>
+        <v>436</v>
       </c>
       <c r="D952" s="1">
-        <v>3536</v>
+        <v>3623</v>
       </c>
       <c r="E952" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="953" spans="1:5">
       <c r="A953" s="1" t="s">
-        <v>1622</v>
+        <v>1608</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D953" s="1">
-        <v>3548</v>
+        <v>3625</v>
       </c>
       <c r="E953" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="954" spans="1:5">
       <c r="A954" s="1" t="s">
-        <v>1623</v>
+        <v>1609</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>176</v>
+        <v>127</v>
       </c>
       <c r="D954" s="1">
-        <v>3552</v>
+        <v>3635</v>
       </c>
       <c r="E954" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="955" spans="1:5">
       <c r="A955" s="1" t="s">
-        <v>1624</v>
+        <v>1610</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>124</v>
+        <v>54</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>638</v>
+        <v>55</v>
       </c>
       <c r="D955" s="1">
-        <v>3554</v>
+        <v>3636</v>
       </c>
       <c r="E955" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="956" spans="1:5">
       <c r="A956" s="1" t="s">
-        <v>1625</v>
+        <v>1611</v>
       </c>
       <c r="B956" s="1" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>210</v>
+        <v>95</v>
       </c>
       <c r="D956" s="1">
-        <v>3555</v>
+        <v>3638</v>
       </c>
       <c r="E956" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="957" spans="1:5">
       <c r="A957" s="1" t="s">
-        <v>1626</v>
+        <v>1612</v>
       </c>
       <c r="B957" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>1627</v>
+        <v>16</v>
       </c>
       <c r="D957" s="1">
-        <v>3557</v>
+        <v>3639</v>
       </c>
       <c r="E957" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="958" spans="1:5">
       <c r="A958" s="1" t="s">
-        <v>1628</v>
+        <v>1613</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>94</v>
+        <v>404</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>1199</v>
+        <v>817</v>
       </c>
       <c r="D958" s="1">
-        <v>3559</v>
+        <v>3643</v>
       </c>
       <c r="E958" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="959" spans="1:5">
       <c r="A959" s="1" t="s">
-        <v>1629</v>
+        <v>1614</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>1630</v>
+        <v>717</v>
       </c>
       <c r="D959" s="1">
-        <v>3562</v>
+        <v>3644</v>
       </c>
       <c r="E959" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="960" spans="1:5">
       <c r="A960" s="1" t="s">
-        <v>1631</v>
+        <v>1615</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>16</v>
+        <v>1616</v>
       </c>
       <c r="D960" s="1">
-        <v>3563</v>
+        <v>3645</v>
       </c>
       <c r="E960" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="961" spans="1:5">
       <c r="A961" s="1" t="s">
-        <v>1632</v>
+        <v>1617</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>185</v>
+        <v>16</v>
       </c>
       <c r="D961" s="1">
-        <v>3564</v>
+        <v>3648</v>
       </c>
       <c r="E961" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="962" spans="1:5">
       <c r="A962" s="1" t="s">
-        <v>1633</v>
+        <v>1618</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>16</v>
+        <v>602</v>
       </c>
       <c r="D962" s="1">
-        <v>3565</v>
+        <v>3649</v>
       </c>
       <c r="E962" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="963" spans="1:5">
       <c r="A963" s="1" t="s">
-        <v>1634</v>
+        <v>1619</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D963" s="1">
-        <v>3569</v>
+        <v>3650</v>
       </c>
       <c r="E963" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="964" spans="1:5">
       <c r="A964" s="1" t="s">
-        <v>1635</v>
+        <v>1620</v>
       </c>
       <c r="B964" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C964" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D964" s="1">
-        <v>3571</v>
+        <v>3651</v>
       </c>
       <c r="E964" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="965" spans="1:5">
       <c r="A965" s="1" t="s">
-        <v>1636</v>
+        <v>1621</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>185</v>
+        <v>498</v>
       </c>
       <c r="D965" s="1">
-        <v>3572</v>
+        <v>3653</v>
       </c>
       <c r="E965" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="966" spans="1:5">
       <c r="A966" s="1" t="s">
-        <v>1637</v>
+        <v>1622</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>293</v>
+        <v>11</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>1551</v>
+        <v>291</v>
       </c>
       <c r="D966" s="1">
-        <v>3574</v>
+        <v>3655</v>
       </c>
       <c r="E966" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="967" spans="1:5">
       <c r="A967" s="1" t="s">
-        <v>1638</v>
+        <v>1623</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>184</v>
+        <v>42</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>185</v>
+        <v>43</v>
       </c>
       <c r="D967" s="1">
-        <v>3575</v>
+        <v>3658</v>
       </c>
       <c r="E967" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="968" spans="1:5">
       <c r="A968" s="1" t="s">
-        <v>1639</v>
+        <v>1624</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>625</v>
+        <v>16</v>
       </c>
       <c r="D968" s="1">
-        <v>3576</v>
+        <v>3660</v>
       </c>
       <c r="E968" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="969" spans="1:5">
       <c r="A969" s="1" t="s">
-        <v>1640</v>
+        <v>1625</v>
       </c>
       <c r="B969" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>16</v>
+        <v>498</v>
       </c>
       <c r="D969" s="1">
-        <v>3579</v>
+        <v>3662</v>
       </c>
       <c r="E969" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="970" spans="1:5">
       <c r="A970" s="1" t="s">
-        <v>1641</v>
+        <v>1626</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>28</v>
+        <v>257</v>
       </c>
       <c r="D970" s="1">
-        <v>3580</v>
+        <v>3669</v>
       </c>
       <c r="E970" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="971" spans="1:5">
       <c r="A971" s="1" t="s">
-        <v>1642</v>
+        <v>1627</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="D971" s="1">
-        <v>3582</v>
+        <v>3674</v>
       </c>
       <c r="E971" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="972" spans="1:5">
       <c r="A972" s="1" t="s">
-        <v>1643</v>
+        <v>1628</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>87</v>
+        <v>130</v>
       </c>
       <c r="D972" s="1">
-        <v>3583</v>
+        <v>3675</v>
       </c>
       <c r="E972" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="973" spans="1:5">
       <c r="A973" s="1" t="s">
-        <v>1644</v>
+        <v>1629</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>782</v>
+        <v>16</v>
       </c>
       <c r="D973" s="1">
-        <v>3584</v>
+        <v>3676</v>
       </c>
       <c r="E973" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="974" spans="1:5">
       <c r="A974" s="1" t="s">
-        <v>1645</v>
+        <v>1630</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>98</v>
+        <v>1631</v>
       </c>
       <c r="D974" s="1">
-        <v>3586</v>
+        <v>3679</v>
       </c>
       <c r="E974" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="975" spans="1:5">
       <c r="A975" s="1" t="s">
-        <v>1646</v>
+        <v>1632</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>1647</v>
+        <v>1633</v>
       </c>
       <c r="D975" s="1">
-        <v>3591</v>
+        <v>3682</v>
       </c>
       <c r="E975" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="976" spans="1:5">
       <c r="A976" s="1" t="s">
-        <v>1648</v>
+        <v>1634</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>184</v>
+        <v>72</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>185</v>
+        <v>73</v>
       </c>
       <c r="D976" s="1">
-        <v>3592</v>
+        <v>3687</v>
       </c>
       <c r="E976" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="977" spans="1:5">
       <c r="A977" s="1" t="s">
-        <v>1649</v>
+        <v>1635</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D977" s="1">
-        <v>3593</v>
+        <v>3688</v>
       </c>
       <c r="E977" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="978" spans="1:5">
       <c r="A978" s="1" t="s">
-        <v>1650</v>
+        <v>1636</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>638</v>
+        <v>605</v>
       </c>
       <c r="D978" s="1">
-        <v>3595</v>
+        <v>3692</v>
       </c>
       <c r="E978" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="979" spans="1:5">
       <c r="A979" s="1" t="s">
-        <v>1651</v>
+        <v>1637</v>
       </c>
       <c r="B979" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>264</v>
+        <v>16</v>
       </c>
       <c r="D979" s="1">
-        <v>3598</v>
+        <v>3693</v>
       </c>
       <c r="E979" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="980" spans="1:5">
       <c r="A980" s="1" t="s">
-        <v>1652</v>
+        <v>1638</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C980" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D980" s="1">
-        <v>3600</v>
+        <v>3695</v>
       </c>
       <c r="E980" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="981" spans="1:5">
       <c r="A981" s="1" t="s">
-        <v>1653</v>
+        <v>1639</v>
       </c>
       <c r="B981" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C981" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D981" s="1">
-        <v>3601</v>
+        <v>3696</v>
       </c>
       <c r="E981" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="982" spans="1:5">
       <c r="A982" s="1" t="s">
-        <v>1654</v>
+        <v>1640</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D982" s="1">
-        <v>3602</v>
+        <v>3700</v>
       </c>
       <c r="E982" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="983" spans="1:5">
       <c r="A983" s="1" t="s">
-        <v>1655</v>
+        <v>1641</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>320</v>
+        <v>11</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>321</v>
+        <v>1642</v>
       </c>
       <c r="D983" s="1">
-        <v>3603</v>
+        <v>3701</v>
       </c>
       <c r="E983" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="984" spans="1:5">
       <c r="A984" s="1" t="s">
-        <v>1656</v>
+        <v>1643</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>111</v>
+        <v>318</v>
       </c>
       <c r="D984" s="1">
-        <v>3607</v>
+        <v>3702</v>
       </c>
       <c r="E984" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="985" spans="1:5">
       <c r="A985" s="1" t="s">
-        <v>1657</v>
+        <v>1644</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>1658</v>
+        <v>569</v>
       </c>
       <c r="D985" s="1">
-        <v>3608</v>
+        <v>3703</v>
       </c>
       <c r="E985" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="986" spans="1:5">
       <c r="A986" s="1" t="s">
-        <v>1659</v>
+        <v>1645</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>320</v>
+        <v>15</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>1449</v>
+        <v>16</v>
       </c>
       <c r="D986" s="1">
-        <v>3609</v>
+        <v>3706</v>
       </c>
       <c r="E986" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="987" spans="1:5">
       <c r="A987" s="1" t="s">
-        <v>1660</v>
+        <v>1646</v>
       </c>
       <c r="B987" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D987" s="1">
-        <v>3610</v>
+        <v>3707</v>
       </c>
       <c r="E987" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="988" spans="1:5">
       <c r="A988" s="1" t="s">
-        <v>1661</v>
+        <v>1647</v>
       </c>
       <c r="B988" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>1662</v>
+        <v>16</v>
       </c>
       <c r="D988" s="1">
-        <v>3612</v>
+        <v>3708</v>
       </c>
       <c r="E988" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="989" spans="1:5">
       <c r="A989" s="1" t="s">
-        <v>1663</v>
+        <v>1648</v>
       </c>
       <c r="B989" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>16</v>
+        <v>1096</v>
       </c>
       <c r="D989" s="1">
-        <v>3613</v>
+        <v>3711</v>
       </c>
       <c r="E989" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="990" spans="1:5">
       <c r="A990" s="1" t="s">
-        <v>1664</v>
+        <v>1649</v>
       </c>
       <c r="B990" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D990" s="1">
-        <v>3617</v>
+        <v>3717</v>
       </c>
       <c r="E990" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="991" spans="1:5">
       <c r="A991" s="1" t="s">
-        <v>1665</v>
+        <v>1650</v>
       </c>
       <c r="B991" s="1" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>1666</v>
+        <v>318</v>
       </c>
       <c r="D991" s="1">
-        <v>3622</v>
+        <v>3718</v>
       </c>
       <c r="E991" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="992" spans="1:5">
       <c r="A992" s="1" t="s">
-        <v>1667</v>
+        <v>1651</v>
       </c>
       <c r="B992" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>462</v>
+        <v>1120</v>
       </c>
       <c r="D992" s="1">
-        <v>3623</v>
+        <v>3720</v>
       </c>
       <c r="E992" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="993" spans="1:5">
       <c r="A993" s="1" t="s">
-        <v>1668</v>
+        <v>1652</v>
       </c>
       <c r="B993" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D993" s="1">
-        <v>3625</v>
+        <v>3721</v>
       </c>
       <c r="E993" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="994" spans="1:5">
       <c r="A994" s="1" t="s">
-        <v>1669</v>
+        <v>1653</v>
       </c>
       <c r="B994" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D994" s="1">
-        <v>3635</v>
+        <v>3722</v>
       </c>
       <c r="E994" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="995" spans="1:5">
       <c r="A995" s="1" t="s">
-        <v>1670</v>
+        <v>1654</v>
       </c>
       <c r="B995" s="1" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>55</v>
+        <v>95</v>
       </c>
       <c r="D995" s="1">
-        <v>3636</v>
+        <v>3723</v>
       </c>
       <c r="E995" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="996" spans="1:5">
       <c r="A996" s="1" t="s">
-        <v>1671</v>
+        <v>1655</v>
       </c>
       <c r="B996" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D996" s="1">
-        <v>3638</v>
+        <v>3727</v>
       </c>
       <c r="E996" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="997" spans="1:5">
       <c r="A997" s="1" t="s">
-        <v>1672</v>
+        <v>1656</v>
       </c>
       <c r="B997" s="1" t="s">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>16</v>
+        <v>311</v>
       </c>
       <c r="D997" s="1">
-        <v>3639</v>
+        <v>3730</v>
       </c>
       <c r="E997" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="998" spans="1:5">
       <c r="A998" s="1" t="s">
-        <v>1673</v>
+        <v>1657</v>
       </c>
       <c r="B998" s="1" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>851</v>
+        <v>1251</v>
       </c>
       <c r="D998" s="1">
-        <v>3643</v>
+        <v>3734</v>
       </c>
       <c r="E998" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="999" spans="1:5">
       <c r="A999" s="1" t="s">
-        <v>1674</v>
+        <v>1658</v>
       </c>
       <c r="B999" s="1" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>754</v>
+        <v>988</v>
       </c>
       <c r="D999" s="1">
-        <v>3644</v>
+        <v>3736</v>
       </c>
       <c r="E999" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1000" spans="1:5">
       <c r="A1000" s="1" t="s">
-        <v>1675</v>
+        <v>1659</v>
       </c>
       <c r="B1000" s="1" t="s">
-        <v>38</v>
+        <v>310</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>1676</v>
+        <v>1660</v>
       </c>
       <c r="D1000" s="1">
-        <v>3645</v>
+        <v>3738</v>
       </c>
       <c r="E1000" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1001" spans="1:5">
       <c r="A1001" s="1" t="s">
-        <v>1677</v>
+        <v>1661</v>
       </c>
       <c r="B1001" s="1" t="s">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>16</v>
+        <v>1662</v>
       </c>
       <c r="D1001" s="1">
-        <v>3648</v>
+        <v>3742</v>
       </c>
       <c r="E1001" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1002" spans="1:5">
       <c r="A1002" s="1" t="s">
-        <v>1678</v>
+        <v>1663</v>
       </c>
       <c r="B1002" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>538</v>
+        <v>16</v>
       </c>
       <c r="D1002" s="1">
-        <v>3649</v>
+        <v>3743</v>
       </c>
       <c r="E1002" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1003" spans="1:5">
       <c r="A1003" s="1" t="s">
-        <v>1679</v>
+        <v>1664</v>
       </c>
       <c r="B1003" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D1003" s="1">
-        <v>3650</v>
+        <v>3746</v>
       </c>
       <c r="E1003" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1004" spans="1:5">
       <c r="A1004" s="1" t="s">
-        <v>1680</v>
+        <v>1665</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1004" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1004" s="1">
-        <v>3651</v>
+        <v>3747</v>
       </c>
       <c r="E1004" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1005" spans="1:5">
       <c r="A1005" s="1" t="s">
-        <v>1681</v>
+        <v>1666</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="D1005" s="1">
-        <v>3653</v>
+        <v>3748</v>
       </c>
       <c r="E1005" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1006" spans="1:5">
       <c r="A1006" s="1" t="s">
-        <v>1682</v>
+        <v>1667</v>
       </c>
       <c r="B1006" s="1" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>310</v>
+        <v>974</v>
       </c>
       <c r="D1006" s="1">
-        <v>3655</v>
+        <v>3750</v>
       </c>
       <c r="E1006" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1007" spans="1:5">
       <c r="A1007" s="1" t="s">
-        <v>1683</v>
+        <v>1668</v>
       </c>
       <c r="B1007" s="1" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>43</v>
+        <v>1669</v>
       </c>
       <c r="D1007" s="1">
-        <v>3658</v>
+        <v>3752</v>
       </c>
       <c r="E1007" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1008" spans="1:5">
       <c r="A1008" s="1" t="s">
-        <v>1684</v>
+        <v>1670</v>
       </c>
       <c r="B1008" s="1" t="s">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>16</v>
+        <v>1671</v>
       </c>
       <c r="D1008" s="1">
-        <v>3660</v>
+        <v>3753</v>
       </c>
       <c r="E1008" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1009" spans="1:5">
       <c r="A1009" s="1" t="s">
-        <v>1685</v>
+        <v>1672</v>
       </c>
       <c r="B1009" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="D1009" s="1">
-        <v>3662</v>
+        <v>3757</v>
       </c>
       <c r="E1009" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1010" spans="1:5">
       <c r="A1010" s="1" t="s">
-        <v>1686</v>
+        <v>1673</v>
       </c>
       <c r="B1010" s="1" t="s">
-        <v>72</v>
+        <v>119</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>276</v>
+        <v>220</v>
       </c>
       <c r="D1010" s="1">
-        <v>3669</v>
+        <v>3758</v>
       </c>
       <c r="E1010" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1011" spans="1:5">
       <c r="A1011" s="1" t="s">
-        <v>1687</v>
+        <v>1674</v>
       </c>
       <c r="B1011" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>136</v>
+        <v>445</v>
       </c>
       <c r="D1011" s="1">
-        <v>3670</v>
+        <v>3762</v>
       </c>
       <c r="E1011" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1012" spans="1:5">
       <c r="A1012" s="1" t="s">
-        <v>1688</v>
+        <v>1675</v>
       </c>
       <c r="B1012" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>139</v>
+        <v>461</v>
       </c>
       <c r="D1012" s="1">
-        <v>3674</v>
+        <v>3763</v>
       </c>
       <c r="E1012" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1013" spans="1:5">
       <c r="A1013" s="1" t="s">
-        <v>1689</v>
+        <v>1676</v>
       </c>
       <c r="B1013" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="D1013" s="1">
-        <v>3675</v>
+        <v>3764</v>
       </c>
       <c r="E1013" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1014" spans="1:5">
       <c r="A1014" s="1" t="s">
-        <v>1690</v>
+        <v>1677</v>
       </c>
       <c r="B1014" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1014" s="1">
-        <v>3676</v>
+        <v>3769</v>
       </c>
       <c r="E1014" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1015" spans="1:5">
       <c r="A1015" s="1" t="s">
-        <v>1691</v>
+        <v>1678</v>
       </c>
       <c r="B1015" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>1482</v>
+        <v>1679</v>
       </c>
       <c r="D1015" s="1">
-        <v>3677</v>
+        <v>3771</v>
       </c>
       <c r="E1015" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1016" spans="1:5">
       <c r="A1016" s="1" t="s">
-        <v>1692</v>
+        <v>1680</v>
       </c>
       <c r="B1016" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>1693</v>
+        <v>1681</v>
       </c>
       <c r="D1016" s="1">
-        <v>3679</v>
+        <v>3772</v>
       </c>
       <c r="E1016" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1017" spans="1:5">
       <c r="A1017" s="1" t="s">
-        <v>1694</v>
+        <v>1682</v>
       </c>
       <c r="B1017" s="1" t="s">
-        <v>94</v>
+        <v>460</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>1695</v>
+        <v>461</v>
       </c>
       <c r="D1017" s="1">
-        <v>3682</v>
+        <v>3775</v>
       </c>
       <c r="E1017" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1018" spans="1:5">
       <c r="A1018" s="1" t="s">
-        <v>1696</v>
+        <v>1683</v>
       </c>
       <c r="B1018" s="1" t="s">
-        <v>72</v>
+        <v>244</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>73</v>
+        <v>919</v>
       </c>
       <c r="D1018" s="1">
-        <v>3687</v>
+        <v>3777</v>
       </c>
       <c r="E1018" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1019" spans="1:5">
       <c r="A1019" s="1" t="s">
-        <v>1697</v>
+        <v>1684</v>
       </c>
       <c r="B1019" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>16</v>
+        <v>1685</v>
       </c>
       <c r="D1019" s="1">
-        <v>3688</v>
+        <v>3783</v>
       </c>
       <c r="E1019" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1020" spans="1:5">
       <c r="A1020" s="1" t="s">
-        <v>1698</v>
+        <v>1686</v>
       </c>
       <c r="B1020" s="1" t="s">
-        <v>124</v>
+        <v>54</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>638</v>
+        <v>55</v>
       </c>
       <c r="D1020" s="1">
-        <v>3692</v>
+        <v>3784</v>
       </c>
       <c r="E1020" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1021" spans="1:5">
       <c r="A1021" s="1" t="s">
-        <v>1699</v>
+        <v>1687</v>
       </c>
       <c r="B1021" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1021" s="1">
-        <v>3693</v>
+        <v>3785</v>
       </c>
       <c r="E1021" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1022" spans="1:5">
       <c r="A1022" s="1" t="s">
-        <v>1700</v>
+        <v>1688</v>
       </c>
       <c r="B1022" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>16</v>
+        <v>248</v>
       </c>
       <c r="D1022" s="1">
-        <v>3695</v>
+        <v>3788</v>
       </c>
       <c r="E1022" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1023" spans="1:5">
       <c r="A1023" s="1" t="s">
-        <v>1701</v>
+        <v>1689</v>
       </c>
       <c r="B1023" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1023" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1023" s="1">
-        <v>3696</v>
+        <v>3789</v>
       </c>
       <c r="E1023" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1024" spans="1:5">
       <c r="A1024" s="1" t="s">
-        <v>1702</v>
+        <v>1690</v>
       </c>
       <c r="B1024" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>16</v>
+        <v>759</v>
       </c>
       <c r="D1024" s="1">
-        <v>3700</v>
+        <v>3791</v>
       </c>
       <c r="E1024" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1025" spans="1:5">
       <c r="A1025" s="1" t="s">
-        <v>1703</v>
+        <v>1691</v>
       </c>
       <c r="B1025" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>1704</v>
+        <v>1205</v>
       </c>
       <c r="D1025" s="1">
-        <v>3701</v>
+        <v>3792</v>
       </c>
       <c r="E1025" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1026" spans="1:5">
       <c r="A1026" s="1" t="s">
-        <v>1705</v>
+        <v>1692</v>
       </c>
       <c r="B1026" s="1" t="s">
-        <v>54</v>
+        <v>244</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>169</v>
+        <v>919</v>
       </c>
       <c r="D1026" s="1">
-        <v>3702</v>
+        <v>3796</v>
       </c>
       <c r="E1026" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1027" spans="1:5">
       <c r="A1027" s="1" t="s">
-        <v>1706</v>
+        <v>1693</v>
       </c>
       <c r="B1027" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>599</v>
+        <v>16</v>
       </c>
       <c r="D1027" s="1">
-        <v>3703</v>
+        <v>3799</v>
       </c>
       <c r="E1027" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1028" spans="1:5">
       <c r="A1028" s="1" t="s">
-        <v>1707</v>
+        <v>1694</v>
       </c>
       <c r="B1028" s="1" t="s">
-        <v>15</v>
+        <v>738</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>16</v>
+        <v>1012</v>
       </c>
       <c r="D1028" s="1">
-        <v>3706</v>
+        <v>3802</v>
       </c>
       <c r="E1028" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1029" spans="1:5">
       <c r="A1029" s="1" t="s">
-        <v>1708</v>
+        <v>1695</v>
       </c>
       <c r="B1029" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D1029" s="1">
-        <v>3707</v>
+        <v>3804</v>
       </c>
       <c r="E1029" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1030" spans="1:5">
       <c r="A1030" s="1" t="s">
-        <v>1709</v>
+        <v>1696</v>
       </c>
       <c r="B1030" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>16</v>
+        <v>933</v>
       </c>
       <c r="D1030" s="1">
-        <v>3708</v>
+        <v>3805</v>
       </c>
       <c r="E1030" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1031" spans="1:5">
       <c r="A1031" s="1" t="s">
-        <v>1710</v>
+        <v>1697</v>
       </c>
       <c r="B1031" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1031" s="1">
-        <v>3709</v>
+        <v>3806</v>
       </c>
       <c r="E1031" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1032" spans="1:5">
       <c r="A1032" s="1" t="s">
-        <v>1711</v>
+        <v>1698</v>
       </c>
       <c r="B1032" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>1145</v>
+        <v>16</v>
       </c>
       <c r="D1032" s="1">
-        <v>3711</v>
+        <v>3808</v>
       </c>
       <c r="E1032" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1033" spans="1:5">
       <c r="A1033" s="1" t="s">
-        <v>1712</v>
+        <v>1699</v>
       </c>
       <c r="B1033" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>1713</v>
+        <v>1461</v>
       </c>
       <c r="D1033" s="1">
-        <v>3713</v>
+        <v>3811</v>
       </c>
       <c r="E1033" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1034" spans="1:5">
       <c r="A1034" s="1" t="s">
-        <v>1714</v>
+        <v>1700</v>
       </c>
       <c r="B1034" s="1" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>210</v>
+        <v>95</v>
       </c>
       <c r="D1034" s="1">
-        <v>3717</v>
+        <v>3813</v>
       </c>
       <c r="E1034" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1035" spans="1:5">
       <c r="A1035" s="1" t="s">
-        <v>1715</v>
+        <v>1701</v>
       </c>
       <c r="B1035" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>169</v>
+        <v>1702</v>
       </c>
       <c r="D1035" s="1">
-        <v>3718</v>
+        <v>3814</v>
       </c>
       <c r="E1035" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1036" spans="1:5">
       <c r="A1036" s="1" t="s">
-        <v>1716</v>
+        <v>1703</v>
       </c>
       <c r="B1036" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>1171</v>
+        <v>76</v>
       </c>
       <c r="D1036" s="1">
-        <v>3720</v>
+        <v>3817</v>
       </c>
       <c r="E1036" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1037" spans="1:5">
       <c r="A1037" s="1" t="s">
-        <v>1717</v>
+        <v>1704</v>
       </c>
       <c r="B1037" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>16</v>
+        <v>1116</v>
       </c>
       <c r="D1037" s="1">
-        <v>3721</v>
+        <v>3818</v>
       </c>
       <c r="E1037" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1038" spans="1:5">
       <c r="A1038" s="1" t="s">
-        <v>1718</v>
+        <v>1705</v>
       </c>
       <c r="B1038" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1038" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1038" s="1">
-        <v>3722</v>
+        <v>3819</v>
       </c>
       <c r="E1038" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1039" spans="1:5">
       <c r="A1039" s="1" t="s">
-        <v>1719</v>
+        <v>1706</v>
       </c>
       <c r="B1039" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D1039" s="1">
-        <v>3723</v>
+        <v>3823</v>
       </c>
       <c r="E1039" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1040" spans="1:5">
       <c r="A1040" s="1" t="s">
-        <v>1720</v>
+        <v>1707</v>
       </c>
       <c r="B1040" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1040" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1040" s="1">
-        <v>3727</v>
+        <v>3824</v>
       </c>
       <c r="E1040" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1041" spans="1:5">
       <c r="A1041" s="1" t="s">
-        <v>1721</v>
+        <v>1708</v>
       </c>
       <c r="B1041" s="1" t="s">
-        <v>329</v>
+        <v>364</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>330</v>
+        <v>1709</v>
       </c>
       <c r="D1041" s="1">
-        <v>3730</v>
+        <v>3825</v>
       </c>
       <c r="E1041" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1042" spans="1:5">
       <c r="A1042" s="1" t="s">
-        <v>1722</v>
+        <v>1710</v>
       </c>
       <c r="B1042" s="1" t="s">
-        <v>184</v>
+        <v>341</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>1304</v>
+        <v>928</v>
       </c>
       <c r="D1042" s="1">
-        <v>3734</v>
+        <v>3826</v>
       </c>
       <c r="E1042" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1043" spans="1:5">
       <c r="A1043" s="1" t="s">
-        <v>1723</v>
+        <v>1711</v>
       </c>
       <c r="B1043" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>1029</v>
+        <v>127</v>
       </c>
       <c r="D1043" s="1">
-        <v>3736</v>
+        <v>3828</v>
       </c>
       <c r="E1043" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1044" spans="1:5">
       <c r="A1044" s="1" t="s">
-        <v>1724</v>
+        <v>1712</v>
       </c>
       <c r="B1044" s="1" t="s">
-        <v>329</v>
+        <v>244</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>1725</v>
+        <v>245</v>
       </c>
       <c r="D1044" s="1">
-        <v>3738</v>
+        <v>3831</v>
       </c>
       <c r="E1044" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1045" spans="1:5">
       <c r="A1045" s="1" t="s">
-        <v>1726</v>
+        <v>1713</v>
       </c>
       <c r="B1045" s="1" t="s">
-        <v>160</v>
+        <v>42</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>1727</v>
+        <v>43</v>
       </c>
       <c r="D1045" s="1">
-        <v>3742</v>
+        <v>3834</v>
       </c>
       <c r="E1045" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1046" spans="1:5">
       <c r="A1046" s="1" t="s">
-        <v>1728</v>
+        <v>1714</v>
       </c>
       <c r="B1046" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>16</v>
+        <v>1424</v>
       </c>
       <c r="D1046" s="1">
-        <v>3743</v>
+        <v>3835</v>
       </c>
       <c r="E1046" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1047" spans="1:5">
       <c r="A1047" s="1" t="s">
-        <v>1729</v>
+        <v>1715</v>
       </c>
       <c r="B1047" s="1" t="s">
-        <v>15</v>
+        <v>533</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>16</v>
+        <v>1716</v>
       </c>
       <c r="D1047" s="1">
-        <v>3746</v>
+        <v>3839</v>
       </c>
       <c r="E1047" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1048" spans="1:5">
       <c r="A1048" s="1" t="s">
-        <v>1730</v>
+        <v>1717</v>
       </c>
       <c r="B1048" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D1048" s="1">
-        <v>3747</v>
+        <v>3841</v>
       </c>
       <c r="E1048" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1049" spans="1:5">
       <c r="A1049" s="1" t="s">
-        <v>1731</v>
+        <v>1718</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>16</v>
+        <v>625</v>
       </c>
       <c r="D1049" s="1">
-        <v>3748</v>
+        <v>3846</v>
       </c>
       <c r="E1049" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1050" spans="1:5">
       <c r="A1050" s="1" t="s">
-        <v>1732</v>
+        <v>1719</v>
       </c>
       <c r="B1050" s="1" t="s">
-        <v>38</v>
+        <v>244</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>1015</v>
+        <v>919</v>
       </c>
       <c r="D1050" s="1">
-        <v>3750</v>
+        <v>3847</v>
       </c>
       <c r="E1050" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1051" spans="1:5">
       <c r="A1051" s="1" t="s">
-        <v>1733</v>
+        <v>1720</v>
       </c>
       <c r="B1051" s="1" t="s">
-        <v>118</v>
+        <v>980</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>1734</v>
+        <v>981</v>
       </c>
       <c r="D1051" s="1">
-        <v>3752</v>
+        <v>3848</v>
       </c>
       <c r="E1051" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1052" spans="1:5">
       <c r="A1052" s="1" t="s">
-        <v>1735</v>
+        <v>1721</v>
       </c>
       <c r="B1052" s="1" t="s">
-        <v>160</v>
+        <v>72</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>1736</v>
+        <v>546</v>
       </c>
       <c r="D1052" s="1">
-        <v>3753</v>
+        <v>3852</v>
       </c>
       <c r="E1052" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1053" spans="1:5">
       <c r="A1053" s="1" t="s">
-        <v>1737</v>
+        <v>1722</v>
       </c>
       <c r="B1053" s="1" t="s">
-        <v>15</v>
+        <v>172</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>16</v>
+        <v>1723</v>
       </c>
       <c r="D1053" s="1">
-        <v>3757</v>
+        <v>3856</v>
       </c>
       <c r="E1053" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1054" spans="1:5">
       <c r="A1054" s="1" t="s">
-        <v>1738</v>
+        <v>1724</v>
       </c>
       <c r="B1054" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>240</v>
+        <v>1096</v>
       </c>
       <c r="D1054" s="1">
-        <v>3758</v>
+        <v>3857</v>
       </c>
       <c r="E1054" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1055" spans="1:5">
       <c r="A1055" s="1" t="s">
-        <v>1739</v>
+        <v>1725</v>
       </c>
       <c r="B1055" s="1" t="s">
-        <v>54</v>
+        <v>151</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>471</v>
+        <v>1726</v>
       </c>
       <c r="D1055" s="1">
-        <v>3762</v>
+        <v>3861</v>
       </c>
       <c r="E1055" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1056" spans="1:5">
       <c r="A1056" s="1" t="s">
-        <v>1740</v>
+        <v>1727</v>
       </c>
       <c r="B1056" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>185</v>
+        <v>16</v>
       </c>
       <c r="D1056" s="1">
-        <v>3763</v>
+        <v>3862</v>
       </c>
       <c r="E1056" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1057" spans="1:5">
       <c r="A1057" s="1" t="s">
-        <v>1741</v>
+        <v>1728</v>
       </c>
       <c r="B1057" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>136</v>
+        <v>1482</v>
       </c>
       <c r="D1057" s="1">
-        <v>3764</v>
+        <v>3864</v>
       </c>
       <c r="E1057" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1058" spans="1:5">
       <c r="A1058" s="1" t="s">
-        <v>1742</v>
+        <v>1729</v>
       </c>
       <c r="B1058" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D1058" s="1">
-        <v>3769</v>
+        <v>3874</v>
       </c>
       <c r="E1058" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1059" spans="1:5">
       <c r="A1059" s="1" t="s">
-        <v>1743</v>
+        <v>1730</v>
       </c>
       <c r="B1059" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>1744</v>
+        <v>16</v>
       </c>
       <c r="D1059" s="1">
-        <v>3771</v>
+        <v>3875</v>
       </c>
       <c r="E1059" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1060" spans="1:5">
       <c r="A1060" s="1" t="s">
-        <v>1745</v>
+        <v>1731</v>
       </c>
       <c r="B1060" s="1" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>1746</v>
+        <v>1205</v>
       </c>
       <c r="D1060" s="1">
-        <v>3772</v>
+        <v>3876</v>
       </c>
       <c r="E1060" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1061" spans="1:5">
       <c r="A1061" s="1" t="s">
-        <v>1747</v>
+        <v>1732</v>
       </c>
       <c r="B1061" s="1" t="s">
-        <v>184</v>
+        <v>533</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>185</v>
+        <v>1716</v>
       </c>
       <c r="D1061" s="1">
-        <v>3775</v>
+        <v>3878</v>
       </c>
       <c r="E1061" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1062" spans="1:5">
       <c r="A1062" s="1" t="s">
-        <v>1748</v>
+        <v>1733</v>
       </c>
       <c r="B1062" s="1" t="s">
-        <v>128</v>
+        <v>460</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>129</v>
+        <v>461</v>
       </c>
       <c r="D1062" s="1">
-        <v>3777</v>
+        <v>3879</v>
       </c>
       <c r="E1062" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1063" spans="1:5">
       <c r="A1063" s="1" t="s">
-        <v>1749</v>
+        <v>1734</v>
       </c>
       <c r="B1063" s="1" t="s">
-        <v>72</v>
+        <v>460</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>1750</v>
+        <v>461</v>
       </c>
       <c r="D1063" s="1">
-        <v>3783</v>
+        <v>3880</v>
       </c>
       <c r="E1063" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1064" spans="1:5">
       <c r="A1064" s="1" t="s">
-        <v>1751</v>
+        <v>1735</v>
       </c>
       <c r="B1064" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>55</v>
+        <v>127</v>
       </c>
       <c r="D1064" s="1">
-        <v>3784</v>
+        <v>3881</v>
       </c>
       <c r="E1064" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1065" spans="1:5">
       <c r="A1065" s="1" t="s">
-        <v>1752</v>
+        <v>1736</v>
       </c>
       <c r="B1065" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D1065" s="1">
-        <v>3785</v>
+        <v>3882</v>
       </c>
       <c r="E1065" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1066" spans="1:5">
       <c r="A1066" s="1" t="s">
-        <v>1753</v>
+        <v>1737</v>
       </c>
       <c r="B1066" s="1" t="s">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>267</v>
+        <v>1738</v>
       </c>
       <c r="D1066" s="1">
-        <v>3788</v>
+        <v>3885</v>
       </c>
       <c r="E1066" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1067" spans="1:5">
       <c r="A1067" s="1" t="s">
-        <v>1754</v>
+        <v>1739</v>
       </c>
       <c r="B1067" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1067" s="1" t="s">
-        <v>16</v>
+        <v>1303</v>
       </c>
       <c r="D1067" s="1">
-        <v>3789</v>
+        <v>3887</v>
       </c>
       <c r="E1067" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1068" spans="1:5">
       <c r="A1068" s="1" t="s">
-        <v>1755</v>
+        <v>1740</v>
       </c>
       <c r="B1068" s="1" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
       <c r="C1068" s="1" t="s">
-        <v>793</v>
+        <v>1741</v>
       </c>
       <c r="D1068" s="1">
-        <v>3791</v>
+        <v>3889</v>
       </c>
       <c r="E1068" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1069" spans="1:5">
       <c r="A1069" s="1" t="s">
-        <v>1756</v>
+        <v>1742</v>
       </c>
       <c r="B1069" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1069" s="1" t="s">
-        <v>1258</v>
+        <v>16</v>
       </c>
       <c r="D1069" s="1">
-        <v>3792</v>
+        <v>3890</v>
       </c>
       <c r="E1069" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1070" spans="1:5">
       <c r="A1070" s="1" t="s">
-        <v>1757</v>
+        <v>1743</v>
       </c>
       <c r="B1070" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C1070" s="1" t="s">
-        <v>129</v>
+        <v>16</v>
       </c>
       <c r="D1070" s="1">
-        <v>3796</v>
+        <v>3892</v>
       </c>
       <c r="E1070" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1071" spans="1:5">
       <c r="A1071" s="1" t="s">
-        <v>1758</v>
+        <v>1744</v>
       </c>
       <c r="B1071" s="1" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>136</v>
+        <v>1745</v>
       </c>
       <c r="D1071" s="1">
-        <v>3798</v>
+        <v>3895</v>
       </c>
       <c r="E1071" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1072" spans="1:5">
       <c r="A1072" s="1" t="s">
-        <v>1759</v>
+        <v>1746</v>
       </c>
       <c r="B1072" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1072" s="1">
-        <v>3799</v>
+        <v>3901</v>
       </c>
       <c r="E1072" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1073" spans="1:5">
       <c r="A1073" s="1" t="s">
-        <v>1760</v>
+        <v>1747</v>
       </c>
       <c r="B1073" s="1" t="s">
-        <v>194</v>
+        <v>94</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>195</v>
+        <v>95</v>
       </c>
       <c r="D1073" s="1">
-        <v>3802</v>
+        <v>3902</v>
       </c>
       <c r="E1073" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1074" spans="1:5">
       <c r="A1074" s="1" t="s">
-        <v>1761</v>
+        <v>1748</v>
       </c>
       <c r="B1074" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D1074" s="1">
-        <v>3804</v>
+        <v>3905</v>
       </c>
       <c r="E1074" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1075" spans="1:5">
       <c r="A1075" s="1" t="s">
-        <v>1762</v>
+        <v>1749</v>
       </c>
       <c r="B1075" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>580</v>
+        <v>690</v>
       </c>
       <c r="D1075" s="1">
-        <v>3805</v>
+        <v>3908</v>
       </c>
       <c r="E1075" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1076" spans="1:5">
       <c r="A1076" s="1" t="s">
-        <v>1763</v>
+        <v>1750</v>
       </c>
       <c r="B1076" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1076" s="1" t="s">
-        <v>136</v>
+        <v>625</v>
       </c>
       <c r="D1076" s="1">
-        <v>3806</v>
+        <v>3911</v>
       </c>
       <c r="E1076" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1077" spans="1:5">
       <c r="A1077" s="1" t="s">
-        <v>1764</v>
+        <v>1751</v>
       </c>
       <c r="B1077" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1077" s="1" t="s">
-        <v>16</v>
+        <v>695</v>
       </c>
       <c r="D1077" s="1">
-        <v>3808</v>
+        <v>3912</v>
       </c>
       <c r="E1077" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1078" spans="1:5">
       <c r="A1078" s="1" t="s">
-        <v>1765</v>
+        <v>1752</v>
       </c>
       <c r="B1078" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1078" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1078" s="1">
-        <v>3810</v>
+        <v>3913</v>
       </c>
       <c r="E1078" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1079" spans="1:5">
       <c r="A1079" s="1" t="s">
-        <v>1766</v>
+        <v>1753</v>
       </c>
       <c r="B1079" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>1515</v>
+        <v>130</v>
       </c>
       <c r="D1079" s="1">
-        <v>3811</v>
+        <v>3915</v>
       </c>
       <c r="E1079" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1080" spans="1:5">
       <c r="A1080" s="1" t="s">
-        <v>1767</v>
+        <v>1754</v>
       </c>
       <c r="B1080" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D1080" s="1">
-        <v>3813</v>
+        <v>3916</v>
       </c>
       <c r="E1080" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1081" spans="1:5">
       <c r="A1081" s="1" t="s">
-        <v>1768</v>
+        <v>1755</v>
       </c>
       <c r="B1081" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>1769</v>
+        <v>16</v>
       </c>
       <c r="D1081" s="1">
-        <v>3814</v>
+        <v>3917</v>
       </c>
       <c r="E1081" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1082" spans="1:5">
       <c r="A1082" s="1" t="s">
-        <v>1770</v>
+        <v>1756</v>
       </c>
       <c r="B1082" s="1" t="s">
-        <v>1021</v>
+        <v>90</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>1771</v>
+        <v>511</v>
       </c>
       <c r="D1082" s="1">
-        <v>3816</v>
+        <v>3919</v>
       </c>
       <c r="E1082" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1083" spans="1:5">
       <c r="A1083" s="1" t="s">
-        <v>1772</v>
+        <v>1757</v>
       </c>
       <c r="B1083" s="1" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>76</v>
+        <v>1758</v>
       </c>
       <c r="D1083" s="1">
-        <v>3817</v>
+        <v>3920</v>
       </c>
       <c r="E1083" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1084" spans="1:5">
       <c r="A1084" s="1" t="s">
-        <v>1773</v>
+        <v>1759</v>
       </c>
       <c r="B1084" s="1" t="s">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>1166</v>
+        <v>1228</v>
       </c>
       <c r="D1084" s="1">
-        <v>3818</v>
+        <v>3921</v>
       </c>
       <c r="E1084" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1085" spans="1:5">
       <c r="A1085" s="1" t="s">
-        <v>1774</v>
+        <v>1760</v>
       </c>
       <c r="B1085" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D1085" s="1">
-        <v>3819</v>
+        <v>3923</v>
       </c>
       <c r="E1085" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1086" spans="1:5">
       <c r="A1086" s="1" t="s">
-        <v>1775</v>
+        <v>1761</v>
       </c>
       <c r="B1086" s="1" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>16</v>
+        <v>302</v>
       </c>
       <c r="D1086" s="1">
-        <v>3823</v>
+        <v>3924</v>
       </c>
       <c r="E1086" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1087" spans="1:5">
       <c r="A1087" s="1" t="s">
-        <v>1776</v>
+        <v>1762</v>
       </c>
       <c r="B1087" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1087" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1087" s="1">
-        <v>3824</v>
+        <v>3925</v>
       </c>
       <c r="E1087" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1088" spans="1:5">
       <c r="A1088" s="1" t="s">
-        <v>1777</v>
+        <v>1763</v>
       </c>
       <c r="B1088" s="1" t="s">
-        <v>387</v>
+        <v>15</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>1778</v>
+        <v>16</v>
       </c>
       <c r="D1088" s="1">
-        <v>3825</v>
+        <v>3926</v>
       </c>
       <c r="E1088" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1089" spans="1:5">
       <c r="A1089" s="1" t="s">
-        <v>1779</v>
+        <v>1764</v>
       </c>
       <c r="B1089" s="1" t="s">
-        <v>364</v>
+        <v>22</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>970</v>
+        <v>33</v>
       </c>
       <c r="D1089" s="1">
-        <v>3826</v>
+        <v>3927</v>
       </c>
       <c r="E1089" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1090" spans="1:5">
       <c r="A1090" s="1" t="s">
-        <v>1780</v>
+        <v>1765</v>
       </c>
       <c r="B1090" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>136</v>
+        <v>391</v>
       </c>
       <c r="D1090" s="1">
-        <v>3828</v>
+        <v>3928</v>
       </c>
       <c r="E1090" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1091" spans="1:5">
       <c r="A1091" s="1" t="s">
-        <v>1781</v>
+        <v>1766</v>
       </c>
       <c r="B1091" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>264</v>
+        <v>130</v>
       </c>
       <c r="D1091" s="1">
-        <v>3831</v>
+        <v>3931</v>
       </c>
       <c r="E1091" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1092" spans="1:5">
       <c r="A1092" s="1" t="s">
-        <v>1782</v>
+        <v>1767</v>
       </c>
       <c r="B1092" s="1" t="s">
-        <v>42</v>
+        <v>94</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>43</v>
+        <v>1768</v>
       </c>
       <c r="D1092" s="1">
-        <v>3834</v>
+        <v>3932</v>
       </c>
       <c r="E1092" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1093" spans="1:5">
       <c r="A1093" s="1" t="s">
-        <v>1783</v>
+        <v>1769</v>
       </c>
       <c r="B1093" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>1478</v>
+        <v>16</v>
       </c>
       <c r="D1093" s="1">
-        <v>3835</v>
+        <v>3933</v>
       </c>
       <c r="E1093" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1094" spans="1:5">
       <c r="A1094" s="1" t="s">
-        <v>1784</v>
+        <v>1770</v>
       </c>
       <c r="B1094" s="1" t="s">
-        <v>560</v>
+        <v>15</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>1785</v>
+        <v>625</v>
       </c>
       <c r="D1094" s="1">
-        <v>3839</v>
+        <v>3935</v>
       </c>
       <c r="E1094" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1095" spans="1:5">
       <c r="A1095" s="1" t="s">
-        <v>1786</v>
+        <v>1771</v>
       </c>
       <c r="B1095" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="D1095" s="1">
-        <v>3841</v>
+        <v>3937</v>
       </c>
       <c r="E1095" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1096" spans="1:5">
       <c r="A1096" s="1" t="s">
-        <v>1787</v>
+        <v>1772</v>
       </c>
       <c r="B1096" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>660</v>
+        <v>461</v>
       </c>
       <c r="D1096" s="1">
-        <v>3846</v>
+        <v>3938</v>
       </c>
       <c r="E1096" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1097" spans="1:5">
       <c r="A1097" s="1" t="s">
-        <v>1788</v>
+        <v>1773</v>
       </c>
       <c r="B1097" s="1" t="s">
-        <v>128</v>
+        <v>90</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>129</v>
+        <v>248</v>
       </c>
       <c r="D1097" s="1">
-        <v>3847</v>
+        <v>3941</v>
       </c>
       <c r="E1097" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1098" spans="1:5">
       <c r="A1098" s="1" t="s">
-        <v>1789</v>
+        <v>1774</v>
       </c>
       <c r="B1098" s="1" t="s">
-        <v>1021</v>
+        <v>15</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>1022</v>
+        <v>16</v>
       </c>
       <c r="D1098" s="1">
-        <v>3848</v>
+        <v>3942</v>
       </c>
       <c r="E1098" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1099" spans="1:5">
       <c r="A1099" s="1" t="s">
-        <v>1790</v>
+        <v>1775</v>
       </c>
       <c r="B1099" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>573</v>
+        <v>374</v>
       </c>
       <c r="D1099" s="1">
-        <v>3852</v>
+        <v>3943</v>
       </c>
       <c r="E1099" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1100" spans="1:5">
       <c r="A1100" s="1" t="s">
-        <v>1791</v>
+        <v>1776</v>
       </c>
       <c r="B1100" s="1" t="s">
-        <v>188</v>
+        <v>90</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>1792</v>
+        <v>413</v>
       </c>
       <c r="D1100" s="1">
-        <v>3856</v>
+        <v>3945</v>
       </c>
       <c r="E1100" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1101" spans="1:5">
       <c r="A1101" s="1" t="s">
-        <v>1793</v>
+        <v>1777</v>
       </c>
       <c r="B1101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>1145</v>
+        <v>16</v>
       </c>
       <c r="D1101" s="1">
-        <v>3857</v>
+        <v>3946</v>
       </c>
       <c r="E1101" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1102" spans="1:5">
       <c r="A1102" s="1" t="s">
-        <v>1794</v>
+        <v>1778</v>
       </c>
       <c r="B1102" s="1" t="s">
-        <v>160</v>
+        <v>54</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>1795</v>
+        <v>55</v>
       </c>
       <c r="D1102" s="1">
-        <v>3861</v>
+        <v>3947</v>
       </c>
       <c r="E1102" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1103" spans="1:5">
       <c r="A1103" s="1" t="s">
-        <v>1796</v>
+        <v>1779</v>
       </c>
       <c r="B1103" s="1" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>16</v>
+        <v>1336</v>
       </c>
       <c r="D1103" s="1">
-        <v>3862</v>
+        <v>3952</v>
       </c>
       <c r="E1103" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1104" spans="1:5">
       <c r="A1104" s="1" t="s">
-        <v>1797</v>
+        <v>1780</v>
       </c>
       <c r="B1104" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>1536</v>
+        <v>1587</v>
       </c>
       <c r="D1104" s="1">
-        <v>3864</v>
+        <v>3954</v>
       </c>
       <c r="E1104" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1105" spans="1:5">
       <c r="A1105" s="1" t="s">
-        <v>1798</v>
+        <v>1781</v>
       </c>
       <c r="B1105" s="1" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>16</v>
+        <v>1410</v>
       </c>
       <c r="D1105" s="1">
-        <v>3874</v>
+        <v>3956</v>
       </c>
       <c r="E1105" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1106" spans="1:5">
       <c r="A1106" s="1" t="s">
-        <v>1799</v>
+        <v>1782</v>
       </c>
       <c r="B1106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1106" s="1">
-        <v>3875</v>
+        <v>3957</v>
       </c>
       <c r="E1106" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1107" spans="1:5">
       <c r="A1107" s="1" t="s">
-        <v>1800</v>
+        <v>1783</v>
       </c>
       <c r="B1107" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>1258</v>
+        <v>16</v>
       </c>
       <c r="D1107" s="1">
-        <v>3876</v>
+        <v>3958</v>
       </c>
       <c r="E1107" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1108" spans="1:5">
       <c r="A1108" s="1" t="s">
-        <v>1801</v>
+        <v>1784</v>
       </c>
       <c r="B1108" s="1" t="s">
-        <v>560</v>
+        <v>15</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>1785</v>
+        <v>130</v>
       </c>
       <c r="D1108" s="1">
-        <v>3878</v>
+        <v>3960</v>
       </c>
       <c r="E1108" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1109" spans="1:5">
       <c r="A1109" s="1" t="s">
-        <v>1802</v>
+        <v>1785</v>
       </c>
       <c r="B1109" s="1" t="s">
-        <v>184</v>
+        <v>72</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>185</v>
+        <v>703</v>
       </c>
       <c r="D1109" s="1">
-        <v>3879</v>
+        <v>3961</v>
       </c>
       <c r="E1109" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1110" spans="1:5">
       <c r="A1110" s="1" t="s">
-        <v>1803</v>
+        <v>1786</v>
       </c>
       <c r="B1110" s="1" t="s">
-        <v>184</v>
+        <v>404</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>185</v>
+        <v>807</v>
       </c>
       <c r="D1110" s="1">
-        <v>3880</v>
+        <v>3963</v>
       </c>
       <c r="E1110" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1111" spans="1:5">
       <c r="A1111" s="1" t="s">
-        <v>1804</v>
+        <v>1787</v>
       </c>
       <c r="B1111" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D1111" s="1">
-        <v>3881</v>
+        <v>3968</v>
       </c>
       <c r="E1111" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1112" spans="1:5">
       <c r="A1112" s="1" t="s">
-        <v>1805</v>
+        <v>1788</v>
       </c>
       <c r="B1112" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1112" s="1">
-        <v>3882</v>
+        <v>3969</v>
       </c>
       <c r="E1112" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1113" spans="1:5">
       <c r="A1113" s="1" t="s">
-        <v>1806</v>
+        <v>1789</v>
       </c>
       <c r="B1113" s="1" t="s">
-        <v>160</v>
+        <v>54</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>1807</v>
+        <v>169</v>
       </c>
       <c r="D1113" s="1">
-        <v>3885</v>
+        <v>3972</v>
       </c>
       <c r="E1113" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1114" spans="1:5">
       <c r="A1114" s="1" t="s">
-        <v>1808</v>
+        <v>1790</v>
       </c>
       <c r="B1114" s="1" t="s">
-        <v>184</v>
+        <v>60</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>1356</v>
+        <v>839</v>
       </c>
       <c r="D1114" s="1">
-        <v>3887</v>
+        <v>3975</v>
       </c>
       <c r="E1114" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1115" spans="1:5">
       <c r="A1115" s="1" t="s">
-        <v>1809</v>
+        <v>1791</v>
       </c>
       <c r="B1115" s="1" t="s">
-        <v>184</v>
+        <v>72</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>1810</v>
+        <v>1556</v>
       </c>
       <c r="D1115" s="1">
-        <v>3889</v>
+        <v>3979</v>
       </c>
       <c r="E1115" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1116" spans="1:5">
       <c r="A1116" s="1" t="s">
-        <v>1811</v>
+        <v>1792</v>
       </c>
       <c r="B1116" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>16</v>
+        <v>436</v>
       </c>
       <c r="D1116" s="1">
-        <v>3890</v>
+        <v>3982</v>
       </c>
       <c r="E1116" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1117" spans="1:5">
       <c r="A1117" s="1" t="s">
-        <v>1812</v>
+        <v>1793</v>
       </c>
       <c r="B1117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1117" s="1">
-        <v>3892</v>
+        <v>3983</v>
       </c>
       <c r="E1117" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1118" spans="1:5">
       <c r="A1118" s="1" t="s">
-        <v>1813</v>
+        <v>1794</v>
       </c>
       <c r="B1118" s="1" t="s">
-        <v>90</v>
+        <v>460</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>580</v>
+        <v>461</v>
       </c>
       <c r="D1118" s="1">
-        <v>3894</v>
+        <v>3985</v>
       </c>
       <c r="E1118" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1119" spans="1:5">
       <c r="A1119" s="1" t="s">
-        <v>1814</v>
+        <v>1795</v>
       </c>
       <c r="B1119" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D1119" s="1">
-        <v>3901</v>
+        <v>3987</v>
       </c>
       <c r="E1119" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1120" spans="1:5">
       <c r="A1120" s="1" t="s">
-        <v>1815</v>
+        <v>1796</v>
       </c>
       <c r="B1120" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D1120" s="1">
-        <v>3902</v>
+        <v>3989</v>
       </c>
       <c r="E1120" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1121" spans="1:5">
       <c r="A1121" s="1" t="s">
-        <v>1816</v>
+        <v>1797</v>
       </c>
       <c r="B1121" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1121" s="1">
-        <v>3905</v>
+        <v>3990</v>
       </c>
       <c r="E1121" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1122" spans="1:5">
       <c r="A1122" s="1" t="s">
-        <v>1817</v>
+        <v>1798</v>
       </c>
       <c r="B1122" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>727</v>
+        <v>215</v>
       </c>
       <c r="D1122" s="1">
-        <v>3908</v>
+        <v>3991</v>
       </c>
       <c r="E1122" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1123" spans="1:5">
       <c r="A1123" s="1" t="s">
-        <v>1818</v>
+        <v>1799</v>
       </c>
       <c r="B1123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>660</v>
+        <v>16</v>
       </c>
       <c r="D1123" s="1">
-        <v>3911</v>
+        <v>3993</v>
       </c>
       <c r="E1123" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1124" spans="1:5">
       <c r="A1124" s="1" t="s">
-        <v>1819</v>
+        <v>1800</v>
       </c>
       <c r="B1124" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>732</v>
+        <v>127</v>
       </c>
       <c r="D1124" s="1">
-        <v>3912</v>
+        <v>3994</v>
       </c>
       <c r="E1124" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1125" spans="1:5">
       <c r="A1125" s="1" t="s">
-        <v>1820</v>
+        <v>1801</v>
       </c>
       <c r="B1125" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D1125" s="1">
-        <v>3913</v>
+        <v>4000</v>
       </c>
       <c r="E1125" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1126" spans="1:5">
       <c r="A1126" s="1" t="s">
-        <v>1821</v>
+        <v>1802</v>
       </c>
       <c r="B1126" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>198</v>
+        <v>16</v>
       </c>
       <c r="D1126" s="1">
-        <v>3914</v>
+        <v>4001</v>
       </c>
       <c r="E1126" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1127" spans="1:5">
       <c r="A1127" s="1" t="s">
-        <v>1822</v>
+        <v>1803</v>
       </c>
       <c r="B1127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>139</v>
+        <v>498</v>
       </c>
       <c r="D1127" s="1">
-        <v>3915</v>
+        <v>4005</v>
       </c>
       <c r="E1127" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1128" spans="1:5">
       <c r="A1128" s="1" t="s">
-        <v>1823</v>
+        <v>1804</v>
       </c>
       <c r="B1128" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>16</v>
+        <v>1415</v>
       </c>
       <c r="D1128" s="1">
-        <v>3916</v>
+        <v>4006</v>
       </c>
       <c r="E1128" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1129" spans="1:5">
       <c r="A1129" s="1" t="s">
-        <v>1824</v>
+        <v>1805</v>
       </c>
       <c r="B1129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1129" s="1">
-        <v>3917</v>
+        <v>4008</v>
       </c>
       <c r="E1129" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1130" spans="1:5">
       <c r="A1130" s="1" t="s">
-        <v>1825</v>
+        <v>1806</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>535</v>
+        <v>1116</v>
       </c>
       <c r="D1130" s="1">
-        <v>3919</v>
+        <v>4011</v>
       </c>
       <c r="E1130" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1131" spans="1:5">
       <c r="A1131" s="1" t="s">
-        <v>1826</v>
+        <v>1807</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>1827</v>
+        <v>1226</v>
       </c>
       <c r="D1131" s="1">
-        <v>3920</v>
+        <v>4012</v>
       </c>
       <c r="E1131" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1132" spans="1:5">
       <c r="A1132" s="1" t="s">
-        <v>1828</v>
+        <v>1808</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>1281</v>
+        <v>1242</v>
       </c>
       <c r="D1132" s="1">
-        <v>3921</v>
+        <v>4015</v>
       </c>
       <c r="E1132" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1133" spans="1:5">
       <c r="A1133" s="1" t="s">
-        <v>1829</v>
+        <v>1809</v>
       </c>
       <c r="B1133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D1133" s="1">
-        <v>3923</v>
+        <v>4016</v>
       </c>
       <c r="E1133" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1134" spans="1:5">
       <c r="A1134" s="1" t="s">
-        <v>1830</v>
+        <v>1810</v>
       </c>
       <c r="B1134" s="1" t="s">
-        <v>320</v>
+        <v>38</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>321</v>
+        <v>1523</v>
       </c>
       <c r="D1134" s="1">
-        <v>3924</v>
+        <v>4017</v>
       </c>
       <c r="E1134" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1135" spans="1:5">
       <c r="A1135" s="1" t="s">
-        <v>1831</v>
+        <v>1811</v>
       </c>
       <c r="B1135" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>16</v>
+        <v>717</v>
       </c>
       <c r="D1135" s="1">
-        <v>3925</v>
+        <v>4020</v>
       </c>
       <c r="E1135" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1136" spans="1:5">
       <c r="A1136" s="1" t="s">
-        <v>1832</v>
+        <v>1812</v>
       </c>
       <c r="B1136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D1136" s="1">
-        <v>3926</v>
+        <v>4021</v>
       </c>
       <c r="E1136" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1137" spans="1:5">
       <c r="A1137" s="1" t="s">
-        <v>1833</v>
+        <v>1813</v>
       </c>
       <c r="B1137" s="1" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="D1137" s="1">
-        <v>3927</v>
+        <v>4022</v>
       </c>
       <c r="E1137" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1138" spans="1:5">
       <c r="A1138" s="1" t="s">
-        <v>1834</v>
+        <v>1814</v>
       </c>
       <c r="B1138" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>417</v>
+        <v>16</v>
       </c>
       <c r="D1138" s="1">
-        <v>3928</v>
+        <v>4024</v>
       </c>
       <c r="E1138" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1139" spans="1:5">
       <c r="A1139" s="1" t="s">
-        <v>1835</v>
+        <v>1815</v>
       </c>
       <c r="B1139" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="D1139" s="1">
-        <v>3931</v>
+        <v>4025</v>
       </c>
       <c r="E1139" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1140" spans="1:5">
       <c r="A1140" s="1" t="s">
-        <v>1836</v>
+        <v>1816</v>
       </c>
       <c r="B1140" s="1" t="s">
-        <v>94</v>
+        <v>11</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>1837</v>
+        <v>712</v>
       </c>
       <c r="D1140" s="1">
-        <v>3932</v>
+        <v>4030</v>
       </c>
       <c r="E1140" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1141" spans="1:5">
       <c r="A1141" s="1" t="s">
-        <v>1838</v>
+        <v>1817</v>
       </c>
       <c r="B1141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1141" s="1">
-        <v>3933</v>
+        <v>4032</v>
       </c>
       <c r="E1141" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1142" spans="1:5">
       <c r="A1142" s="1" t="s">
-        <v>1839</v>
+        <v>1818</v>
       </c>
       <c r="B1142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>660</v>
+        <v>16</v>
       </c>
       <c r="D1142" s="1">
-        <v>3935</v>
+        <v>4033</v>
       </c>
       <c r="E1142" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1143" spans="1:5">
       <c r="A1143" s="1" t="s">
-        <v>1840</v>
+        <v>1819</v>
       </c>
       <c r="B1143" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1143" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D1143" s="1">
-        <v>3937</v>
+        <v>4034</v>
       </c>
       <c r="E1143" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1144" spans="1:5">
       <c r="A1144" s="1" t="s">
-        <v>1841</v>
+        <v>1820</v>
       </c>
       <c r="B1144" s="1" t="s">
-        <v>184</v>
+        <v>6</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>185</v>
+        <v>7</v>
       </c>
       <c r="D1144" s="1">
-        <v>3938</v>
+        <v>4036</v>
       </c>
       <c r="E1144" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1145" spans="1:5">
       <c r="A1145" s="1" t="s">
-        <v>1842</v>
+        <v>1821</v>
       </c>
       <c r="B1145" s="1" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>267</v>
+        <v>133</v>
       </c>
       <c r="D1145" s="1">
-        <v>3941</v>
+        <v>4037</v>
       </c>
       <c r="E1145" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1146" spans="1:5">
       <c r="A1146" s="1" t="s">
-        <v>1843</v>
+        <v>1822</v>
       </c>
       <c r="B1146" s="1" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>16</v>
+        <v>1823</v>
       </c>
       <c r="D1146" s="1">
-        <v>3942</v>
+        <v>4041</v>
       </c>
       <c r="E1146" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1147" spans="1:5">
       <c r="A1147" s="1" t="s">
-        <v>1844</v>
+        <v>1824</v>
       </c>
       <c r="B1147" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>400</v>
+        <v>55</v>
       </c>
       <c r="D1147" s="1">
-        <v>3943</v>
+        <v>4047</v>
       </c>
       <c r="E1147" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1148" spans="1:5">
       <c r="A1148" s="1" t="s">
-        <v>1845</v>
+        <v>1825</v>
       </c>
       <c r="B1148" s="1" t="s">
-        <v>90</v>
+        <v>533</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>439</v>
+        <v>1716</v>
       </c>
       <c r="D1148" s="1">
-        <v>3945</v>
+        <v>4048</v>
       </c>
       <c r="E1148" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1149" spans="1:5">
       <c r="A1149" s="1" t="s">
-        <v>1846</v>
+        <v>1826</v>
       </c>
       <c r="B1149" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>16</v>
+        <v>164</v>
       </c>
       <c r="D1149" s="1">
-        <v>3946</v>
+        <v>4050</v>
       </c>
       <c r="E1149" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1150" spans="1:5">
       <c r="A1150" s="1" t="s">
-        <v>1847</v>
+        <v>1827</v>
       </c>
       <c r="B1150" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>55</v>
+        <v>1828</v>
       </c>
       <c r="D1150" s="1">
-        <v>3947</v>
+        <v>4051</v>
       </c>
       <c r="E1150" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1151" spans="1:5">
       <c r="A1151" s="1" t="s">
-        <v>1848</v>
+        <v>1829</v>
       </c>
       <c r="B1151" s="1" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>1389</v>
+        <v>498</v>
       </c>
       <c r="D1151" s="1">
-        <v>3952</v>
+        <v>4054</v>
       </c>
       <c r="E1151" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1152" spans="1:5">
       <c r="A1152" s="1" t="s">
-        <v>1849</v>
+        <v>1830</v>
       </c>
       <c r="B1152" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>1647</v>
+        <v>1415</v>
       </c>
       <c r="D1152" s="1">
-        <v>3954</v>
+        <v>4055</v>
       </c>
       <c r="E1152" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1153" spans="1:5">
       <c r="A1153" s="1" t="s">
-        <v>1850</v>
+        <v>1831</v>
       </c>
       <c r="B1153" s="1" t="s">
-        <v>118</v>
+        <v>54</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>1463</v>
+        <v>55</v>
       </c>
       <c r="D1153" s="1">
-        <v>3956</v>
+        <v>4062</v>
       </c>
       <c r="E1153" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1154" spans="1:5">
       <c r="A1154" s="1" t="s">
-        <v>1851</v>
+        <v>1832</v>
       </c>
       <c r="B1154" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>16</v>
+        <v>1226</v>
       </c>
       <c r="D1154" s="1">
-        <v>3957</v>
+        <v>4064</v>
       </c>
       <c r="E1154" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1155" spans="1:5">
       <c r="A1155" s="1" t="s">
-        <v>1852</v>
+        <v>1833</v>
       </c>
       <c r="B1155" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="D1155" s="1">
-        <v>3958</v>
+        <v>4065</v>
       </c>
       <c r="E1155" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1156" spans="1:5">
       <c r="A1156" s="1" t="s">
-        <v>1853</v>
+        <v>1834</v>
       </c>
       <c r="B1156" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>139</v>
+        <v>335</v>
       </c>
       <c r="D1156" s="1">
-        <v>3960</v>
+        <v>4066</v>
       </c>
       <c r="E1156" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1157" spans="1:5">
       <c r="A1157" s="1" t="s">
-        <v>1854</v>
+        <v>1835</v>
       </c>
       <c r="B1157" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>740</v>
+        <v>16</v>
       </c>
       <c r="D1157" s="1">
-        <v>3961</v>
+        <v>4072</v>
       </c>
       <c r="E1157" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1158" spans="1:5">
       <c r="A1158" s="1" t="s">
-        <v>1855</v>
+        <v>1836</v>
       </c>
       <c r="B1158" s="1" t="s">
-        <v>430</v>
+        <v>54</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>841</v>
+        <v>127</v>
       </c>
       <c r="D1158" s="1">
-        <v>3963</v>
+        <v>4074</v>
       </c>
       <c r="E1158" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1159" spans="1:5">
       <c r="A1159" s="1" t="s">
-        <v>1856</v>
+        <v>1837</v>
       </c>
       <c r="B1159" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>16</v>
+        <v>625</v>
       </c>
       <c r="D1159" s="1">
-        <v>3968</v>
+        <v>4079</v>
       </c>
       <c r="E1159" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1160" spans="1:5">
       <c r="A1160" s="1" t="s">
-        <v>1857</v>
+        <v>1838</v>
       </c>
       <c r="B1160" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>136</v>
+        <v>498</v>
       </c>
       <c r="D1160" s="1">
-        <v>3969</v>
+        <v>4081</v>
       </c>
       <c r="E1160" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1161" spans="1:5">
       <c r="A1161" s="1" t="s">
-        <v>1858</v>
+        <v>1839</v>
       </c>
       <c r="B1161" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>98</v>
+        <v>712</v>
       </c>
       <c r="D1161" s="1">
-        <v>3970</v>
+        <v>4082</v>
       </c>
       <c r="E1161" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1162" spans="1:5">
       <c r="A1162" s="1" t="s">
-        <v>1859</v>
+        <v>1840</v>
       </c>
       <c r="B1162" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>181</v>
+        <v>16</v>
       </c>
       <c r="D1162" s="1">
-        <v>3972</v>
+        <v>4084</v>
       </c>
       <c r="E1162" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1163" spans="1:5">
       <c r="A1163" s="1" t="s">
-        <v>1860</v>
+        <v>1841</v>
       </c>
       <c r="B1163" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>877</v>
+        <v>1428</v>
       </c>
       <c r="D1163" s="1">
-        <v>3975</v>
+        <v>4085</v>
       </c>
       <c r="E1163" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1164" spans="1:5">
       <c r="A1164" s="1" t="s">
-        <v>1861</v>
+        <v>1842</v>
       </c>
       <c r="B1164" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1164" s="1" t="s">
-        <v>245</v>
+        <v>130</v>
       </c>
       <c r="D1164" s="1">
-        <v>3977</v>
+        <v>4087</v>
       </c>
       <c r="E1164" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1165" spans="1:5">
       <c r="A1165" s="1" t="s">
-        <v>1862</v>
+        <v>1843</v>
       </c>
       <c r="B1165" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>1615</v>
+        <v>318</v>
       </c>
       <c r="D1165" s="1">
-        <v>3979</v>
+        <v>4088</v>
       </c>
       <c r="E1165" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1166" spans="1:5">
       <c r="A1166" s="1" t="s">
-        <v>1863</v>
+        <v>1844</v>
       </c>
       <c r="B1166" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>462</v>
+        <v>130</v>
       </c>
       <c r="D1166" s="1">
-        <v>3982</v>
+        <v>4090</v>
       </c>
       <c r="E1166" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1167" spans="1:5">
       <c r="A1167" s="1" t="s">
-        <v>1864</v>
+        <v>1845</v>
       </c>
       <c r="B1167" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D1167" s="1">
-        <v>3983</v>
+        <v>4091</v>
       </c>
       <c r="E1167" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1168" spans="1:5">
       <c r="A1168" s="1" t="s">
-        <v>1865</v>
+        <v>1846</v>
       </c>
       <c r="B1168" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>185</v>
+        <v>16</v>
       </c>
       <c r="D1168" s="1">
-        <v>3985</v>
+        <v>4094</v>
       </c>
       <c r="E1168" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1169" spans="1:5">
       <c r="A1169" s="1" t="s">
-        <v>1866</v>
+        <v>1847</v>
       </c>
       <c r="B1169" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1169" s="1">
-        <v>3987</v>
+        <v>4095</v>
       </c>
       <c r="E1169" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1170" spans="1:5">
       <c r="A1170" s="1" t="s">
-        <v>1867</v>
+        <v>1848</v>
       </c>
       <c r="B1170" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="D1170" s="1">
-        <v>3989</v>
+        <v>4098</v>
       </c>
       <c r="E1170" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1171" spans="1:5">
       <c r="A1171" s="1" t="s">
-        <v>1868</v>
+        <v>1849</v>
       </c>
       <c r="B1171" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D1171" s="1">
-        <v>3990</v>
+        <v>4099</v>
       </c>
       <c r="E1171" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1172" spans="1:5">
       <c r="A1172" s="1" t="s">
-        <v>1869</v>
+        <v>1850</v>
       </c>
       <c r="B1172" s="1" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>235</v>
+        <v>157</v>
       </c>
       <c r="D1172" s="1">
-        <v>3991</v>
+        <v>4102</v>
       </c>
       <c r="E1172" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1173" spans="1:5">
       <c r="A1173" s="1" t="s">
-        <v>1870</v>
+        <v>1851</v>
       </c>
       <c r="B1173" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>16</v>
+        <v>436</v>
       </c>
       <c r="D1173" s="1">
-        <v>3993</v>
+        <v>4109</v>
       </c>
       <c r="E1173" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1174" spans="1:5">
       <c r="A1174" s="1" t="s">
-        <v>1871</v>
+        <v>1852</v>
       </c>
       <c r="B1174" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D1174" s="1">
-        <v>3994</v>
+        <v>4111</v>
       </c>
       <c r="E1174" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1175" spans="1:5">
       <c r="A1175" s="1" t="s">
-        <v>1872</v>
+        <v>1853</v>
       </c>
       <c r="B1175" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1175" s="1" t="s">
-        <v>16</v>
+        <v>514</v>
       </c>
       <c r="D1175" s="1">
-        <v>3996</v>
+        <v>4112</v>
       </c>
       <c r="E1175" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1176" spans="1:5">
       <c r="A1176" s="1" t="s">
-        <v>1873</v>
+        <v>1854</v>
       </c>
       <c r="B1176" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>185</v>
+        <v>76</v>
       </c>
       <c r="D1176" s="1">
-        <v>3998</v>
+        <v>4113</v>
       </c>
       <c r="E1176" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1177" spans="1:5">
       <c r="A1177" s="1" t="s">
-        <v>1874</v>
+        <v>1855</v>
       </c>
       <c r="B1177" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D1177" s="1">
-        <v>4000</v>
+        <v>4114</v>
       </c>
       <c r="E1177" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1178" spans="1:5">
       <c r="A1178" s="1" t="s">
-        <v>1875</v>
+        <v>1856</v>
       </c>
       <c r="B1178" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D1178" s="1">
-        <v>4001</v>
+        <v>4116</v>
       </c>
       <c r="E1178" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1179" spans="1:5">
       <c r="A1179" s="1" t="s">
-        <v>1876</v>
+        <v>1857</v>
       </c>
       <c r="B1179" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="D1179" s="1">
-        <v>4003</v>
+        <v>4120</v>
       </c>
       <c r="E1179" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1180" spans="1:5">
       <c r="A1180" s="1" t="s">
-        <v>1877</v>
+        <v>1858</v>
       </c>
       <c r="B1180" s="1" t="s">
-        <v>15</v>
+        <v>274</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>98</v>
+        <v>999</v>
       </c>
       <c r="D1180" s="1">
-        <v>4005</v>
+        <v>4121</v>
       </c>
       <c r="E1180" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1181" spans="1:5">
       <c r="A1181" s="1" t="s">
-        <v>1878</v>
+        <v>1859</v>
       </c>
       <c r="B1181" s="1" t="s">
-        <v>184</v>
+        <v>404</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>1468</v>
+        <v>1860</v>
       </c>
       <c r="D1181" s="1">
-        <v>4006</v>
+        <v>4122</v>
       </c>
       <c r="E1181" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1182" spans="1:5">
       <c r="A1182" s="1" t="s">
-        <v>1879</v>
+        <v>1861</v>
       </c>
       <c r="B1182" s="1" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>16</v>
+        <v>1862</v>
       </c>
       <c r="D1182" s="1">
-        <v>4008</v>
+        <v>4123</v>
       </c>
       <c r="E1182" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1183" spans="1:5">
       <c r="A1183" s="1" t="s">
-        <v>1880</v>
+        <v>1863</v>
       </c>
       <c r="B1183" s="1" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>1166</v>
+        <v>7</v>
       </c>
       <c r="D1183" s="1">
-        <v>4011</v>
+        <v>4124</v>
       </c>
       <c r="E1183" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1184" spans="1:5">
       <c r="A1184" s="1" t="s">
-        <v>1881</v>
+        <v>1864</v>
       </c>
       <c r="B1184" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>1279</v>
+        <v>16</v>
       </c>
       <c r="D1184" s="1">
-        <v>4012</v>
+        <v>4127</v>
       </c>
       <c r="E1184" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1185" spans="1:5">
       <c r="A1185" s="1" t="s">
-        <v>1882</v>
+        <v>1865</v>
       </c>
       <c r="B1185" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1185" s="1" t="s">
-        <v>1295</v>
+        <v>1866</v>
       </c>
       <c r="D1185" s="1">
-        <v>4015</v>
+        <v>4128</v>
       </c>
       <c r="E1185" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1186" spans="1:5">
       <c r="A1186" s="1" t="s">
-        <v>1883</v>
+        <v>1867</v>
       </c>
       <c r="B1186" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>16</v>
+        <v>933</v>
       </c>
       <c r="D1186" s="1">
-        <v>4016</v>
+        <v>4130</v>
       </c>
       <c r="E1186" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1187" spans="1:5">
       <c r="A1187" s="1" t="s">
-        <v>1884</v>
+        <v>1868</v>
       </c>
       <c r="B1187" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C1187" s="1" t="s">
-        <v>1579</v>
+        <v>127</v>
       </c>
       <c r="D1187" s="1">
-        <v>4017</v>
+        <v>4131</v>
       </c>
       <c r="E1187" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1188" spans="1:5">
       <c r="A1188" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B1188" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1188" s="1" t="s">
-        <v>754</v>
+        <v>16</v>
       </c>
       <c r="D1188" s="1">
-        <v>4020</v>
+        <v>4132</v>
       </c>
       <c r="E1188" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1189" spans="1:5">
       <c r="A1189" s="1" t="s">
-        <v>1886</v>
+        <v>1870</v>
       </c>
       <c r="B1189" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C1189" s="1" t="s">
-        <v>139</v>
+        <v>43</v>
       </c>
       <c r="D1189" s="1">
-        <v>4021</v>
+        <v>4133</v>
       </c>
       <c r="E1189" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1190" spans="1:5">
       <c r="A1190" s="1" t="s">
-        <v>1887</v>
+        <v>1871</v>
       </c>
       <c r="B1190" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1190" s="1" t="s">
-        <v>136</v>
+        <v>1271</v>
       </c>
       <c r="D1190" s="1">
-        <v>4022</v>
+        <v>4136</v>
       </c>
       <c r="E1190" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1191" spans="1:5">
       <c r="A1191" s="1" t="s">
-        <v>1888</v>
+        <v>1872</v>
       </c>
       <c r="B1191" s="1" t="s">
-        <v>94</v>
+        <v>439</v>
       </c>
       <c r="C1191" s="1" t="s">
-        <v>95</v>
+        <v>1873</v>
       </c>
       <c r="D1191" s="1">
-        <v>4023</v>
+        <v>4138</v>
       </c>
       <c r="E1191" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1192" spans="1:5">
       <c r="A1192" s="1" t="s">
-        <v>1889</v>
+        <v>1874</v>
       </c>
       <c r="B1192" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1192" s="1" t="s">
-        <v>16</v>
+        <v>1875</v>
       </c>
       <c r="D1192" s="1">
-        <v>4024</v>
+        <v>4140</v>
       </c>
       <c r="E1192" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1193" spans="1:5">
       <c r="A1193" s="1" t="s">
-        <v>1890</v>
+        <v>1876</v>
       </c>
       <c r="B1193" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1193" s="1" t="s">
-        <v>73</v>
+        <v>1875</v>
       </c>
       <c r="D1193" s="1">
-        <v>4025</v>
+        <v>4141</v>
       </c>
       <c r="E1193" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1194" spans="1:5">
       <c r="A1194" s="1" t="s">
-        <v>1891</v>
+        <v>1877</v>
       </c>
       <c r="B1194" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1194" s="1" t="s">
-        <v>749</v>
+        <v>16</v>
       </c>
       <c r="D1194" s="1">
-        <v>4030</v>
+        <v>4142</v>
       </c>
       <c r="E1194" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1195" spans="1:5">
       <c r="A1195" s="1" t="s">
-        <v>1892</v>
+        <v>1878</v>
       </c>
       <c r="B1195" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1195" s="1">
-        <v>4032</v>
+        <v>4143</v>
       </c>
       <c r="E1195" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1196" spans="1:5">
       <c r="A1196" s="1" t="s">
-        <v>1893</v>
+        <v>1879</v>
       </c>
       <c r="B1196" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1196" s="1" t="s">
-        <v>16</v>
+        <v>1264</v>
       </c>
       <c r="D1196" s="1">
-        <v>4033</v>
+        <v>4147</v>
       </c>
       <c r="E1196" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1197" spans="1:5">
       <c r="A1197" s="1" t="s">
-        <v>1894</v>
+        <v>1880</v>
       </c>
       <c r="B1197" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1197" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D1197" s="1">
-        <v>4034</v>
+        <v>4148</v>
       </c>
       <c r="E1197" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1198" spans="1:5">
       <c r="A1198" s="1" t="s">
-        <v>1895</v>
+        <v>1881</v>
       </c>
       <c r="B1198" s="1" t="s">
-        <v>6</v>
+        <v>90</v>
       </c>
       <c r="C1198" s="1" t="s">
-        <v>7</v>
+        <v>511</v>
       </c>
       <c r="D1198" s="1">
-        <v>4036</v>
+        <v>4152</v>
       </c>
       <c r="E1198" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1199" spans="1:5">
       <c r="A1199" s="1" t="s">
-        <v>1896</v>
+        <v>1882</v>
       </c>
       <c r="B1199" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C1199" s="1" t="s">
-        <v>142</v>
+        <v>1883</v>
       </c>
       <c r="D1199" s="1">
-        <v>4037</v>
+        <v>4153</v>
       </c>
       <c r="E1199" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1200" spans="1:5">
       <c r="A1200" s="1" t="s">
-        <v>1897</v>
+        <v>1884</v>
       </c>
       <c r="B1200" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="C1200" s="1" t="s">
-        <v>1898</v>
+        <v>16</v>
       </c>
       <c r="D1200" s="1">
-        <v>4041</v>
+        <v>4155</v>
       </c>
       <c r="E1200" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1201" spans="1:5">
       <c r="A1201" s="1" t="s">
-        <v>1899</v>
+        <v>1885</v>
       </c>
       <c r="B1201" s="1" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="C1201" s="1" t="s">
-        <v>55</v>
+        <v>1886</v>
       </c>
       <c r="D1201" s="1">
-        <v>4047</v>
+        <v>4156</v>
       </c>
       <c r="E1201" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1202" spans="1:5">
       <c r="A1202" s="1" t="s">
-        <v>1900</v>
+        <v>1887</v>
       </c>
       <c r="B1202" s="1" t="s">
-        <v>560</v>
+        <v>90</v>
       </c>
       <c r="C1202" s="1" t="s">
-        <v>1785</v>
+        <v>566</v>
       </c>
       <c r="D1202" s="1">
-        <v>4048</v>
+        <v>4157</v>
       </c>
       <c r="E1202" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1203" spans="1:5">
       <c r="A1203" s="1" t="s">
-        <v>1901</v>
+        <v>1888</v>
       </c>
       <c r="B1203" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1203" s="1" t="s">
-        <v>176</v>
+        <v>55</v>
       </c>
       <c r="D1203" s="1">
-        <v>4050</v>
+        <v>4158</v>
       </c>
       <c r="E1203" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1204" spans="1:5">
       <c r="A1204" s="1" t="s">
-        <v>1902</v>
+        <v>1889</v>
       </c>
       <c r="B1204" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C1204" s="1" t="s">
-        <v>1903</v>
+        <v>95</v>
       </c>
       <c r="D1204" s="1">
-        <v>4051</v>
+        <v>4165</v>
       </c>
       <c r="E1204" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1205" spans="1:5">
       <c r="A1205" s="1" t="s">
-        <v>1904</v>
+        <v>1890</v>
       </c>
       <c r="B1205" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1205" s="1" t="s">
-        <v>98</v>
+        <v>436</v>
       </c>
       <c r="D1205" s="1">
-        <v>4054</v>
+        <v>4170</v>
       </c>
       <c r="E1205" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1206" spans="1:5">
       <c r="A1206" s="1" t="s">
-        <v>1905</v>
+        <v>1891</v>
       </c>
       <c r="B1206" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C1206" s="1" t="s">
-        <v>1468</v>
+        <v>127</v>
       </c>
       <c r="D1206" s="1">
-        <v>4055</v>
+        <v>4171</v>
       </c>
       <c r="E1206" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1207" spans="1:5">
       <c r="A1207" s="1" t="s">
-        <v>1906</v>
+        <v>1892</v>
       </c>
       <c r="B1207" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1207" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1207" s="1">
-        <v>4062</v>
+        <v>4172</v>
       </c>
       <c r="E1207" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1208" spans="1:5">
       <c r="A1208" s="1" t="s">
-        <v>1907</v>
+        <v>1893</v>
       </c>
       <c r="B1208" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1208" s="1" t="s">
-        <v>1279</v>
+        <v>127</v>
       </c>
       <c r="D1208" s="1">
-        <v>4064</v>
+        <v>4174</v>
       </c>
       <c r="E1208" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1209" spans="1:5">
       <c r="A1209" s="1" t="s">
-        <v>1908</v>
+        <v>1894</v>
       </c>
       <c r="B1209" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1209" s="1" t="s">
-        <v>400</v>
+        <v>16</v>
       </c>
       <c r="D1209" s="1">
-        <v>4065</v>
+        <v>4175</v>
       </c>
       <c r="E1209" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1210" spans="1:5">
       <c r="A1210" s="1" t="s">
-        <v>1909</v>
+        <v>1895</v>
       </c>
       <c r="B1210" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1210" s="1" t="s">
-        <v>358</v>
+        <v>602</v>
       </c>
       <c r="D1210" s="1">
-        <v>4066</v>
+        <v>4177</v>
       </c>
       <c r="E1210" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1211" spans="1:5">
       <c r="A1211" s="1" t="s">
-        <v>1910</v>
+        <v>1896</v>
       </c>
       <c r="B1211" s="1" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="C1211" s="1" t="s">
-        <v>95</v>
+        <v>127</v>
       </c>
       <c r="D1211" s="1">
-        <v>4067</v>
+        <v>4178</v>
       </c>
       <c r="E1211" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1212" spans="1:5">
       <c r="A1212" s="1" t="s">
-        <v>1911</v>
+        <v>1897</v>
       </c>
       <c r="B1212" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C1212" s="1" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="D1212" s="1">
-        <v>4072</v>
+        <v>4179</v>
       </c>
       <c r="E1212" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1213" spans="1:5">
       <c r="A1213" s="1" t="s">
-        <v>1912</v>
+        <v>1898</v>
       </c>
       <c r="B1213" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1213" s="1" t="s">
-        <v>136</v>
+        <v>1096</v>
       </c>
       <c r="D1213" s="1">
-        <v>4074</v>
+        <v>4182</v>
       </c>
       <c r="E1213" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1214" spans="1:5">
       <c r="A1214" s="1" t="s">
-        <v>1913</v>
+        <v>1899</v>
       </c>
       <c r="B1214" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1214" s="1" t="s">
-        <v>660</v>
+        <v>595</v>
       </c>
       <c r="D1214" s="1">
-        <v>4079</v>
+        <v>4183</v>
       </c>
       <c r="E1214" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1215" spans="1:5">
       <c r="A1215" s="1" t="s">
-        <v>1914</v>
+        <v>1900</v>
       </c>
       <c r="B1215" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1215" s="1" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="D1215" s="1">
-        <v>4081</v>
+        <v>4185</v>
       </c>
       <c r="E1215" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1216" spans="1:5">
       <c r="A1216" s="1" t="s">
-        <v>1915</v>
+        <v>1901</v>
       </c>
       <c r="B1216" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1216" s="1" t="s">
-        <v>749</v>
+        <v>16</v>
       </c>
       <c r="D1216" s="1">
-        <v>4082</v>
+        <v>4186</v>
       </c>
       <c r="E1216" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1217" spans="1:5">
       <c r="A1217" s="1" t="s">
-        <v>1916</v>
+        <v>1902</v>
       </c>
       <c r="B1217" s="1" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="C1217" s="1" t="s">
-        <v>16</v>
+        <v>482</v>
       </c>
       <c r="D1217" s="1">
-        <v>4084</v>
+        <v>4189</v>
       </c>
       <c r="E1217" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1218" spans="1:5">
       <c r="A1218" s="1" t="s">
-        <v>1917</v>
+        <v>1903</v>
       </c>
       <c r="B1218" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C1218" s="1" t="s">
-        <v>1482</v>
+        <v>461</v>
       </c>
       <c r="D1218" s="1">
-        <v>4085</v>
+        <v>4190</v>
       </c>
       <c r="E1218" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1219" spans="1:5">
       <c r="A1219" s="1" t="s">
-        <v>1918</v>
+        <v>1904</v>
       </c>
       <c r="B1219" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1219" s="1" t="s">
-        <v>139</v>
+        <v>228</v>
       </c>
       <c r="D1219" s="1">
-        <v>4087</v>
+        <v>4191</v>
       </c>
       <c r="E1219" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1220" spans="1:5">
       <c r="A1220" s="1" t="s">
-        <v>1919</v>
+        <v>1905</v>
       </c>
       <c r="B1220" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1220" s="1" t="s">
-        <v>169</v>
+        <v>28</v>
       </c>
       <c r="D1220" s="1">
-        <v>4088</v>
+        <v>4193</v>
       </c>
       <c r="E1220" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1221" spans="1:5">
       <c r="A1221" s="1" t="s">
-        <v>1920</v>
+        <v>1906</v>
       </c>
       <c r="B1221" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1221" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D1221" s="1">
-        <v>4090</v>
+        <v>4196</v>
       </c>
       <c r="E1221" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1222" spans="1:5">
       <c r="A1222" s="1" t="s">
-        <v>1921</v>
+        <v>1907</v>
       </c>
       <c r="B1222" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1222" s="1" t="s">
-        <v>139</v>
+        <v>566</v>
       </c>
       <c r="D1222" s="1">
-        <v>4091</v>
+        <v>4201</v>
       </c>
       <c r="E1222" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1223" spans="1:5">
       <c r="A1223" s="1" t="s">
-        <v>1922</v>
+        <v>1908</v>
       </c>
       <c r="B1223" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1223" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D1223" s="1">
-        <v>4094</v>
+        <v>4203</v>
       </c>
       <c r="E1223" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1224" spans="1:5">
       <c r="A1224" s="1" t="s">
-        <v>1923</v>
+        <v>1909</v>
       </c>
       <c r="B1224" s="1" t="s">
-        <v>54</v>
+        <v>578</v>
       </c>
       <c r="C1224" s="1" t="s">
-        <v>136</v>
+        <v>950</v>
       </c>
       <c r="D1224" s="1">
-        <v>4095</v>
+        <v>4204</v>
       </c>
       <c r="E1224" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1225" spans="1:5">
       <c r="A1225" s="1" t="s">
-        <v>1924</v>
+        <v>1910</v>
       </c>
       <c r="B1225" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C1225" s="1" t="s">
-        <v>240</v>
+        <v>16</v>
       </c>
       <c r="D1225" s="1">
-        <v>4098</v>
+        <v>4206</v>
       </c>
       <c r="E1225" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1226" spans="1:5">
       <c r="A1226" s="1" t="s">
-        <v>1925</v>
+        <v>1911</v>
       </c>
       <c r="B1226" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1226" s="1" t="s">
-        <v>16</v>
+        <v>436</v>
       </c>
       <c r="D1226" s="1">
-        <v>4099</v>
+        <v>4207</v>
       </c>
       <c r="E1226" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1227" spans="1:5">
       <c r="A1227" s="1" t="s">
-        <v>1926</v>
+        <v>1912</v>
       </c>
       <c r="B1227" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1227" s="1" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
       <c r="D1227" s="1">
-        <v>4102</v>
+        <v>4209</v>
       </c>
       <c r="E1227" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1228" spans="1:5">
       <c r="A1228" s="1" t="s">
-        <v>1927</v>
+        <v>1913</v>
       </c>
       <c r="B1228" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1228" s="1" t="s">
-        <v>462</v>
+        <v>16</v>
       </c>
       <c r="D1228" s="1">
-        <v>4109</v>
+        <v>4210</v>
       </c>
       <c r="E1228" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1229" spans="1:5">
       <c r="A1229" s="1" t="s">
-        <v>1928</v>
+        <v>1914</v>
       </c>
       <c r="B1229" s="1" t="s">
-        <v>15</v>
+        <v>377</v>
       </c>
       <c r="C1229" s="1" t="s">
-        <v>16</v>
+        <v>1915</v>
       </c>
       <c r="D1229" s="1">
-        <v>4111</v>
+        <v>4211</v>
       </c>
       <c r="E1229" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1230" spans="1:5">
       <c r="A1230" s="1" t="s">
-        <v>1929</v>
+        <v>1916</v>
       </c>
       <c r="B1230" s="1" t="s">
-        <v>184</v>
+        <v>1041</v>
       </c>
       <c r="C1230" s="1" t="s">
-        <v>541</v>
+        <v>1042</v>
       </c>
       <c r="D1230" s="1">
-        <v>4112</v>
+        <v>4212</v>
       </c>
       <c r="E1230" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1231" spans="1:5">
       <c r="A1231" s="1" t="s">
-        <v>1930</v>
+        <v>1917</v>
       </c>
       <c r="B1231" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1231" s="1" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D1231" s="1">
-        <v>4113</v>
+        <v>4214</v>
       </c>
       <c r="E1231" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1232" spans="1:5">
       <c r="A1232" s="1" t="s">
-        <v>1931</v>
+        <v>1918</v>
       </c>
       <c r="B1232" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C1232" s="1" t="s">
-        <v>16</v>
+        <v>1919</v>
       </c>
       <c r="D1232" s="1">
-        <v>4114</v>
+        <v>4215</v>
       </c>
       <c r="E1232" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1233" spans="1:5">
       <c r="A1233" s="1" t="s">
-        <v>1932</v>
+        <v>1920</v>
       </c>
       <c r="B1233" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1233" s="1" t="s">
-        <v>55</v>
+        <v>1007</v>
       </c>
       <c r="D1233" s="1">
-        <v>4116</v>
+        <v>4216</v>
       </c>
       <c r="E1233" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1234" spans="1:5">
       <c r="A1234" s="1" t="s">
-        <v>1933</v>
+        <v>1921</v>
       </c>
       <c r="B1234" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1234" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D1234" s="1">
-        <v>4120</v>
+        <v>4217</v>
       </c>
       <c r="E1234" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1235" spans="1:5">
       <c r="A1235" s="1" t="s">
-        <v>1934</v>
+        <v>1922</v>
       </c>
       <c r="B1235" s="1" t="s">
-        <v>293</v>
+        <v>15</v>
       </c>
       <c r="C1235" s="1" t="s">
-        <v>1040</v>
+        <v>16</v>
       </c>
       <c r="D1235" s="1">
-        <v>4121</v>
+        <v>4218</v>
       </c>
       <c r="E1235" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1236" spans="1:5">
       <c r="A1236" s="1" t="s">
-        <v>1935</v>
+        <v>1923</v>
       </c>
       <c r="B1236" s="1" t="s">
-        <v>430</v>
+        <v>38</v>
       </c>
       <c r="C1236" s="1" t="s">
-        <v>1936</v>
+        <v>925</v>
       </c>
       <c r="D1236" s="1">
-        <v>4122</v>
+        <v>4221</v>
       </c>
       <c r="E1236" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1237" spans="1:5">
       <c r="A1237" s="1" t="s">
-        <v>1937</v>
+        <v>1924</v>
       </c>
       <c r="B1237" s="1" t="s">
-        <v>320</v>
+        <v>274</v>
       </c>
       <c r="C1237" s="1" t="s">
-        <v>1938</v>
+        <v>1925</v>
       </c>
       <c r="D1237" s="1">
-        <v>4123</v>
+        <v>4222</v>
       </c>
       <c r="E1237" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1238" spans="1:5">
       <c r="A1238" s="1" t="s">
-        <v>1939</v>
+        <v>1926</v>
       </c>
       <c r="B1238" s="1" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C1238" s="1" t="s">
-        <v>7</v>
+        <v>1286</v>
       </c>
       <c r="D1238" s="1">
-        <v>4124</v>
+        <v>4223</v>
       </c>
       <c r="E1238" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1239" spans="1:5">
       <c r="A1239" s="1" t="s">
-        <v>1940</v>
+        <v>1927</v>
       </c>
       <c r="B1239" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C1239" s="1" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="D1239" s="1">
-        <v>4127</v>
+        <v>4224</v>
       </c>
       <c r="E1239" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1240" spans="1:5">
       <c r="A1240" s="1" t="s">
-        <v>1941</v>
+        <v>1928</v>
       </c>
       <c r="B1240" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1240" s="1" t="s">
-        <v>1942</v>
+        <v>16</v>
       </c>
       <c r="D1240" s="1">
-        <v>4128</v>
+        <v>4226</v>
       </c>
       <c r="E1240" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1241" spans="1:5">
       <c r="A1241" s="1" t="s">
-        <v>1943</v>
+        <v>1929</v>
       </c>
       <c r="B1241" s="1" t="s">
-        <v>90</v>
+        <v>460</v>
       </c>
       <c r="C1241" s="1" t="s">
-        <v>580</v>
+        <v>1702</v>
       </c>
       <c r="D1241" s="1">
-        <v>4130</v>
+        <v>4227</v>
       </c>
       <c r="E1241" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1242" spans="1:5">
       <c r="A1242" s="1" t="s">
-        <v>1944</v>
+        <v>1930</v>
       </c>
       <c r="B1242" s="1" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C1242" s="1" t="s">
-        <v>136</v>
+        <v>1931</v>
       </c>
       <c r="D1242" s="1">
-        <v>4131</v>
+        <v>4230</v>
       </c>
       <c r="E1242" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1243" spans="1:5">
       <c r="A1243" s="1" t="s">
-        <v>1945</v>
+        <v>1932</v>
       </c>
       <c r="B1243" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1243" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1243" s="1">
-        <v>4132</v>
+        <v>4232</v>
       </c>
       <c r="E1243" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1244" spans="1:5">
       <c r="A1244" s="1" t="s">
-        <v>1946</v>
+        <v>1933</v>
       </c>
       <c r="B1244" s="1" t="s">
-        <v>42</v>
+        <v>244</v>
       </c>
       <c r="C1244" s="1" t="s">
-        <v>43</v>
+        <v>921</v>
       </c>
       <c r="D1244" s="1">
-        <v>4133</v>
+        <v>4234</v>
       </c>
       <c r="E1244" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1245" spans="1:5">
       <c r="A1245" s="1" t="s">
-        <v>1947</v>
+        <v>1934</v>
       </c>
       <c r="B1245" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1245" s="1" t="s">
-        <v>1324</v>
+        <v>16</v>
       </c>
       <c r="D1245" s="1">
-        <v>4136</v>
+        <v>4235</v>
       </c>
       <c r="E1245" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1246" spans="1:5">
       <c r="A1246" s="1" t="s">
-        <v>1948</v>
+        <v>1935</v>
       </c>
       <c r="B1246" s="1" t="s">
-        <v>465</v>
+        <v>15</v>
       </c>
       <c r="C1246" s="1" t="s">
-        <v>1949</v>
+        <v>16</v>
       </c>
       <c r="D1246" s="1">
-        <v>4138</v>
+        <v>4238</v>
       </c>
       <c r="E1246" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1247" spans="1:5">
       <c r="A1247" s="1" t="s">
-        <v>1950</v>
+        <v>1936</v>
       </c>
       <c r="B1247" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1247" s="1" t="s">
-        <v>1951</v>
+        <v>917</v>
       </c>
       <c r="D1247" s="1">
-        <v>4140</v>
+        <v>4239</v>
       </c>
       <c r="E1247" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1248" spans="1:5">
       <c r="A1248" s="1" t="s">
-        <v>1952</v>
+        <v>1937</v>
       </c>
       <c r="B1248" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1248" s="1" t="s">
-        <v>1951</v>
+        <v>1938</v>
       </c>
       <c r="D1248" s="1">
-        <v>4141</v>
+        <v>4240</v>
       </c>
       <c r="E1248" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1249" spans="1:5">
       <c r="A1249" s="1" t="s">
-        <v>1953</v>
+        <v>1939</v>
       </c>
       <c r="B1249" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1249" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D1249" s="1">
-        <v>4142</v>
+        <v>4241</v>
       </c>
       <c r="E1249" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1250" spans="1:5">
       <c r="A1250" s="1" t="s">
-        <v>1954</v>
+        <v>1940</v>
       </c>
       <c r="B1250" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1250" s="1" t="s">
-        <v>16</v>
+        <v>625</v>
       </c>
       <c r="D1250" s="1">
-        <v>4143</v>
+        <v>4242</v>
       </c>
       <c r="E1250" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1251" spans="1:5">
       <c r="A1251" s="1" t="s">
-        <v>1955</v>
+        <v>1941</v>
       </c>
       <c r="B1251" s="1" t="s">
-        <v>54</v>
+        <v>944</v>
       </c>
       <c r="C1251" s="1" t="s">
-        <v>1317</v>
+        <v>1942</v>
       </c>
       <c r="D1251" s="1">
-        <v>4147</v>
+        <v>4243</v>
       </c>
       <c r="E1251" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1252" spans="1:5">
       <c r="A1252" s="1" t="s">
-        <v>1956</v>
+        <v>1943</v>
       </c>
       <c r="B1252" s="1" t="s">
-        <v>54</v>
+        <v>260</v>
       </c>
       <c r="C1252" s="1" t="s">
-        <v>55</v>
+        <v>261</v>
       </c>
       <c r="D1252" s="1">
-        <v>4148</v>
+        <v>4244</v>
       </c>
       <c r="E1252" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1253" spans="1:5">
       <c r="A1253" s="1" t="s">
-        <v>1957</v>
+        <v>1944</v>
       </c>
       <c r="B1253" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1253" s="1" t="s">
-        <v>535</v>
+        <v>625</v>
       </c>
       <c r="D1253" s="1">
-        <v>4152</v>
+        <v>4246</v>
       </c>
       <c r="E1253" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1254" spans="1:5">
       <c r="A1254" s="1" t="s">
-        <v>1958</v>
+        <v>1945</v>
       </c>
       <c r="B1254" s="1" t="s">
-        <v>118</v>
+        <v>54</v>
       </c>
       <c r="C1254" s="1" t="s">
-        <v>1959</v>
+        <v>1226</v>
       </c>
       <c r="D1254" s="1">
-        <v>4153</v>
+        <v>4248</v>
       </c>
       <c r="E1254" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1255" spans="1:5">
       <c r="A1255" s="1" t="s">
-        <v>1960</v>
+        <v>1946</v>
       </c>
       <c r="B1255" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C1255" s="1" t="s">
-        <v>16</v>
+        <v>1947</v>
       </c>
       <c r="D1255" s="1">
-        <v>4155</v>
+        <v>4249</v>
       </c>
       <c r="E1255" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1256" spans="1:5">
       <c r="A1256" s="1" t="s">
-        <v>1961</v>
+        <v>1948</v>
       </c>
       <c r="B1256" s="1" t="s">
-        <v>320</v>
+        <v>260</v>
       </c>
       <c r="C1256" s="1" t="s">
-        <v>863</v>
+        <v>261</v>
       </c>
       <c r="D1256" s="1">
-        <v>4156</v>
+        <v>4250</v>
       </c>
       <c r="E1256" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1257" spans="1:5">
       <c r="A1257" s="1" t="s">
-        <v>1962</v>
+        <v>1949</v>
       </c>
       <c r="B1257" s="1" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="C1257" s="1" t="s">
-        <v>596</v>
+        <v>1410</v>
       </c>
       <c r="D1257" s="1">
-        <v>4157</v>
+        <v>4256</v>
       </c>
       <c r="E1257" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1258" spans="1:5">
       <c r="A1258" s="1" t="s">
-        <v>1963</v>
+        <v>1950</v>
       </c>
       <c r="B1258" s="1" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C1258" s="1" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="D1258" s="1">
-        <v>4158</v>
+        <v>4257</v>
       </c>
       <c r="E1258" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1259" spans="1:5">
       <c r="A1259" s="1" t="s">
-        <v>1964</v>
+        <v>1951</v>
       </c>
       <c r="B1259" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1259" s="1" t="s">
-        <v>1468</v>
+        <v>498</v>
       </c>
       <c r="D1259" s="1">
-        <v>4160</v>
+        <v>4258</v>
       </c>
       <c r="E1259" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1260" spans="1:5">
       <c r="A1260" s="1" t="s">
-        <v>1965</v>
+        <v>1952</v>
       </c>
       <c r="B1260" s="1" t="s">
-        <v>94</v>
+        <v>244</v>
       </c>
       <c r="C1260" s="1" t="s">
-        <v>95</v>
+        <v>919</v>
       </c>
       <c r="D1260" s="1">
-        <v>4165</v>
+        <v>4259</v>
       </c>
       <c r="E1260" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1261" spans="1:5">
       <c r="A1261" s="1" t="s">
-        <v>1966</v>
+        <v>1953</v>
       </c>
       <c r="B1261" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1261" s="1" t="s">
-        <v>462</v>
+        <v>127</v>
       </c>
       <c r="D1261" s="1">
-        <v>4170</v>
+        <v>4261</v>
       </c>
       <c r="E1261" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1262" spans="1:5">
       <c r="A1262" s="1" t="s">
-        <v>1967</v>
+        <v>1954</v>
       </c>
       <c r="B1262" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1262" s="1" t="s">
-        <v>136</v>
+        <v>28</v>
       </c>
       <c r="D1262" s="1">
-        <v>4171</v>
+        <v>4262</v>
       </c>
       <c r="E1262" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1263" spans="1:5">
       <c r="A1263" s="1" t="s">
-        <v>1968</v>
+        <v>1955</v>
       </c>
       <c r="B1263" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1263" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D1263" s="1">
-        <v>4172</v>
+        <v>4263</v>
       </c>
       <c r="E1263" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1264" spans="1:5">
       <c r="A1264" s="1" t="s">
-        <v>1969</v>
+        <v>1956</v>
       </c>
       <c r="B1264" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1264" s="1" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="D1264" s="1">
-        <v>4174</v>
+        <v>4264</v>
       </c>
       <c r="E1264" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1265" spans="1:5">
       <c r="A1265" s="1" t="s">
-        <v>1970</v>
+        <v>1957</v>
       </c>
       <c r="B1265" s="1" t="s">
-        <v>15</v>
+        <v>1367</v>
       </c>
       <c r="C1265" s="1" t="s">
-        <v>16</v>
+        <v>1958</v>
       </c>
       <c r="D1265" s="1">
-        <v>4175</v>
+        <v>4265</v>
       </c>
       <c r="E1265" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1266" spans="1:5">
       <c r="A1266" s="1" t="s">
-        <v>1971</v>
+        <v>1959</v>
       </c>
       <c r="B1266" s="1" t="s">
-        <v>90</v>
+        <v>578</v>
       </c>
       <c r="C1266" s="1" t="s">
-        <v>538</v>
+        <v>579</v>
       </c>
       <c r="D1266" s="1">
-        <v>4177</v>
+        <v>4266</v>
       </c>
       <c r="E1266" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1267" spans="1:5">
       <c r="A1267" s="1" t="s">
-        <v>1972</v>
+        <v>1960</v>
       </c>
       <c r="B1267" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1267" s="1" t="s">
-        <v>136</v>
+        <v>248</v>
       </c>
       <c r="D1267" s="1">
-        <v>4178</v>
+        <v>4267</v>
       </c>
       <c r="E1267" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1268" spans="1:5">
       <c r="A1268" s="1" t="s">
-        <v>1973</v>
+        <v>1961</v>
       </c>
       <c r="B1268" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C1268" s="1" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D1268" s="1">
-        <v>4179</v>
+        <v>4268</v>
       </c>
       <c r="E1268" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1269" spans="1:5">
       <c r="A1269" s="1" t="s">
-        <v>1974</v>
+        <v>1962</v>
       </c>
       <c r="B1269" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1269" s="1" t="s">
-        <v>1145</v>
+        <v>335</v>
       </c>
       <c r="D1269" s="1">
-        <v>4182</v>
+        <v>4269</v>
       </c>
       <c r="E1269" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1270" spans="1:5">
       <c r="A1270" s="1" t="s">
-        <v>1975</v>
+        <v>1963</v>
       </c>
       <c r="B1270" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1270" s="1" t="s">
-        <v>625</v>
+        <v>55</v>
       </c>
       <c r="D1270" s="1">
-        <v>4183</v>
+        <v>4270</v>
       </c>
       <c r="E1270" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1271" spans="1:5">
       <c r="A1271" s="1" t="s">
-        <v>1976</v>
+        <v>1964</v>
       </c>
       <c r="B1271" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1271" s="1" t="s">
-        <v>16</v>
+        <v>1428</v>
       </c>
       <c r="D1271" s="1">
-        <v>4185</v>
+        <v>4271</v>
       </c>
       <c r="E1271" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1272" spans="1:5">
       <c r="A1272" s="1" t="s">
-        <v>1977</v>
+        <v>1965</v>
       </c>
       <c r="B1272" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C1272" s="1" t="s">
-        <v>16</v>
+        <v>1966</v>
       </c>
       <c r="D1272" s="1">
-        <v>4186</v>
+        <v>4272</v>
       </c>
       <c r="E1272" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1273" spans="1:5">
       <c r="A1273" s="1" t="s">
-        <v>1978</v>
+        <v>1967</v>
       </c>
       <c r="B1273" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1273" s="1" t="s">
-        <v>136</v>
+        <v>55</v>
       </c>
       <c r="D1273" s="1">
-        <v>4187</v>
+        <v>4273</v>
       </c>
       <c r="E1273" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1274" spans="1:5">
       <c r="A1274" s="1" t="s">
-        <v>1979</v>
+        <v>1968</v>
       </c>
       <c r="B1274" s="1" t="s">
-        <v>430</v>
+        <v>260</v>
       </c>
       <c r="C1274" s="1" t="s">
-        <v>508</v>
+        <v>261</v>
       </c>
       <c r="D1274" s="1">
-        <v>4189</v>
+        <v>4274</v>
       </c>
       <c r="E1274" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1275" spans="1:5">
       <c r="A1275" s="1" t="s">
-        <v>1980</v>
+        <v>1969</v>
       </c>
       <c r="B1275" s="1" t="s">
-        <v>184</v>
+        <v>301</v>
       </c>
       <c r="C1275" s="1" t="s">
-        <v>185</v>
+        <v>1862</v>
       </c>
       <c r="D1275" s="1">
-        <v>4190</v>
+        <v>4275</v>
       </c>
       <c r="E1275" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1276" spans="1:5">
       <c r="A1276" s="1" t="s">
-        <v>1981</v>
+        <v>1970</v>
       </c>
       <c r="B1276" s="1" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="C1276" s="1" t="s">
-        <v>248</v>
+        <v>1971</v>
       </c>
       <c r="D1276" s="1">
-        <v>4191</v>
+        <v>4277</v>
       </c>
       <c r="E1276" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1277" spans="1:5">
       <c r="A1277" s="1" t="s">
-        <v>1982</v>
+        <v>1972</v>
       </c>
       <c r="B1277" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1277" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D1277" s="1">
-        <v>4193</v>
+        <v>4279</v>
       </c>
       <c r="E1277" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1278" spans="1:5">
       <c r="A1278" s="1" t="s">
-        <v>1983</v>
+        <v>1973</v>
       </c>
       <c r="B1278" s="1" t="s">
-        <v>15</v>
+        <v>260</v>
       </c>
       <c r="C1278" s="1" t="s">
-        <v>16</v>
+        <v>642</v>
       </c>
       <c r="D1278" s="1">
-        <v>4196</v>
+        <v>4281</v>
       </c>
       <c r="E1278" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1279" spans="1:5">
       <c r="A1279" s="1" t="s">
-        <v>1984</v>
+        <v>1974</v>
       </c>
       <c r="B1279" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1279" s="1" t="s">
-        <v>16</v>
+        <v>264</v>
       </c>
       <c r="D1279" s="1">
-        <v>4200</v>
+        <v>4283</v>
       </c>
       <c r="E1279" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1280" spans="1:5">
       <c r="A1280" s="1" t="s">
-        <v>1985</v>
+        <v>1975</v>
       </c>
       <c r="B1280" s="1" t="s">
-        <v>90</v>
+        <v>42</v>
       </c>
       <c r="C1280" s="1" t="s">
-        <v>596</v>
+        <v>43</v>
       </c>
       <c r="D1280" s="1">
-        <v>4201</v>
+        <v>4284</v>
       </c>
       <c r="E1280" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1281" spans="1:5">
       <c r="A1281" s="1" t="s">
-        <v>1986</v>
+        <v>1976</v>
       </c>
       <c r="B1281" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1281" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D1281" s="1">
-        <v>4203</v>
+        <v>4285</v>
       </c>
       <c r="E1281" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1282" spans="1:5">
       <c r="A1282" s="1" t="s">
-        <v>1987</v>
+        <v>1977</v>
       </c>
       <c r="B1282" s="1" t="s">
-        <v>608</v>
+        <v>54</v>
       </c>
       <c r="C1282" s="1" t="s">
-        <v>991</v>
+        <v>55</v>
       </c>
       <c r="D1282" s="1">
-        <v>4204</v>
+        <v>4287</v>
       </c>
       <c r="E1282" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1283" spans="1:5">
       <c r="A1283" s="1" t="s">
-        <v>1988</v>
+        <v>1978</v>
       </c>
       <c r="B1283" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C1283" s="1" t="s">
-        <v>16</v>
+        <v>1979</v>
       </c>
       <c r="D1283" s="1">
-        <v>4206</v>
+        <v>4288</v>
       </c>
       <c r="E1283" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1284" spans="1:5">
       <c r="A1284" s="1" t="s">
-        <v>1989</v>
+        <v>1980</v>
       </c>
       <c r="B1284" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1284" s="1" t="s">
-        <v>462</v>
+        <v>335</v>
       </c>
       <c r="D1284" s="1">
-        <v>4207</v>
+        <v>4290</v>
       </c>
       <c r="E1284" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1285" spans="1:5">
       <c r="A1285" s="1" t="s">
-        <v>1990</v>
+        <v>1981</v>
       </c>
       <c r="B1285" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1285" s="1" t="s">
-        <v>136</v>
+        <v>1982</v>
       </c>
       <c r="D1285" s="1">
-        <v>4209</v>
+        <v>4292</v>
       </c>
       <c r="E1285" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1286" spans="1:5">
       <c r="A1286" s="1" t="s">
-        <v>1991</v>
+        <v>1983</v>
       </c>
       <c r="B1286" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1286" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1286" s="1">
-        <v>4210</v>
+        <v>4294</v>
       </c>
       <c r="E1286" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1287" spans="1:5">
       <c r="A1287" s="1" t="s">
-        <v>1992</v>
+        <v>1984</v>
       </c>
       <c r="B1287" s="1" t="s">
-        <v>403</v>
+        <v>460</v>
       </c>
       <c r="C1287" s="1" t="s">
-        <v>1993</v>
+        <v>1985</v>
       </c>
       <c r="D1287" s="1">
-        <v>4211</v>
+        <v>4295</v>
       </c>
       <c r="E1287" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1288" spans="1:5">
       <c r="A1288" s="1" t="s">
-        <v>1994</v>
+        <v>1986</v>
       </c>
       <c r="B1288" s="1" t="s">
-        <v>1082</v>
+        <v>15</v>
       </c>
       <c r="C1288" s="1" t="s">
-        <v>1083</v>
+        <v>16</v>
       </c>
       <c r="D1288" s="1">
-        <v>4212</v>
+        <v>4296</v>
       </c>
       <c r="E1288" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1289" spans="1:5">
       <c r="A1289" s="1" t="s">
-        <v>1995</v>
+        <v>1987</v>
       </c>
       <c r="B1289" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1289" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1289" s="1">
-        <v>4214</v>
+        <v>4298</v>
       </c>
       <c r="E1289" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1290" spans="1:5">
       <c r="A1290" s="1" t="s">
-        <v>1996</v>
+        <v>1988</v>
       </c>
       <c r="B1290" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C1290" s="1" t="s">
-        <v>1997</v>
+        <v>16</v>
       </c>
       <c r="D1290" s="1">
-        <v>4215</v>
+        <v>4300</v>
       </c>
       <c r="E1290" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1291" spans="1:5">
       <c r="A1291" s="1" t="s">
-        <v>1998</v>
+        <v>1989</v>
       </c>
       <c r="B1291" s="1" t="s">
-        <v>54</v>
+        <v>404</v>
       </c>
       <c r="C1291" s="1" t="s">
-        <v>1048</v>
+        <v>817</v>
       </c>
       <c r="D1291" s="1">
-        <v>4216</v>
+        <v>4302</v>
       </c>
       <c r="E1291" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1292" spans="1:5">
       <c r="A1292" s="1" t="s">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="B1292" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1292" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D1292" s="1">
-        <v>4217</v>
+        <v>4303</v>
       </c>
       <c r="E1292" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1293" spans="1:5">
       <c r="A1293" s="1" t="s">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="B1293" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1293" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1293" s="1">
-        <v>4218</v>
+        <v>4304</v>
       </c>
       <c r="E1293" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1294" spans="1:5">
       <c r="A1294" s="1" t="s">
-        <v>2001</v>
+        <v>1992</v>
       </c>
       <c r="B1294" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C1294" s="1" t="s">
-        <v>967</v>
+        <v>127</v>
       </c>
       <c r="D1294" s="1">
-        <v>4221</v>
+        <v>4305</v>
       </c>
       <c r="E1294" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1295" spans="1:5">
       <c r="A1295" s="1" t="s">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="B1295" s="1" t="s">
-        <v>293</v>
+        <v>11</v>
       </c>
       <c r="C1295" s="1" t="s">
-        <v>2003</v>
+        <v>28</v>
       </c>
       <c r="D1295" s="1">
-        <v>4222</v>
+        <v>4306</v>
       </c>
       <c r="E1295" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1296" spans="1:5">
       <c r="A1296" s="1" t="s">
-        <v>2004</v>
+        <v>1994</v>
       </c>
       <c r="B1296" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C1296" s="1" t="s">
-        <v>1339</v>
+        <v>16</v>
       </c>
       <c r="D1296" s="1">
-        <v>4223</v>
+        <v>4307</v>
       </c>
       <c r="E1296" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1297" spans="1:5">
       <c r="A1297" s="1" t="s">
-        <v>2005</v>
+        <v>1995</v>
       </c>
       <c r="B1297" s="1" t="s">
-        <v>94</v>
+        <v>42</v>
       </c>
       <c r="C1297" s="1" t="s">
-        <v>95</v>
+        <v>1996</v>
       </c>
       <c r="D1297" s="1">
-        <v>4224</v>
+        <v>4308</v>
       </c>
       <c r="E1297" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1298" spans="1:5">
       <c r="A1298" s="1" t="s">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="B1298" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1298" s="1" t="s">
-        <v>16</v>
+        <v>625</v>
       </c>
       <c r="D1298" s="1">
-        <v>4226</v>
+        <v>4310</v>
       </c>
       <c r="E1298" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1299" spans="1:5">
       <c r="A1299" s="1" t="s">
-        <v>2007</v>
+        <v>1998</v>
       </c>
       <c r="B1299" s="1" t="s">
-        <v>184</v>
+        <v>460</v>
       </c>
       <c r="C1299" s="1" t="s">
-        <v>1769</v>
+        <v>461</v>
       </c>
       <c r="D1299" s="1">
-        <v>4227</v>
+        <v>4311</v>
       </c>
       <c r="E1299" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1300" spans="1:5">
       <c r="A1300" s="1" t="s">
-        <v>2008</v>
+        <v>1999</v>
       </c>
       <c r="B1300" s="1" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="C1300" s="1" t="s">
-        <v>2009</v>
+        <v>55</v>
       </c>
       <c r="D1300" s="1">
-        <v>4230</v>
+        <v>4312</v>
       </c>
       <c r="E1300" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1301" spans="1:5">
       <c r="A1301" s="1" t="s">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="B1301" s="1" t="s">
-        <v>54</v>
+        <v>377</v>
       </c>
       <c r="C1301" s="1" t="s">
-        <v>136</v>
+        <v>2001</v>
       </c>
       <c r="D1301" s="1">
-        <v>4232</v>
+        <v>4314</v>
       </c>
       <c r="E1301" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1302" spans="1:5">
       <c r="A1302" s="1" t="s">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="B1302" s="1" t="s">
-        <v>128</v>
+        <v>460</v>
       </c>
       <c r="C1302" s="1" t="s">
-        <v>963</v>
+        <v>1415</v>
       </c>
       <c r="D1302" s="1">
-        <v>4234</v>
+        <v>4316</v>
       </c>
       <c r="E1302" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1303" spans="1:5">
       <c r="A1303" s="1" t="s">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="B1303" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1303" s="1" t="s">
-        <v>16</v>
+        <v>445</v>
       </c>
       <c r="D1303" s="1">
-        <v>4235</v>
+        <v>4317</v>
       </c>
       <c r="E1303" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1304" spans="1:5">
       <c r="A1304" s="1" t="s">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="B1304" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1304" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1304" s="1">
-        <v>4238</v>
+        <v>4321</v>
       </c>
       <c r="E1304" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1305" spans="1:5">
       <c r="A1305" s="1" t="s">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="B1305" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C1305" s="1" t="s">
-        <v>960</v>
+        <v>717</v>
       </c>
       <c r="D1305" s="1">
-        <v>4239</v>
+        <v>4323</v>
       </c>
       <c r="E1305" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1306" spans="1:5">
       <c r="A1306" s="1" t="s">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="B1306" s="1" t="s">
-        <v>72</v>
+        <v>310</v>
       </c>
       <c r="C1306" s="1" t="s">
-        <v>2016</v>
+        <v>311</v>
       </c>
       <c r="D1306" s="1">
-        <v>4240</v>
+        <v>4324</v>
       </c>
       <c r="E1306" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1307" spans="1:5">
       <c r="A1307" s="1" t="s">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="B1307" s="1" t="s">
-        <v>184</v>
+        <v>72</v>
       </c>
       <c r="C1307" s="1" t="s">
-        <v>185</v>
+        <v>1938</v>
       </c>
       <c r="D1307" s="1">
-        <v>4241</v>
+        <v>4326</v>
       </c>
       <c r="E1307" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1308" spans="1:5">
       <c r="A1308" s="1" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="B1308" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1308" s="1" t="s">
-        <v>660</v>
+        <v>264</v>
       </c>
       <c r="D1308" s="1">
-        <v>4242</v>
+        <v>4327</v>
       </c>
       <c r="E1308" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1309" spans="1:5">
       <c r="A1309" s="1" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="B1309" s="1" t="s">
-        <v>985</v>
+        <v>15</v>
       </c>
       <c r="C1309" s="1" t="s">
-        <v>2020</v>
+        <v>16</v>
       </c>
       <c r="D1309" s="1">
-        <v>4243</v>
+        <v>4329</v>
       </c>
       <c r="E1309" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1310" spans="1:5">
       <c r="A1310" s="1" t="s">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="B1310" s="1" t="s">
-        <v>279</v>
+        <v>15</v>
       </c>
       <c r="C1310" s="1" t="s">
-        <v>280</v>
+        <v>16</v>
       </c>
       <c r="D1310" s="1">
-        <v>4244</v>
+        <v>4330</v>
       </c>
       <c r="E1310" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1311" spans="1:5">
       <c r="A1311" s="1" t="s">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="B1311" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1311" s="1" t="s">
-        <v>660</v>
+        <v>164</v>
       </c>
       <c r="D1311" s="1">
-        <v>4246</v>
+        <v>4331</v>
       </c>
       <c r="E1311" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1312" spans="1:5">
       <c r="A1312" s="1" t="s">
-        <v>2023</v>
+        <v>2012</v>
       </c>
       <c r="B1312" s="1" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="C1312" s="1" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="D1312" s="1">
-        <v>4247</v>
+        <v>4332</v>
       </c>
       <c r="E1312" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1313" spans="1:5">
       <c r="A1313" s="1" t="s">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="B1313" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1313" s="1" t="s">
-        <v>1279</v>
+        <v>588</v>
       </c>
       <c r="D1313" s="1">
-        <v>4248</v>
+        <v>4333</v>
       </c>
       <c r="E1313" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1314" spans="1:5">
       <c r="A1314" s="1" t="s">
-        <v>2025</v>
+        <v>2014</v>
       </c>
       <c r="B1314" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C1314" s="1" t="s">
-        <v>2026</v>
+        <v>16</v>
       </c>
       <c r="D1314" s="1">
-        <v>4249</v>
+        <v>4334</v>
       </c>
       <c r="E1314" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1315" spans="1:5">
       <c r="A1315" s="1" t="s">
-        <v>2027</v>
+        <v>2015</v>
       </c>
       <c r="B1315" s="1" t="s">
-        <v>279</v>
+        <v>94</v>
       </c>
       <c r="C1315" s="1" t="s">
-        <v>280</v>
+        <v>2016</v>
       </c>
       <c r="D1315" s="1">
-        <v>4250</v>
+        <v>4335</v>
       </c>
       <c r="E1315" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1316" spans="1:5">
       <c r="A1316" s="1" t="s">
-        <v>2028</v>
+        <v>2017</v>
       </c>
       <c r="B1316" s="1" t="s">
-        <v>118</v>
+        <v>48</v>
       </c>
       <c r="C1316" s="1" t="s">
-        <v>1463</v>
+        <v>2018</v>
       </c>
       <c r="D1316" s="1">
-        <v>4256</v>
+        <v>4338</v>
       </c>
       <c r="E1316" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1317" spans="1:5">
       <c r="A1317" s="1" t="s">
-        <v>2029</v>
+        <v>2019</v>
       </c>
       <c r="B1317" s="1" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="C1317" s="1" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="D1317" s="1">
-        <v>4257</v>
+        <v>4339</v>
       </c>
       <c r="E1317" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1318" spans="1:5">
       <c r="A1318" s="1" t="s">
-        <v>2030</v>
+        <v>2020</v>
       </c>
       <c r="B1318" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1318" s="1" t="s">
-        <v>98</v>
+        <v>461</v>
       </c>
       <c r="D1318" s="1">
-        <v>4258</v>
+        <v>4340</v>
       </c>
       <c r="E1318" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1319" spans="1:5">
       <c r="A1319" s="1" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
       <c r="B1319" s="1" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="C1319" s="1" t="s">
-        <v>129</v>
+        <v>1428</v>
       </c>
       <c r="D1319" s="1">
-        <v>4259</v>
+        <v>4341</v>
       </c>
       <c r="E1319" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1320" spans="1:5">
       <c r="A1320" s="1" t="s">
-        <v>2032</v>
+        <v>2022</v>
       </c>
       <c r="B1320" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1320" s="1" t="s">
-        <v>136</v>
+        <v>2023</v>
       </c>
       <c r="D1320" s="1">
-        <v>4261</v>
+        <v>4342</v>
       </c>
       <c r="E1320" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1321" spans="1:5">
       <c r="A1321" s="1" t="s">
-        <v>2033</v>
+        <v>2024</v>
       </c>
       <c r="B1321" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1321" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D1321" s="1">
-        <v>4262</v>
+        <v>4345</v>
       </c>
       <c r="E1321" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1322" spans="1:5">
       <c r="A1322" s="1" t="s">
-        <v>2034</v>
+        <v>2025</v>
       </c>
       <c r="B1322" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C1322" s="1" t="s">
-        <v>185</v>
+        <v>127</v>
       </c>
       <c r="D1322" s="1">
-        <v>4263</v>
+        <v>4347</v>
       </c>
       <c r="E1322" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1323" spans="1:5">
       <c r="A1323" s="1" t="s">
-        <v>2035</v>
+        <v>2026</v>
       </c>
       <c r="B1323" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1323" s="1" t="s">
-        <v>136</v>
+        <v>988</v>
       </c>
       <c r="D1323" s="1">
-        <v>4264</v>
+        <v>4348</v>
       </c>
       <c r="E1323" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1324" spans="1:5">
       <c r="A1324" s="1" t="s">
-        <v>2036</v>
+        <v>2027</v>
       </c>
       <c r="B1324" s="1" t="s">
-        <v>1420</v>
+        <v>15</v>
       </c>
       <c r="C1324" s="1" t="s">
-        <v>2037</v>
+        <v>130</v>
       </c>
       <c r="D1324" s="1">
-        <v>4265</v>
+        <v>4349</v>
       </c>
       <c r="E1324" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1325" spans="1:5">
       <c r="A1325" s="1" t="s">
-        <v>2038</v>
+        <v>2028</v>
       </c>
       <c r="B1325" s="1" t="s">
-        <v>608</v>
+        <v>11</v>
       </c>
       <c r="C1325" s="1" t="s">
-        <v>609</v>
+        <v>2029</v>
       </c>
       <c r="D1325" s="1">
-        <v>4266</v>
+        <v>4350</v>
       </c>
       <c r="E1325" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1326" spans="1:5">
       <c r="A1326" s="1" t="s">
-        <v>2039</v>
+        <v>2030</v>
       </c>
       <c r="B1326" s="1" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="C1326" s="1" t="s">
-        <v>267</v>
+        <v>930</v>
       </c>
       <c r="D1326" s="1">
-        <v>4267</v>
+        <v>4352</v>
       </c>
       <c r="E1326" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1327" spans="1:5">
       <c r="A1327" s="1" t="s">
-        <v>2040</v>
+        <v>2031</v>
       </c>
       <c r="B1327" s="1" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C1327" s="1" t="s">
-        <v>16</v>
+        <v>1003</v>
       </c>
       <c r="D1327" s="1">
-        <v>4268</v>
+        <v>4353</v>
       </c>
       <c r="E1327" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1328" spans="1:5">
       <c r="A1328" s="1" t="s">
-        <v>2041</v>
+        <v>2032</v>
       </c>
       <c r="B1328" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1328" s="1" t="s">
-        <v>358</v>
+        <v>55</v>
       </c>
       <c r="D1328" s="1">
-        <v>4269</v>
+        <v>4357</v>
       </c>
       <c r="E1328" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1329" spans="1:5">
       <c r="A1329" s="1" t="s">
-        <v>2042</v>
+        <v>2033</v>
       </c>
       <c r="B1329" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1329" s="1" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="D1329" s="1">
-        <v>4270</v>
+        <v>4358</v>
       </c>
       <c r="E1329" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1330" spans="1:5">
       <c r="A1330" s="1" t="s">
-        <v>2043</v>
+        <v>2034</v>
       </c>
       <c r="B1330" s="1" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="C1330" s="1" t="s">
-        <v>1482</v>
+        <v>1397</v>
       </c>
       <c r="D1330" s="1">
-        <v>4271</v>
+        <v>4359</v>
       </c>
       <c r="E1330" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1331" spans="1:5">
       <c r="A1331" s="1" t="s">
-        <v>2044</v>
+        <v>2035</v>
       </c>
       <c r="B1331" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C1331" s="1" t="s">
-        <v>2045</v>
+        <v>55</v>
       </c>
       <c r="D1331" s="1">
-        <v>4272</v>
+        <v>4360</v>
       </c>
       <c r="E1331" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1332" spans="1:5">
       <c r="A1332" s="1" t="s">
-        <v>2046</v>
+        <v>2036</v>
       </c>
       <c r="B1332" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1332" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1332" s="1">
-        <v>4273</v>
+        <v>4361</v>
       </c>
       <c r="E1332" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1333" spans="1:5">
       <c r="A1333" s="1" t="s">
-        <v>2047</v>
+        <v>2037</v>
       </c>
       <c r="B1333" s="1" t="s">
-        <v>279</v>
+        <v>54</v>
       </c>
       <c r="C1333" s="1" t="s">
-        <v>280</v>
+        <v>374</v>
       </c>
       <c r="D1333" s="1">
-        <v>4274</v>
+        <v>4363</v>
       </c>
       <c r="E1333" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1334" spans="1:5">
       <c r="A1334" s="1" t="s">
-        <v>2048</v>
+        <v>2038</v>
       </c>
       <c r="B1334" s="1" t="s">
-        <v>320</v>
+        <v>15</v>
       </c>
       <c r="C1334" s="1" t="s">
-        <v>1938</v>
+        <v>16</v>
       </c>
       <c r="D1334" s="1">
-        <v>4275</v>
+        <v>4365</v>
       </c>
       <c r="E1334" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1335" spans="1:5">
       <c r="A1335" s="1" t="s">
-        <v>2049</v>
+        <v>2039</v>
       </c>
       <c r="B1335" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C1335" s="1" t="s">
-        <v>2050</v>
+        <v>16</v>
       </c>
       <c r="D1335" s="1">
-        <v>4277</v>
+        <v>4368</v>
       </c>
       <c r="E1335" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1336" spans="1:5">
       <c r="A1336" s="1" t="s">
-        <v>2051</v>
+        <v>2040</v>
       </c>
       <c r="B1336" s="1" t="s">
-        <v>90</v>
+        <v>738</v>
       </c>
       <c r="C1336" s="1" t="s">
-        <v>267</v>
+        <v>2041</v>
       </c>
       <c r="D1336" s="1">
-        <v>4278</v>
+        <v>4369</v>
       </c>
       <c r="E1336" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1337" spans="1:5">
       <c r="A1337" s="1" t="s">
-        <v>2052</v>
+        <v>2042</v>
       </c>
       <c r="B1337" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1337" s="1" t="s">
-        <v>16</v>
+        <v>881</v>
       </c>
       <c r="D1337" s="1">
-        <v>4279</v>
+        <v>4371</v>
       </c>
       <c r="E1337" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1338" spans="1:5">
       <c r="A1338" s="1" t="s">
-        <v>2053</v>
+        <v>2043</v>
       </c>
       <c r="B1338" s="1" t="s">
-        <v>279</v>
+        <v>54</v>
       </c>
       <c r="C1338" s="1" t="s">
-        <v>679</v>
+        <v>127</v>
       </c>
       <c r="D1338" s="1">
-        <v>4281</v>
+        <v>4376</v>
       </c>
       <c r="E1338" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1339" spans="1:5">
       <c r="A1339" s="1" t="s">
-        <v>2054</v>
+        <v>2044</v>
       </c>
       <c r="B1339" s="1" t="s">
-        <v>90</v>
+        <v>274</v>
       </c>
       <c r="C1339" s="1" t="s">
-        <v>283</v>
+        <v>999</v>
       </c>
       <c r="D1339" s="1">
-        <v>4283</v>
+        <v>4377</v>
       </c>
       <c r="E1339" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1340" spans="1:5">
       <c r="A1340" s="1" t="s">
-        <v>2055</v>
+        <v>2045</v>
       </c>
       <c r="B1340" s="1" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="C1340" s="1" t="s">
-        <v>43</v>
+        <v>833</v>
       </c>
       <c r="D1340" s="1">
-        <v>4284</v>
+        <v>4378</v>
       </c>
       <c r="E1340" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1341" spans="1:5">
       <c r="A1341" s="1" t="s">
-        <v>2056</v>
+        <v>2046</v>
       </c>
       <c r="B1341" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1341" s="1" t="s">
-        <v>16</v>
+        <v>2047</v>
       </c>
       <c r="D1341" s="1">
-        <v>4285</v>
+        <v>4379</v>
       </c>
       <c r="E1341" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1342" spans="1:5">
       <c r="A1342" s="1" t="s">
-        <v>2057</v>
+        <v>2048</v>
       </c>
       <c r="B1342" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1342" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D1342" s="1">
-        <v>4287</v>
+        <v>4380</v>
       </c>
       <c r="E1342" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1343" spans="1:5">
       <c r="A1343" s="1" t="s">
-        <v>2058</v>
+        <v>2049</v>
       </c>
       <c r="B1343" s="1" t="s">
-        <v>124</v>
+        <v>54</v>
       </c>
       <c r="C1343" s="1" t="s">
-        <v>2059</v>
+        <v>445</v>
       </c>
       <c r="D1343" s="1">
-        <v>4288</v>
+        <v>4381</v>
       </c>
       <c r="E1343" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1344" spans="1:5">
       <c r="A1344" s="1" t="s">
-        <v>2060</v>
+        <v>2050</v>
       </c>
       <c r="B1344" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1344" s="1" t="s">
-        <v>358</v>
+        <v>127</v>
       </c>
       <c r="D1344" s="1">
-        <v>4290</v>
+        <v>4382</v>
       </c>
       <c r="E1344" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1345" spans="1:5">
       <c r="A1345" s="1" t="s">
-        <v>2061</v>
+        <v>2051</v>
       </c>
       <c r="B1345" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1345" s="1" t="s">
-        <v>2062</v>
+        <v>16</v>
       </c>
       <c r="D1345" s="1">
-        <v>4292</v>
+        <v>4383</v>
       </c>
       <c r="E1345" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1346" spans="1:5">
       <c r="A1346" s="1" t="s">
-        <v>2063</v>
+        <v>2052</v>
       </c>
       <c r="B1346" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1346" s="1" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="D1346" s="1">
-        <v>4294</v>
+        <v>4384</v>
       </c>
       <c r="E1346" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1347" spans="1:5">
       <c r="A1347" s="1" t="s">
-        <v>2064</v>
+        <v>2053</v>
       </c>
       <c r="B1347" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1347" s="1" t="s">
-        <v>2065</v>
+        <v>16</v>
       </c>
       <c r="D1347" s="1">
-        <v>4295</v>
+        <v>4385</v>
       </c>
       <c r="E1347" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1348" spans="1:5">
       <c r="A1348" s="1" t="s">
-        <v>2066</v>
+        <v>2054</v>
       </c>
       <c r="B1348" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1348" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D1348" s="1">
-        <v>4296</v>
+        <v>4387</v>
       </c>
       <c r="E1348" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1349" spans="1:5">
       <c r="A1349" s="1" t="s">
-        <v>2067</v>
+        <v>2055</v>
       </c>
       <c r="B1349" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C1349" s="1" t="s">
-        <v>16</v>
+        <v>1681</v>
       </c>
       <c r="D1349" s="1">
-        <v>4298</v>
+        <v>4388</v>
       </c>
       <c r="E1349" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1350" spans="1:5">
       <c r="A1350" s="1" t="s">
-        <v>2068</v>
+        <v>2056</v>
       </c>
       <c r="B1350" s="1" t="s">
-        <v>15</v>
+        <v>980</v>
       </c>
       <c r="C1350" s="1" t="s">
-        <v>16</v>
+        <v>2057</v>
       </c>
       <c r="D1350" s="1">
-        <v>4300</v>
+        <v>4390</v>
       </c>
       <c r="E1350" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1351" spans="1:5">
       <c r="A1351" s="1" t="s">
-        <v>2069</v>
+        <v>2058</v>
       </c>
       <c r="B1351" s="1" t="s">
-        <v>15</v>
+        <v>578</v>
       </c>
       <c r="C1351" s="1" t="s">
-        <v>16</v>
+        <v>2059</v>
       </c>
       <c r="D1351" s="1">
-        <v>4301</v>
+        <v>4391</v>
       </c>
       <c r="E1351" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1352" spans="1:5">
       <c r="A1352" s="1" t="s">
-        <v>2070</v>
+        <v>2060</v>
       </c>
       <c r="B1352" s="1" t="s">
-        <v>430</v>
+        <v>72</v>
       </c>
       <c r="C1352" s="1" t="s">
-        <v>851</v>
+        <v>391</v>
       </c>
       <c r="D1352" s="1">
-        <v>4302</v>
+        <v>4393</v>
       </c>
       <c r="E1352" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1353" spans="1:5">
       <c r="A1353" s="1" t="s">
-        <v>2071</v>
+        <v>2061</v>
       </c>
       <c r="B1353" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1353" s="1" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D1353" s="1">
-        <v>4303</v>
+        <v>4394</v>
       </c>
       <c r="E1353" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1354" spans="1:5">
       <c r="A1354" s="1" t="s">
-        <v>2072</v>
+        <v>2062</v>
       </c>
       <c r="B1354" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1354" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1354" s="1">
-        <v>4304</v>
+        <v>4396</v>
       </c>
       <c r="E1354" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1355" spans="1:5">
       <c r="A1355" s="1" t="s">
-        <v>2073</v>
+        <v>2063</v>
       </c>
       <c r="B1355" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1355" s="1" t="s">
-        <v>136</v>
+        <v>1350</v>
       </c>
       <c r="D1355" s="1">
-        <v>4305</v>
+        <v>4398</v>
       </c>
       <c r="E1355" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1356" spans="1:5">
       <c r="A1356" s="1" t="s">
-        <v>2074</v>
+        <v>2064</v>
       </c>
       <c r="B1356" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1356" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D1356" s="1">
-        <v>4306</v>
+        <v>4399</v>
       </c>
       <c r="E1356" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1357" spans="1:5">
       <c r="A1357" s="1" t="s">
-        <v>2075</v>
+        <v>2065</v>
       </c>
       <c r="B1357" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1357" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1357" s="1">
-        <v>4307</v>
+        <v>4400</v>
       </c>
       <c r="E1357" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1358" spans="1:5">
       <c r="A1358" s="1" t="s">
-        <v>2076</v>
+        <v>2066</v>
       </c>
       <c r="B1358" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C1358" s="1" t="s">
-        <v>2077</v>
+        <v>16</v>
       </c>
       <c r="D1358" s="1">
-        <v>4308</v>
+        <v>4402</v>
       </c>
       <c r="E1358" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1359" spans="1:5">
       <c r="A1359" s="1" t="s">
-        <v>2078</v>
+        <v>2067</v>
       </c>
       <c r="B1359" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1359" s="1" t="s">
-        <v>660</v>
+        <v>16</v>
       </c>
       <c r="D1359" s="1">
-        <v>4310</v>
+        <v>4403</v>
       </c>
       <c r="E1359" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1360" spans="1:5">
       <c r="A1360" s="1" t="s">
-        <v>2079</v>
+        <v>2068</v>
       </c>
       <c r="B1360" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1360" s="1" t="s">
-        <v>185</v>
+        <v>498</v>
       </c>
       <c r="D1360" s="1">
-        <v>4311</v>
+        <v>4404</v>
       </c>
       <c r="E1360" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1361" spans="1:5">
       <c r="A1361" s="1" t="s">
-        <v>2080</v>
+        <v>2069</v>
       </c>
       <c r="B1361" s="1" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="C1361" s="1" t="s">
-        <v>55</v>
+        <v>2070</v>
       </c>
       <c r="D1361" s="1">
-        <v>4312</v>
+        <v>4407</v>
       </c>
       <c r="E1361" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1362" spans="1:5">
       <c r="A1362" s="1" t="s">
-        <v>2081</v>
+        <v>2071</v>
       </c>
       <c r="B1362" s="1" t="s">
-        <v>403</v>
+        <v>11</v>
       </c>
       <c r="C1362" s="1" t="s">
-        <v>2082</v>
+        <v>87</v>
       </c>
       <c r="D1362" s="1">
-        <v>4314</v>
+        <v>4408</v>
       </c>
       <c r="E1362" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1363" spans="1:5">
       <c r="A1363" s="1" t="s">
-        <v>2083</v>
+        <v>2072</v>
       </c>
       <c r="B1363" s="1" t="s">
-        <v>184</v>
+        <v>60</v>
       </c>
       <c r="C1363" s="1" t="s">
-        <v>1468</v>
+        <v>1745</v>
       </c>
       <c r="D1363" s="1">
-        <v>4316</v>
+        <v>4411</v>
       </c>
       <c r="E1363" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1364" spans="1:5">
       <c r="A1364" s="1" t="s">
-        <v>2084</v>
+        <v>2073</v>
       </c>
       <c r="B1364" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1364" s="1" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="D1364" s="1">
-        <v>4317</v>
+        <v>4413</v>
       </c>
       <c r="E1364" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1365" spans="1:5">
       <c r="A1365" s="1" t="s">
-        <v>2085</v>
+        <v>2074</v>
       </c>
       <c r="B1365" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1365" s="1" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="D1365" s="1">
-        <v>4321</v>
+        <v>4414</v>
       </c>
       <c r="E1365" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1366" spans="1:5">
       <c r="A1366" s="1" t="s">
-        <v>2086</v>
+        <v>2075</v>
       </c>
       <c r="B1366" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C1366" s="1" t="s">
-        <v>754</v>
+        <v>248</v>
       </c>
       <c r="D1366" s="1">
-        <v>4323</v>
+        <v>4415</v>
       </c>
       <c r="E1366" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1367" spans="1:5">
       <c r="A1367" s="1" t="s">
-        <v>2087</v>
+        <v>2076</v>
       </c>
       <c r="B1367" s="1" t="s">
-        <v>329</v>
+        <v>72</v>
       </c>
       <c r="C1367" s="1" t="s">
-        <v>330</v>
+        <v>257</v>
       </c>
       <c r="D1367" s="1">
-        <v>4324</v>
+        <v>4419</v>
       </c>
       <c r="E1367" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1368" spans="1:5">
       <c r="A1368" s="1" t="s">
-        <v>2088</v>
+        <v>2077</v>
       </c>
       <c r="B1368" s="1" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="C1368" s="1" t="s">
-        <v>2016</v>
+        <v>2078</v>
       </c>
       <c r="D1368" s="1">
-        <v>4326</v>
+        <v>4420</v>
       </c>
       <c r="E1368" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1369" spans="1:5">
       <c r="A1369" s="1" t="s">
-        <v>2089</v>
+        <v>2079</v>
       </c>
       <c r="B1369" s="1" t="s">
-        <v>90</v>
+        <v>274</v>
       </c>
       <c r="C1369" s="1" t="s">
-        <v>283</v>
+        <v>999</v>
       </c>
       <c r="D1369" s="1">
-        <v>4327</v>
+        <v>4423</v>
       </c>
       <c r="E1369" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1370" spans="1:5">
       <c r="A1370" s="1" t="s">
-        <v>2090</v>
+        <v>2080</v>
       </c>
       <c r="B1370" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1370" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1370" s="1">
-        <v>4329</v>
+        <v>4424</v>
       </c>
       <c r="E1370" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1371" spans="1:5">
       <c r="A1371" s="1" t="s">
-        <v>2091</v>
+        <v>2081</v>
       </c>
       <c r="B1371" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1371" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1371" s="1">
-        <v>4330</v>
+        <v>4425</v>
       </c>
       <c r="E1371" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1372" spans="1:5">
       <c r="A1372" s="1" t="s">
-        <v>2092</v>
+        <v>2082</v>
       </c>
       <c r="B1372" s="1" t="s">
-        <v>90</v>
+        <v>404</v>
       </c>
       <c r="C1372" s="1" t="s">
-        <v>176</v>
+        <v>817</v>
       </c>
       <c r="D1372" s="1">
-        <v>4331</v>
+        <v>4426</v>
       </c>
       <c r="E1372" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1373" spans="1:5">
       <c r="A1373" s="1" t="s">
-        <v>2093</v>
+        <v>2083</v>
       </c>
       <c r="B1373" s="1" t="s">
-        <v>54</v>
+        <v>310</v>
       </c>
       <c r="C1373" s="1" t="s">
-        <v>55</v>
+        <v>311</v>
       </c>
       <c r="D1373" s="1">
-        <v>4332</v>
+        <v>4427</v>
       </c>
       <c r="E1373" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1374" spans="1:5">
       <c r="A1374" s="1" t="s">
-        <v>2094</v>
+        <v>2084</v>
       </c>
       <c r="B1374" s="1" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="C1374" s="1" t="s">
-        <v>618</v>
+        <v>2085</v>
       </c>
       <c r="D1374" s="1">
-        <v>4333</v>
+        <v>4430</v>
       </c>
       <c r="E1374" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1375" spans="1:5">
       <c r="A1375" s="1" t="s">
-        <v>2095</v>
+        <v>2086</v>
       </c>
       <c r="B1375" s="1" t="s">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="C1375" s="1" t="s">
-        <v>16</v>
+        <v>2087</v>
       </c>
       <c r="D1375" s="1">
-        <v>4334</v>
+        <v>4431</v>
       </c>
       <c r="E1375" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1376" spans="1:5">
       <c r="A1376" s="1" t="s">
-        <v>2096</v>
+        <v>2088</v>
       </c>
       <c r="B1376" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C1376" s="1" t="s">
-        <v>2097</v>
+        <v>16</v>
       </c>
       <c r="D1376" s="1">
-        <v>4335</v>
+        <v>4432</v>
       </c>
       <c r="E1376" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1377" spans="1:5">
       <c r="A1377" s="1" t="s">
-        <v>2098</v>
+        <v>2089</v>
       </c>
       <c r="B1377" s="1" t="s">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="C1377" s="1" t="s">
-        <v>2099</v>
+        <v>152</v>
       </c>
       <c r="D1377" s="1">
-        <v>4338</v>
+        <v>4434</v>
       </c>
       <c r="E1377" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1378" spans="1:5">
       <c r="A1378" s="1" t="s">
-        <v>2100</v>
+        <v>2090</v>
       </c>
       <c r="B1378" s="1" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C1378" s="1" t="s">
-        <v>55</v>
+        <v>1616</v>
       </c>
       <c r="D1378" s="1">
-        <v>4339</v>
+        <v>4435</v>
       </c>
       <c r="E1378" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1379" spans="1:5">
       <c r="A1379" s="1" t="s">
-        <v>2101</v>
+        <v>2091</v>
       </c>
       <c r="B1379" s="1" t="s">
-        <v>184</v>
+        <v>253</v>
       </c>
       <c r="C1379" s="1" t="s">
-        <v>185</v>
+        <v>2092</v>
       </c>
       <c r="D1379" s="1">
-        <v>4340</v>
+        <v>4436</v>
       </c>
       <c r="E1379" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1380" spans="1:5">
       <c r="A1380" s="1" t="s">
-        <v>2102</v>
+        <v>2093</v>
       </c>
       <c r="B1380" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1380" s="1" t="s">
-        <v>1482</v>
+        <v>2094</v>
       </c>
       <c r="D1380" s="1">
-        <v>4341</v>
+        <v>4437</v>
       </c>
       <c r="E1380" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1381" spans="1:5">
       <c r="A1381" s="1" t="s">
-        <v>2103</v>
+        <v>2095</v>
       </c>
       <c r="B1381" s="1" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="C1381" s="1" t="s">
-        <v>2104</v>
+        <v>23</v>
       </c>
       <c r="D1381" s="1">
-        <v>4342</v>
+        <v>4440</v>
       </c>
       <c r="E1381" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1382" spans="1:5">
       <c r="A1382" s="1" t="s">
-        <v>2105</v>
+        <v>2096</v>
       </c>
       <c r="B1382" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1382" s="1" t="s">
-        <v>16</v>
+        <v>157</v>
       </c>
       <c r="D1382" s="1">
-        <v>4345</v>
+        <v>4441</v>
       </c>
       <c r="E1382" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1383" spans="1:5">
       <c r="A1383" s="1" t="s">
-        <v>2106</v>
+        <v>2097</v>
       </c>
       <c r="B1383" s="1" t="s">
-        <v>54</v>
+        <v>578</v>
       </c>
       <c r="C1383" s="1" t="s">
-        <v>136</v>
+        <v>2098</v>
       </c>
       <c r="D1383" s="1">
-        <v>4347</v>
+        <v>4444</v>
       </c>
       <c r="E1383" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1384" spans="1:5">
       <c r="A1384" s="1" t="s">
-        <v>2107</v>
+        <v>2099</v>
       </c>
       <c r="B1384" s="1" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="C1384" s="1" t="s">
-        <v>1029</v>
+        <v>95</v>
       </c>
       <c r="D1384" s="1">
-        <v>4348</v>
+        <v>4445</v>
       </c>
       <c r="E1384" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1385" spans="1:5">
       <c r="A1385" s="1" t="s">
-        <v>2108</v>
+        <v>2100</v>
       </c>
       <c r="B1385" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1385" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D1385" s="1">
-        <v>4349</v>
+        <v>4446</v>
       </c>
       <c r="E1385" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1386" spans="1:5">
       <c r="A1386" s="1" t="s">
-        <v>2109</v>
+        <v>2101</v>
       </c>
       <c r="B1386" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1386" s="1" t="s">
-        <v>2110</v>
+        <v>130</v>
       </c>
       <c r="D1386" s="1">
-        <v>4350</v>
+        <v>4447</v>
       </c>
       <c r="E1386" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1387" spans="1:5">
       <c r="A1387" s="1" t="s">
-        <v>2111</v>
+        <v>2102</v>
       </c>
       <c r="B1387" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C1387" s="1" t="s">
-        <v>972</v>
+        <v>717</v>
       </c>
       <c r="D1387" s="1">
-        <v>4352</v>
+        <v>4449</v>
       </c>
       <c r="E1387" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1388" spans="1:5">
       <c r="A1388" s="1" t="s">
-        <v>2112</v>
+        <v>2103</v>
       </c>
       <c r="B1388" s="1" t="s">
-        <v>118</v>
+        <v>72</v>
       </c>
       <c r="C1388" s="1" t="s">
-        <v>1044</v>
+        <v>1482</v>
       </c>
       <c r="D1388" s="1">
-        <v>4353</v>
+        <v>4450</v>
       </c>
       <c r="E1388" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1389" spans="1:5">
       <c r="A1389" s="1" t="s">
-        <v>2113</v>
+        <v>2104</v>
       </c>
       <c r="B1389" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1389" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1389" s="1">
-        <v>4357</v>
+        <v>4451</v>
       </c>
       <c r="E1389" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1390" spans="1:5">
       <c r="A1390" s="1" t="s">
-        <v>2114</v>
+        <v>2105</v>
       </c>
       <c r="B1390" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C1390" s="1" t="s">
-        <v>28</v>
+        <v>1482</v>
       </c>
       <c r="D1390" s="1">
-        <v>4358</v>
+        <v>4452</v>
       </c>
       <c r="E1390" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1391" spans="1:5">
       <c r="A1391" s="1" t="s">
-        <v>2115</v>
+        <v>2106</v>
       </c>
       <c r="B1391" s="1" t="s">
-        <v>320</v>
+        <v>90</v>
       </c>
       <c r="C1391" s="1" t="s">
-        <v>1449</v>
+        <v>1205</v>
       </c>
       <c r="D1391" s="1">
-        <v>4359</v>
+        <v>4453</v>
       </c>
       <c r="E1391" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1392" spans="1:5">
       <c r="A1392" s="1" t="s">
-        <v>2116</v>
+        <v>2107</v>
       </c>
       <c r="B1392" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1392" s="1" t="s">
-        <v>55</v>
+        <v>215</v>
       </c>
       <c r="D1392" s="1">
-        <v>4360</v>
+        <v>4454</v>
       </c>
       <c r="E1392" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1393" spans="1:5">
       <c r="A1393" s="1" t="s">
-        <v>2117</v>
+        <v>2108</v>
       </c>
       <c r="B1393" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1393" s="1" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D1393" s="1">
-        <v>4361</v>
+        <v>4455</v>
       </c>
       <c r="E1393" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1394" spans="1:5">
       <c r="A1394" s="1" t="s">
-        <v>2118</v>
+        <v>2109</v>
       </c>
       <c r="B1394" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1394" s="1" t="s">
-        <v>400</v>
+        <v>445</v>
       </c>
       <c r="D1394" s="1">
-        <v>4363</v>
+        <v>4456</v>
       </c>
       <c r="E1394" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1395" spans="1:5">
       <c r="A1395" s="1" t="s">
-        <v>2119</v>
+        <v>2110</v>
       </c>
       <c r="B1395" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1395" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1395" s="1">
-        <v>4365</v>
+        <v>4457</v>
       </c>
       <c r="E1395" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1396" spans="1:5">
       <c r="A1396" s="1" t="s">
-        <v>2120</v>
+        <v>2111</v>
       </c>
       <c r="B1396" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1396" s="1" t="s">
-        <v>358</v>
+        <v>16</v>
       </c>
       <c r="D1396" s="1">
-        <v>4366</v>
+        <v>4458</v>
       </c>
       <c r="E1396" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1397" spans="1:5">
       <c r="A1397" s="1" t="s">
-        <v>2121</v>
+        <v>2112</v>
       </c>
       <c r="B1397" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1397" s="1" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="D1397" s="1">
-        <v>4368</v>
+        <v>4459</v>
       </c>
       <c r="E1397" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1398" spans="1:5">
       <c r="A1398" s="1" t="s">
-        <v>2122</v>
+        <v>2113</v>
       </c>
       <c r="B1398" s="1" t="s">
-        <v>194</v>
+        <v>11</v>
       </c>
       <c r="C1398" s="1" t="s">
-        <v>2123</v>
+        <v>28</v>
       </c>
       <c r="D1398" s="1">
-        <v>4369</v>
+        <v>4460</v>
       </c>
       <c r="E1398" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1399" spans="1:5">
       <c r="A1399" s="1" t="s">
-        <v>2124</v>
+        <v>2114</v>
       </c>
       <c r="B1399" s="1" t="s">
-        <v>118</v>
+        <v>48</v>
       </c>
       <c r="C1399" s="1" t="s">
-        <v>1044</v>
+        <v>2115</v>
       </c>
       <c r="D1399" s="1">
-        <v>4371</v>
+        <v>4462</v>
       </c>
       <c r="E1399" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1400" spans="1:5">
       <c r="A1400" s="1" t="s">
-        <v>2125</v>
+        <v>2116</v>
       </c>
       <c r="B1400" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C1400" s="1" t="s">
-        <v>1344</v>
+        <v>16</v>
       </c>
       <c r="D1400" s="1">
-        <v>4373</v>
+        <v>4463</v>
       </c>
       <c r="E1400" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1401" spans="1:5">
       <c r="A1401" s="1" t="s">
-        <v>2126</v>
+        <v>2117</v>
       </c>
       <c r="B1401" s="1" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C1401" s="1" t="s">
-        <v>136</v>
+        <v>1523</v>
       </c>
       <c r="D1401" s="1">
-        <v>4376</v>
+        <v>4464</v>
       </c>
       <c r="E1401" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1402" spans="1:5">
       <c r="A1402" s="1" t="s">
-        <v>2127</v>
+        <v>2118</v>
       </c>
       <c r="B1402" s="1" t="s">
-        <v>293</v>
+        <v>54</v>
       </c>
       <c r="C1402" s="1" t="s">
-        <v>1040</v>
+        <v>55</v>
       </c>
       <c r="D1402" s="1">
-        <v>4377</v>
+        <v>4465</v>
       </c>
       <c r="E1402" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1403" spans="1:5">
       <c r="A1403" s="1" t="s">
-        <v>2128</v>
+        <v>2119</v>
       </c>
       <c r="B1403" s="1" t="s">
-        <v>124</v>
+        <v>301</v>
       </c>
       <c r="C1403" s="1" t="s">
-        <v>871</v>
+        <v>2120</v>
       </c>
       <c r="D1403" s="1">
-        <v>4378</v>
+        <v>4466</v>
       </c>
       <c r="E1403" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1404" spans="1:5">
       <c r="A1404" s="1" t="s">
-        <v>2129</v>
+        <v>2121</v>
       </c>
       <c r="B1404" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1404" s="1" t="s">
-        <v>2130</v>
+        <v>1116</v>
       </c>
       <c r="D1404" s="1">
-        <v>4379</v>
+        <v>4467</v>
       </c>
       <c r="E1404" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1405" spans="1:5">
       <c r="A1405" s="1" t="s">
-        <v>2131</v>
+        <v>2122</v>
       </c>
       <c r="B1405" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1405" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1405" s="1">
-        <v>4380</v>
+        <v>4470</v>
       </c>
       <c r="E1405" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1406" spans="1:5">
       <c r="A1406" s="1" t="s">
-        <v>2132</v>
+        <v>2123</v>
       </c>
       <c r="B1406" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1406" s="1" t="s">
-        <v>471</v>
+        <v>1226</v>
       </c>
       <c r="D1406" s="1">
-        <v>4381</v>
+        <v>4471</v>
       </c>
       <c r="E1406" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1407" spans="1:5">
       <c r="A1407" s="1" t="s">
-        <v>2133</v>
+        <v>2124</v>
       </c>
       <c r="B1407" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1407" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D1407" s="1">
-        <v>4382</v>
+        <v>4472</v>
       </c>
       <c r="E1407" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1408" spans="1:5">
       <c r="A1408" s="1" t="s">
-        <v>2134</v>
+        <v>2125</v>
       </c>
       <c r="B1408" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C1408" s="1" t="s">
-        <v>16</v>
+        <v>2126</v>
       </c>
       <c r="D1408" s="1">
-        <v>4383</v>
+        <v>4473</v>
       </c>
       <c r="E1408" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1409" spans="1:5">
       <c r="A1409" s="1" t="s">
-        <v>2135</v>
+        <v>2127</v>
       </c>
       <c r="B1409" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C1409" s="1" t="s">
-        <v>198</v>
+        <v>1072</v>
       </c>
       <c r="D1409" s="1">
-        <v>4384</v>
+        <v>4474</v>
       </c>
       <c r="E1409" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1410" spans="1:5">
       <c r="A1410" s="1" t="s">
-        <v>2136</v>
+        <v>2128</v>
       </c>
       <c r="B1410" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C1410" s="1" t="s">
-        <v>16</v>
+        <v>921</v>
       </c>
       <c r="D1410" s="1">
-        <v>4385</v>
+        <v>4475</v>
       </c>
       <c r="E1410" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1411" spans="1:5">
       <c r="A1411" s="1" t="s">
-        <v>2137</v>
+        <v>2129</v>
       </c>
       <c r="B1411" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1411" s="1" t="s">
-        <v>76</v>
+        <v>215</v>
       </c>
       <c r="D1411" s="1">
-        <v>4387</v>
+        <v>4476</v>
       </c>
       <c r="E1411" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1412" spans="1:5">
       <c r="A1412" s="1" t="s">
-        <v>2138</v>
+        <v>2130</v>
       </c>
       <c r="B1412" s="1" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="C1412" s="1" t="s">
-        <v>1746</v>
+        <v>28</v>
       </c>
       <c r="D1412" s="1">
-        <v>4388</v>
+        <v>4477</v>
       </c>
       <c r="E1412" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1413" spans="1:5">
       <c r="A1413" s="1" t="s">
-        <v>2139</v>
+        <v>2131</v>
       </c>
       <c r="B1413" s="1" t="s">
-        <v>1021</v>
+        <v>310</v>
       </c>
       <c r="C1413" s="1" t="s">
-        <v>2140</v>
+        <v>2132</v>
       </c>
       <c r="D1413" s="1">
-        <v>4390</v>
+        <v>4478</v>
       </c>
       <c r="E1413" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1414" spans="1:5">
       <c r="A1414" s="1" t="s">
-        <v>2141</v>
+        <v>2133</v>
       </c>
       <c r="B1414" s="1" t="s">
-        <v>608</v>
+        <v>72</v>
       </c>
       <c r="C1414" s="1" t="s">
-        <v>2142</v>
+        <v>436</v>
       </c>
       <c r="D1414" s="1">
-        <v>4391</v>
+        <v>4479</v>
       </c>
       <c r="E1414" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1415" spans="1:5">
       <c r="A1415" s="1" t="s">
-        <v>2143</v>
+        <v>2134</v>
       </c>
       <c r="B1415" s="1" t="s">
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="C1415" s="1" t="s">
-        <v>417</v>
+        <v>870</v>
       </c>
       <c r="D1415" s="1">
-        <v>4393</v>
+        <v>4483</v>
       </c>
       <c r="E1415" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1416" spans="1:5">
       <c r="A1416" s="1" t="s">
-        <v>2144</v>
+        <v>2135</v>
       </c>
       <c r="B1416" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1416" s="1" t="s">
-        <v>16</v>
+        <v>1556</v>
       </c>
       <c r="D1416" s="1">
-        <v>4394</v>
+        <v>4484</v>
       </c>
       <c r="E1416" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1417" spans="1:5">
       <c r="A1417" s="1" t="s">
-        <v>2145</v>
+        <v>2136</v>
       </c>
       <c r="B1417" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1417" s="1" t="s">
-        <v>16</v>
+        <v>436</v>
       </c>
       <c r="D1417" s="1">
-        <v>4396</v>
+        <v>4485</v>
       </c>
       <c r="E1417" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1418" spans="1:5">
       <c r="A1418" s="1" t="s">
-        <v>2146</v>
+        <v>2137</v>
       </c>
       <c r="B1418" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C1418" s="1" t="s">
-        <v>1403</v>
+        <v>169</v>
       </c>
       <c r="D1418" s="1">
-        <v>4398</v>
+        <v>4487</v>
       </c>
       <c r="E1418" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1419" spans="1:5">
       <c r="A1419" s="1" t="s">
-        <v>2147</v>
+        <v>2138</v>
       </c>
       <c r="B1419" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C1419" s="1" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="D1419" s="1">
-        <v>4399</v>
+        <v>4488</v>
       </c>
       <c r="E1419" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1420" spans="1:5">
       <c r="A1420" s="1" t="s">
-        <v>2148</v>
+        <v>2139</v>
       </c>
       <c r="B1420" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1420" s="1" t="s">
-        <v>136</v>
+        <v>335</v>
       </c>
       <c r="D1420" s="1">
-        <v>4400</v>
+        <v>4489</v>
       </c>
       <c r="E1420" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1421" spans="1:5">
       <c r="A1421" s="1" t="s">
-        <v>2149</v>
+        <v>2140</v>
       </c>
       <c r="B1421" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C1421" s="1" t="s">
-        <v>16</v>
+        <v>2085</v>
       </c>
       <c r="D1421" s="1">
-        <v>4402</v>
+        <v>4490</v>
       </c>
       <c r="E1421" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1422" spans="1:5">
       <c r="A1422" s="1" t="s">
-        <v>2150</v>
+        <v>2141</v>
       </c>
       <c r="B1422" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1422" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1422" s="1">
-        <v>4403</v>
+        <v>4491</v>
       </c>
       <c r="E1422" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1423" spans="1:5">
       <c r="A1423" s="1" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B1423" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1423" s="1" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="D1423" s="1">
-        <v>4404</v>
+        <v>4493</v>
       </c>
       <c r="E1423" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1424" spans="1:5">
       <c r="A1424" s="1" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="B1424" s="1" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="C1424" s="1" t="s">
-        <v>2153</v>
+        <v>2144</v>
       </c>
       <c r="D1424" s="1">
-        <v>4407</v>
+        <v>4494</v>
       </c>
       <c r="E1424" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1425" spans="1:5">
       <c r="A1425" s="1" t="s">
-        <v>2154</v>
+        <v>2145</v>
       </c>
       <c r="B1425" s="1" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="C1425" s="1" t="s">
-        <v>87</v>
+        <v>2146</v>
       </c>
       <c r="D1425" s="1">
-        <v>4408</v>
+        <v>4495</v>
       </c>
       <c r="E1425" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1426" spans="1:5">
       <c r="A1426" s="1" t="s">
-        <v>2155</v>
+        <v>2147</v>
       </c>
       <c r="B1426" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C1426" s="1" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D1426" s="1">
-        <v>4412</v>
+        <v>4496</v>
       </c>
       <c r="E1426" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1427" spans="1:5">
       <c r="A1427" s="1" t="s">
-        <v>2156</v>
+        <v>2148</v>
       </c>
       <c r="B1427" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C1427" s="1" t="s">
-        <v>16</v>
+        <v>1384</v>
       </c>
       <c r="D1427" s="1">
-        <v>4413</v>
+        <v>4498</v>
       </c>
       <c r="E1427" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1428" spans="1:5">
       <c r="A1428" s="1" t="s">
-        <v>2157</v>
+        <v>2149</v>
       </c>
       <c r="B1428" s="1" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
       <c r="C1428" s="1" t="s">
-        <v>87</v>
+        <v>1303</v>
       </c>
       <c r="D1428" s="1">
-        <v>4414</v>
+        <v>4499</v>
       </c>
       <c r="E1428" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1429" spans="1:5">
       <c r="A1429" s="1" t="s">
-        <v>2158</v>
+        <v>2150</v>
       </c>
       <c r="B1429" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1429" s="1" t="s">
-        <v>267</v>
+        <v>127</v>
       </c>
       <c r="D1429" s="1">
-        <v>4415</v>
+        <v>4500</v>
       </c>
       <c r="E1429" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1430" spans="1:5">
       <c r="A1430" s="1" t="s">
-        <v>2159</v>
+        <v>2151</v>
       </c>
       <c r="B1430" s="1" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="C1430" s="1" t="s">
-        <v>276</v>
+        <v>930</v>
       </c>
       <c r="D1430" s="1">
-        <v>4419</v>
+        <v>4501</v>
       </c>
       <c r="E1430" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1431" spans="1:5">
       <c r="A1431" s="1" t="s">
-        <v>2160</v>
+        <v>2152</v>
       </c>
       <c r="B1431" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C1431" s="1" t="s">
-        <v>2161</v>
+        <v>16</v>
       </c>
       <c r="D1431" s="1">
-        <v>4420</v>
+        <v>4502</v>
       </c>
       <c r="E1431" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1432" spans="1:5">
       <c r="A1432" s="1" t="s">
-        <v>2162</v>
+        <v>2153</v>
       </c>
       <c r="B1432" s="1" t="s">
-        <v>293</v>
+        <v>54</v>
       </c>
       <c r="C1432" s="1" t="s">
-        <v>1040</v>
+        <v>127</v>
       </c>
       <c r="D1432" s="1">
-        <v>4423</v>
+        <v>4503</v>
       </c>
       <c r="E1432" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1433" spans="1:5">
       <c r="A1433" s="1" t="s">
-        <v>2163</v>
+        <v>2154</v>
       </c>
       <c r="B1433" s="1" t="s">
-        <v>15</v>
+        <v>487</v>
       </c>
       <c r="C1433" s="1" t="s">
-        <v>16</v>
+        <v>727</v>
       </c>
       <c r="D1433" s="1">
-        <v>4424</v>
+        <v>4507</v>
       </c>
       <c r="E1433" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1434" spans="1:5">
       <c r="A1434" s="1" t="s">
-        <v>2164</v>
+        <v>2155</v>
       </c>
       <c r="B1434" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1434" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1434" s="1">
-        <v>4425</v>
+        <v>4509</v>
       </c>
       <c r="E1434" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1435" spans="1:5">
       <c r="A1435" s="1" t="s">
-        <v>2165</v>
+        <v>2156</v>
       </c>
       <c r="B1435" s="1" t="s">
-        <v>430</v>
+        <v>15</v>
       </c>
       <c r="C1435" s="1" t="s">
-        <v>851</v>
+        <v>16</v>
       </c>
       <c r="D1435" s="1">
-        <v>4426</v>
+        <v>4511</v>
       </c>
       <c r="E1435" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1436" spans="1:5">
       <c r="A1436" s="1" t="s">
-        <v>2166</v>
+        <v>2157</v>
       </c>
       <c r="B1436" s="1" t="s">
-        <v>329</v>
+        <v>15</v>
       </c>
       <c r="C1436" s="1" t="s">
-        <v>330</v>
+        <v>130</v>
       </c>
       <c r="D1436" s="1">
-        <v>4427</v>
+        <v>4512</v>
       </c>
       <c r="E1436" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1437" spans="1:5">
       <c r="A1437" s="1" t="s">
-        <v>2167</v>
+        <v>2158</v>
       </c>
       <c r="B1437" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C1437" s="1" t="s">
-        <v>2168</v>
+        <v>16</v>
       </c>
       <c r="D1437" s="1">
-        <v>4430</v>
+        <v>4513</v>
       </c>
       <c r="E1437" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1438" spans="1:5">
       <c r="A1438" s="1" t="s">
-        <v>2169</v>
+        <v>2159</v>
       </c>
       <c r="B1438" s="1" t="s">
-        <v>160</v>
+        <v>404</v>
       </c>
       <c r="C1438" s="1" t="s">
-        <v>2170</v>
+        <v>2160</v>
       </c>
       <c r="D1438" s="1">
-        <v>4431</v>
+        <v>4514</v>
       </c>
       <c r="E1438" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1439" spans="1:5">
       <c r="A1439" s="1" t="s">
-        <v>2171</v>
+        <v>2161</v>
       </c>
       <c r="B1439" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1439" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1439" s="1">
-        <v>4432</v>
+        <v>4516</v>
       </c>
       <c r="E1439" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1440" spans="1:5">
       <c r="A1440" s="1" t="s">
-        <v>2172</v>
+        <v>2162</v>
       </c>
       <c r="B1440" s="1" t="s">
-        <v>160</v>
+        <v>738</v>
       </c>
       <c r="C1440" s="1" t="s">
-        <v>161</v>
+        <v>1012</v>
       </c>
       <c r="D1440" s="1">
-        <v>4434</v>
+        <v>4517</v>
       </c>
       <c r="E1440" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1441" spans="1:5">
       <c r="A1441" s="1" t="s">
-        <v>2173</v>
+        <v>2163</v>
       </c>
       <c r="B1441" s="1" t="s">
-        <v>38</v>
+        <v>90</v>
       </c>
       <c r="C1441" s="1" t="s">
-        <v>1676</v>
+        <v>307</v>
       </c>
       <c r="D1441" s="1">
-        <v>4435</v>
+        <v>4518</v>
       </c>
       <c r="E1441" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1442" spans="1:5">
       <c r="A1442" s="1" t="s">
-        <v>2174</v>
+        <v>2164</v>
       </c>
       <c r="B1442" s="1" t="s">
-        <v>272</v>
+        <v>54</v>
       </c>
       <c r="C1442" s="1" t="s">
-        <v>2175</v>
+        <v>190</v>
       </c>
       <c r="D1442" s="1">
-        <v>4436</v>
+        <v>4519</v>
       </c>
       <c r="E1442" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1443" spans="1:5">
       <c r="A1443" s="1" t="s">
-        <v>2176</v>
+        <v>2165</v>
       </c>
       <c r="B1443" s="1" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="C1443" s="1" t="s">
-        <v>2177</v>
+        <v>1966</v>
       </c>
       <c r="D1443" s="1">
-        <v>4437</v>
+        <v>4520</v>
       </c>
       <c r="E1443" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1444" spans="1:5">
       <c r="A1444" s="1" t="s">
-        <v>2178</v>
+        <v>2166</v>
       </c>
       <c r="B1444" s="1" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="C1444" s="1" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="D1444" s="1">
-        <v>4440</v>
+        <v>4523</v>
       </c>
       <c r="E1444" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1445" spans="1:5">
       <c r="A1445" s="1" t="s">
-        <v>2179</v>
+        <v>2167</v>
       </c>
       <c r="B1445" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1445" s="1" t="s">
-        <v>166</v>
+        <v>16</v>
       </c>
       <c r="D1445" s="1">
-        <v>4441</v>
+        <v>4525</v>
       </c>
       <c r="E1445" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1446" spans="1:5">
       <c r="A1446" s="1" t="s">
-        <v>2180</v>
+        <v>2168</v>
       </c>
       <c r="B1446" s="1" t="s">
-        <v>608</v>
+        <v>15</v>
       </c>
       <c r="C1446" s="1" t="s">
-        <v>2181</v>
+        <v>16</v>
       </c>
       <c r="D1446" s="1">
-        <v>4444</v>
+        <v>4527</v>
       </c>
       <c r="E1446" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1447" spans="1:5">
       <c r="A1447" s="1" t="s">
-        <v>2182</v>
+        <v>2169</v>
       </c>
       <c r="B1447" s="1" t="s">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="C1447" s="1" t="s">
-        <v>95</v>
+        <v>391</v>
       </c>
       <c r="D1447" s="1">
-        <v>4445</v>
+        <v>4528</v>
       </c>
       <c r="E1447" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1448" spans="1:5">
       <c r="A1448" s="1" t="s">
-        <v>2183</v>
+        <v>2170</v>
       </c>
       <c r="B1448" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1448" s="1" t="s">
-        <v>16</v>
+        <v>108</v>
       </c>
       <c r="D1448" s="1">
-        <v>4446</v>
+        <v>4530</v>
       </c>
       <c r="E1448" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1449" spans="1:5">
       <c r="A1449" s="1" t="s">
-        <v>2184</v>
+        <v>2171</v>
       </c>
       <c r="B1449" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1449" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D1449" s="1">
-        <v>4447</v>
+        <v>4531</v>
       </c>
       <c r="E1449" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1450" spans="1:5">
       <c r="A1450" s="1" t="s">
-        <v>2185</v>
+        <v>2172</v>
       </c>
       <c r="B1450" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1450" s="1" t="s">
-        <v>754</v>
+        <v>190</v>
       </c>
       <c r="D1450" s="1">
-        <v>4449</v>
+        <v>4532</v>
       </c>
       <c r="E1450" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1451" spans="1:5">
       <c r="A1451" s="1" t="s">
-        <v>2186</v>
+        <v>2173</v>
       </c>
       <c r="B1451" s="1" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="C1451" s="1" t="s">
-        <v>1536</v>
+        <v>2174</v>
       </c>
       <c r="D1451" s="1">
-        <v>4450</v>
+        <v>4533</v>
       </c>
       <c r="E1451" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1452" spans="1:5">
       <c r="A1452" s="1" t="s">
-        <v>2187</v>
+        <v>2175</v>
       </c>
       <c r="B1452" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1452" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1452" s="1">
-        <v>4451</v>
+        <v>4535</v>
       </c>
       <c r="E1452" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1453" spans="1:5">
       <c r="A1453" s="1" t="s">
-        <v>2188</v>
+        <v>2176</v>
       </c>
       <c r="B1453" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1453" s="1" t="s">
-        <v>1536</v>
+        <v>16</v>
       </c>
       <c r="D1453" s="1">
-        <v>4452</v>
+        <v>4539</v>
       </c>
       <c r="E1453" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1454" spans="1:5">
       <c r="A1454" s="1" t="s">
-        <v>2189</v>
+        <v>2177</v>
       </c>
       <c r="B1454" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1454" s="1" t="s">
-        <v>1258</v>
+        <v>16</v>
       </c>
       <c r="D1454" s="1">
-        <v>4453</v>
+        <v>4542</v>
       </c>
       <c r="E1454" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1455" spans="1:5">
       <c r="A1455" s="1" t="s">
-        <v>2190</v>
+        <v>2178</v>
       </c>
       <c r="B1455" s="1" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C1455" s="1" t="s">
-        <v>235</v>
+        <v>546</v>
       </c>
       <c r="D1455" s="1">
-        <v>4454</v>
+        <v>4543</v>
       </c>
       <c r="E1455" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1456" spans="1:5">
       <c r="A1456" s="1" t="s">
-        <v>2191</v>
+        <v>2179</v>
       </c>
       <c r="B1456" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1456" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D1456" s="1">
-        <v>4455</v>
+        <v>4544</v>
       </c>
       <c r="E1456" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1457" spans="1:5">
       <c r="A1457" s="1" t="s">
-        <v>2192</v>
+        <v>2180</v>
       </c>
       <c r="B1457" s="1" t="s">
-        <v>54</v>
+        <v>738</v>
       </c>
       <c r="C1457" s="1" t="s">
-        <v>471</v>
+        <v>2181</v>
       </c>
       <c r="D1457" s="1">
-        <v>4456</v>
+        <v>4545</v>
       </c>
       <c r="E1457" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1458" spans="1:5">
       <c r="A1458" s="1" t="s">
-        <v>2193</v>
+        <v>2182</v>
       </c>
       <c r="B1458" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1458" s="1" t="s">
-        <v>136</v>
+        <v>588</v>
       </c>
       <c r="D1458" s="1">
-        <v>4457</v>
+        <v>4546</v>
       </c>
       <c r="E1458" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1459" spans="1:5">
       <c r="A1459" s="1" t="s">
-        <v>2194</v>
+        <v>2183</v>
       </c>
       <c r="B1459" s="1" t="s">
-        <v>15</v>
+        <v>1367</v>
       </c>
       <c r="C1459" s="1" t="s">
-        <v>16</v>
+        <v>2184</v>
       </c>
       <c r="D1459" s="1">
-        <v>4458</v>
+        <v>4547</v>
       </c>
       <c r="E1459" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1460" spans="1:5">
       <c r="A1460" s="1" t="s">
-        <v>2195</v>
+        <v>2185</v>
       </c>
       <c r="B1460" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1460" s="1" t="s">
-        <v>400</v>
+        <v>498</v>
       </c>
       <c r="D1460" s="1">
-        <v>4459</v>
+        <v>4548</v>
       </c>
       <c r="E1460" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1461" spans="1:5">
       <c r="A1461" s="1" t="s">
-        <v>2196</v>
+        <v>2186</v>
       </c>
       <c r="B1461" s="1" t="s">
-        <v>11</v>
+        <v>578</v>
       </c>
       <c r="C1461" s="1" t="s">
-        <v>28</v>
+        <v>1124</v>
       </c>
       <c r="D1461" s="1">
-        <v>4460</v>
+        <v>4549</v>
       </c>
       <c r="E1461" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1462" spans="1:5">
       <c r="A1462" s="1" t="s">
-        <v>2197</v>
+        <v>2187</v>
       </c>
       <c r="B1462" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C1462" s="1" t="s">
-        <v>2198</v>
+        <v>16</v>
       </c>
       <c r="D1462" s="1">
-        <v>4462</v>
+        <v>4550</v>
       </c>
       <c r="E1462" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1463" spans="1:5">
       <c r="A1463" s="1" t="s">
-        <v>2199</v>
+        <v>2188</v>
       </c>
       <c r="B1463" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1463" s="1" t="s">
-        <v>16</v>
+        <v>602</v>
       </c>
       <c r="D1463" s="1">
-        <v>4463</v>
+        <v>4551</v>
       </c>
       <c r="E1463" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1464" spans="1:5">
       <c r="A1464" s="1" t="s">
-        <v>2200</v>
+        <v>2189</v>
       </c>
       <c r="B1464" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C1464" s="1" t="s">
-        <v>1579</v>
+        <v>127</v>
       </c>
       <c r="D1464" s="1">
-        <v>4464</v>
+        <v>4552</v>
       </c>
       <c r="E1464" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1465" spans="1:5">
       <c r="A1465" s="1" t="s">
-        <v>2201</v>
+        <v>2190</v>
       </c>
       <c r="B1465" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1465" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1465" s="1">
-        <v>4465</v>
+        <v>4554</v>
       </c>
       <c r="E1465" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1466" spans="1:5">
       <c r="A1466" s="1" t="s">
-        <v>2202</v>
+        <v>2191</v>
       </c>
       <c r="B1466" s="1" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="C1466" s="1" t="s">
-        <v>2203</v>
+        <v>2192</v>
       </c>
       <c r="D1466" s="1">
-        <v>4466</v>
+        <v>4555</v>
       </c>
       <c r="E1466" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1467" spans="1:5">
       <c r="A1467" s="1" t="s">
-        <v>2204</v>
+        <v>2193</v>
       </c>
       <c r="B1467" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1467" s="1" t="s">
-        <v>1166</v>
+        <v>16</v>
       </c>
       <c r="D1467" s="1">
-        <v>4467</v>
+        <v>4556</v>
       </c>
       <c r="E1467" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1468" spans="1:5">
       <c r="A1468" s="1" t="s">
-        <v>2205</v>
+        <v>2194</v>
       </c>
       <c r="B1468" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1468" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1468" s="1">
-        <v>4470</v>
+        <v>4557</v>
       </c>
       <c r="E1468" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1469" spans="1:5">
       <c r="A1469" s="1" t="s">
-        <v>2206</v>
+        <v>2195</v>
       </c>
       <c r="B1469" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C1469" s="1" t="s">
-        <v>1279</v>
+        <v>1450</v>
       </c>
       <c r="D1469" s="1">
-        <v>4471</v>
+        <v>4558</v>
       </c>
       <c r="E1469" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1470" spans="1:5">
       <c r="A1470" s="1" t="s">
-        <v>2207</v>
+        <v>2196</v>
       </c>
       <c r="B1470" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1470" s="1" t="s">
-        <v>16</v>
+        <v>225</v>
       </c>
       <c r="D1470" s="1">
-        <v>4472</v>
+        <v>4559</v>
       </c>
       <c r="E1470" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1471" spans="1:5">
       <c r="A1471" s="1" t="s">
-        <v>2208</v>
+        <v>2197</v>
       </c>
       <c r="B1471" s="1" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="C1471" s="1" t="s">
-        <v>2209</v>
+        <v>215</v>
       </c>
       <c r="D1471" s="1">
-        <v>4473</v>
+        <v>4560</v>
       </c>
       <c r="E1471" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1472" spans="1:5">
       <c r="A1472" s="1" t="s">
-        <v>2210</v>
+        <v>2198</v>
       </c>
       <c r="B1472" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C1472" s="1" t="s">
-        <v>1116</v>
+        <v>2199</v>
       </c>
       <c r="D1472" s="1">
-        <v>4474</v>
+        <v>4561</v>
       </c>
       <c r="E1472" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1473" spans="1:5">
       <c r="A1473" s="1" t="s">
-        <v>2211</v>
+        <v>2200</v>
       </c>
       <c r="B1473" s="1" t="s">
-        <v>128</v>
+        <v>72</v>
       </c>
       <c r="C1473" s="1" t="s">
-        <v>963</v>
+        <v>1482</v>
       </c>
       <c r="D1473" s="1">
-        <v>4475</v>
+        <v>4562</v>
       </c>
       <c r="E1473" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1474" spans="1:5">
       <c r="A1474" s="1" t="s">
-        <v>2212</v>
+        <v>2201</v>
       </c>
       <c r="B1474" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1474" s="1" t="s">
-        <v>235</v>
+        <v>127</v>
       </c>
       <c r="D1474" s="1">
-        <v>4476</v>
+        <v>4563</v>
       </c>
       <c r="E1474" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1475" spans="1:5">
       <c r="A1475" s="1" t="s">
-        <v>2213</v>
+        <v>2202</v>
       </c>
       <c r="B1475" s="1" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="C1475" s="1" t="s">
-        <v>28</v>
+        <v>1015</v>
       </c>
       <c r="D1475" s="1">
-        <v>4477</v>
+        <v>4564</v>
       </c>
       <c r="E1475" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1476" spans="1:5">
       <c r="A1476" s="1" t="s">
-        <v>2214</v>
+        <v>2203</v>
       </c>
       <c r="B1476" s="1" t="s">
-        <v>329</v>
+        <v>54</v>
       </c>
       <c r="C1476" s="1" t="s">
-        <v>2215</v>
+        <v>445</v>
       </c>
       <c r="D1476" s="1">
-        <v>4478</v>
+        <v>4566</v>
       </c>
       <c r="E1476" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1477" spans="1:5">
       <c r="A1477" s="1" t="s">
-        <v>2216</v>
+        <v>2204</v>
       </c>
       <c r="B1477" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1477" s="1" t="s">
-        <v>462</v>
+        <v>190</v>
       </c>
       <c r="D1477" s="1">
-        <v>4479</v>
+        <v>4567</v>
       </c>
       <c r="E1477" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1478" spans="1:5">
       <c r="A1478" s="1" t="s">
-        <v>2217</v>
+        <v>2205</v>
       </c>
       <c r="B1478" s="1" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
       <c r="C1478" s="1" t="s">
-        <v>909</v>
+        <v>130</v>
       </c>
       <c r="D1478" s="1">
-        <v>4483</v>
+        <v>4568</v>
       </c>
       <c r="E1478" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1479" spans="1:5">
       <c r="A1479" s="1" t="s">
-        <v>2218</v>
+        <v>2206</v>
       </c>
       <c r="B1479" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1479" s="1" t="s">
-        <v>1615</v>
+        <v>127</v>
       </c>
       <c r="D1479" s="1">
-        <v>4484</v>
+        <v>4571</v>
       </c>
       <c r="E1479" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1480" spans="1:5">
       <c r="A1480" s="1" t="s">
-        <v>2219</v>
+        <v>2207</v>
       </c>
       <c r="B1480" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1480" s="1" t="s">
-        <v>462</v>
+        <v>445</v>
       </c>
       <c r="D1480" s="1">
-        <v>4485</v>
+        <v>4572</v>
       </c>
       <c r="E1480" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1481" spans="1:5">
       <c r="A1481" s="1" t="s">
-        <v>2220</v>
+        <v>2208</v>
       </c>
       <c r="B1481" s="1" t="s">
-        <v>15</v>
+        <v>274</v>
       </c>
       <c r="C1481" s="1" t="s">
-        <v>98</v>
+        <v>1054</v>
       </c>
       <c r="D1481" s="1">
-        <v>4486</v>
+        <v>4573</v>
       </c>
       <c r="E1481" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1482" spans="1:5">
       <c r="A1482" s="1" t="s">
-        <v>2221</v>
+        <v>2209</v>
       </c>
       <c r="B1482" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1482" s="1" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="D1482" s="1">
-        <v>4487</v>
+        <v>4574</v>
       </c>
       <c r="E1482" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1483" spans="1:5">
       <c r="A1483" s="1" t="s">
-        <v>2222</v>
+        <v>2210</v>
       </c>
       <c r="B1483" s="1" t="s">
-        <v>94</v>
+        <v>460</v>
       </c>
       <c r="C1483" s="1" t="s">
-        <v>95</v>
+        <v>1303</v>
       </c>
       <c r="D1483" s="1">
-        <v>4488</v>
+        <v>4575</v>
       </c>
       <c r="E1483" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1484" spans="1:5">
       <c r="A1484" s="1" t="s">
-        <v>2223</v>
+        <v>2211</v>
       </c>
       <c r="B1484" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1484" s="1" t="s">
-        <v>358</v>
+        <v>130</v>
       </c>
       <c r="D1484" s="1">
-        <v>4489</v>
+        <v>4576</v>
       </c>
       <c r="E1484" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1485" spans="1:5">
       <c r="A1485" s="1" t="s">
-        <v>2224</v>
+        <v>2212</v>
       </c>
       <c r="B1485" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C1485" s="1" t="s">
-        <v>2168</v>
+        <v>16</v>
       </c>
       <c r="D1485" s="1">
-        <v>4490</v>
+        <v>4580</v>
       </c>
       <c r="E1485" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1486" spans="1:5">
       <c r="A1486" s="1" t="s">
-        <v>2225</v>
+        <v>2213</v>
       </c>
       <c r="B1486" s="1" t="s">
-        <v>54</v>
+        <v>1437</v>
       </c>
       <c r="C1486" s="1" t="s">
-        <v>136</v>
+        <v>2214</v>
       </c>
       <c r="D1486" s="1">
-        <v>4491</v>
+        <v>4583</v>
       </c>
       <c r="E1486" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1487" spans="1:5">
       <c r="A1487" s="1" t="s">
-        <v>2226</v>
+        <v>2215</v>
       </c>
       <c r="B1487" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1487" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1487" s="1">
-        <v>4493</v>
+        <v>4584</v>
       </c>
       <c r="E1487" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1488" spans="1:5">
       <c r="A1488" s="1" t="s">
-        <v>2227</v>
+        <v>2216</v>
       </c>
       <c r="B1488" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C1488" s="1" t="s">
-        <v>2228</v>
+        <v>76</v>
       </c>
       <c r="D1488" s="1">
-        <v>4494</v>
+        <v>4586</v>
       </c>
       <c r="E1488" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1489" spans="1:5">
       <c r="A1489" s="1" t="s">
-        <v>2229</v>
+        <v>2217</v>
       </c>
       <c r="B1489" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C1489" s="1" t="s">
-        <v>2230</v>
+        <v>16</v>
       </c>
       <c r="D1489" s="1">
-        <v>4495</v>
+        <v>4587</v>
       </c>
       <c r="E1489" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1490" spans="1:5">
       <c r="A1490" s="1" t="s">
-        <v>2231</v>
+        <v>2218</v>
       </c>
       <c r="B1490" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="C1490" s="1" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D1490" s="1">
-        <v>4496</v>
+        <v>4590</v>
       </c>
       <c r="E1490" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1491" spans="1:5">
       <c r="A1491" s="1" t="s">
-        <v>2232</v>
+        <v>2219</v>
       </c>
       <c r="B1491" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C1491" s="1" t="s">
-        <v>1437</v>
+        <v>127</v>
       </c>
       <c r="D1491" s="1">
-        <v>4498</v>
+        <v>4592</v>
       </c>
       <c r="E1491" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1492" spans="1:5">
       <c r="A1492" s="1" t="s">
-        <v>2233</v>
+        <v>2220</v>
       </c>
       <c r="B1492" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1492" s="1" t="s">
-        <v>1356</v>
+        <v>16</v>
       </c>
       <c r="D1492" s="1">
-        <v>4499</v>
+        <v>4593</v>
       </c>
       <c r="E1492" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1493" spans="1:5">
       <c r="A1493" s="1" t="s">
-        <v>2234</v>
+        <v>2221</v>
       </c>
       <c r="B1493" s="1" t="s">
-        <v>54</v>
+        <v>310</v>
       </c>
       <c r="C1493" s="1" t="s">
-        <v>136</v>
+        <v>543</v>
       </c>
       <c r="D1493" s="1">
-        <v>4500</v>
+        <v>4595</v>
       </c>
       <c r="E1493" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1494" spans="1:5">
       <c r="A1494" s="1" t="s">
-        <v>2235</v>
+        <v>2222</v>
       </c>
       <c r="B1494" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C1494" s="1" t="s">
-        <v>972</v>
+        <v>1556</v>
       </c>
       <c r="D1494" s="1">
-        <v>4501</v>
+        <v>4596</v>
       </c>
       <c r="E1494" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1495" spans="1:5">
       <c r="A1495" s="1" t="s">
-        <v>2236</v>
+        <v>2223</v>
       </c>
       <c r="B1495" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1495" s="1" t="s">
-        <v>16</v>
+        <v>853</v>
       </c>
       <c r="D1495" s="1">
-        <v>4502</v>
+        <v>4597</v>
       </c>
       <c r="E1495" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1496" spans="1:5">
       <c r="A1496" s="1" t="s">
-        <v>2237</v>
+        <v>2224</v>
       </c>
       <c r="B1496" s="1" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C1496" s="1" t="s">
-        <v>136</v>
+        <v>1681</v>
       </c>
       <c r="D1496" s="1">
-        <v>4503</v>
+        <v>4599</v>
       </c>
       <c r="E1496" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1497" spans="1:5">
       <c r="A1497" s="1" t="s">
-        <v>2238</v>
+        <v>2225</v>
       </c>
       <c r="B1497" s="1" t="s">
-        <v>513</v>
+        <v>11</v>
       </c>
       <c r="C1497" s="1" t="s">
-        <v>762</v>
+        <v>613</v>
       </c>
       <c r="D1497" s="1">
-        <v>4507</v>
+        <v>4600</v>
       </c>
       <c r="E1497" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1498" spans="1:5">
       <c r="A1498" s="1" t="s">
-        <v>2239</v>
+        <v>2226</v>
       </c>
       <c r="B1498" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1498" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1498" s="1">
-        <v>4509</v>
+        <v>4601</v>
       </c>
       <c r="E1498" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1499" spans="1:5">
       <c r="A1499" s="1" t="s">
-        <v>2240</v>
+        <v>2227</v>
       </c>
       <c r="B1499" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1499" s="1" t="s">
-        <v>16</v>
+        <v>1282</v>
       </c>
       <c r="D1499" s="1">
-        <v>4511</v>
+        <v>4603</v>
       </c>
       <c r="E1499" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1500" spans="1:5">
       <c r="A1500" s="1" t="s">
-        <v>2241</v>
+        <v>2228</v>
       </c>
       <c r="B1500" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1500" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D1500" s="1">
-        <v>4512</v>
+        <v>4604</v>
       </c>
       <c r="E1500" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1501" spans="1:5">
       <c r="A1501" s="1" t="s">
-        <v>2242</v>
+        <v>2229</v>
       </c>
       <c r="B1501" s="1" t="s">
-        <v>15</v>
+        <v>578</v>
       </c>
       <c r="C1501" s="1" t="s">
-        <v>16</v>
+        <v>2230</v>
       </c>
       <c r="D1501" s="1">
-        <v>4513</v>
+        <v>4606</v>
       </c>
       <c r="E1501" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1502" spans="1:5">
       <c r="A1502" s="1" t="s">
-        <v>2243</v>
+        <v>2231</v>
       </c>
       <c r="B1502" s="1" t="s">
-        <v>430</v>
+        <v>90</v>
       </c>
       <c r="C1502" s="1" t="s">
-        <v>2244</v>
+        <v>595</v>
       </c>
       <c r="D1502" s="1">
-        <v>4514</v>
+        <v>4607</v>
       </c>
       <c r="E1502" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1503" spans="1:5">
       <c r="A1503" s="1" t="s">
-        <v>2245</v>
+        <v>2232</v>
       </c>
       <c r="B1503" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1503" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1503" s="1">
-        <v>4516</v>
+        <v>4610</v>
       </c>
       <c r="E1503" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1504" spans="1:5">
       <c r="A1504" s="1" t="s">
-        <v>2246</v>
+        <v>2233</v>
       </c>
       <c r="B1504" s="1" t="s">
-        <v>194</v>
+        <v>54</v>
       </c>
       <c r="C1504" s="1" t="s">
-        <v>195</v>
+        <v>318</v>
       </c>
       <c r="D1504" s="1">
-        <v>4517</v>
+        <v>4611</v>
       </c>
       <c r="E1504" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1505" spans="1:5">
       <c r="A1505" s="1" t="s">
-        <v>2247</v>
+        <v>2234</v>
       </c>
       <c r="B1505" s="1" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="C1505" s="1" t="s">
-        <v>326</v>
+        <v>1072</v>
       </c>
       <c r="D1505" s="1">
-        <v>4518</v>
+        <v>4612</v>
       </c>
       <c r="E1505" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1506" spans="1:5">
       <c r="A1506" s="1" t="s">
-        <v>2248</v>
+        <v>2235</v>
       </c>
       <c r="B1506" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1506" s="1" t="s">
-        <v>210</v>
+        <v>16</v>
       </c>
       <c r="D1506" s="1">
-        <v>4519</v>
+        <v>4616</v>
       </c>
       <c r="E1506" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1507" spans="1:5">
       <c r="A1507" s="1" t="s">
-        <v>2249</v>
+        <v>2236</v>
       </c>
       <c r="B1507" s="1" t="s">
-        <v>38</v>
+        <v>301</v>
       </c>
       <c r="C1507" s="1" t="s">
-        <v>2045</v>
+        <v>302</v>
       </c>
       <c r="D1507" s="1">
-        <v>4520</v>
+        <v>4617</v>
       </c>
       <c r="E1507" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1508" spans="1:5">
       <c r="A1508" s="1" t="s">
-        <v>2250</v>
+        <v>2237</v>
       </c>
       <c r="B1508" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1508" s="1" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="D1508" s="1">
-        <v>4523</v>
+        <v>4618</v>
       </c>
       <c r="E1508" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1509" spans="1:5">
       <c r="A1509" s="1" t="s">
-        <v>2251</v>
+        <v>2238</v>
       </c>
       <c r="B1509" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C1509" s="1" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D1509" s="1">
-        <v>4525</v>
+        <v>4620</v>
       </c>
       <c r="E1509" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1510" spans="1:5">
       <c r="A1510" s="1" t="s">
-        <v>2252</v>
+        <v>2239</v>
       </c>
       <c r="B1510" s="1" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="C1510" s="1" t="s">
-        <v>16</v>
+        <v>302</v>
       </c>
       <c r="D1510" s="1">
-        <v>4527</v>
+        <v>4622</v>
       </c>
       <c r="E1510" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1511" spans="1:5">
       <c r="A1511" s="1" t="s">
-        <v>2253</v>
+        <v>2240</v>
       </c>
       <c r="B1511" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1511" s="1" t="s">
-        <v>417</v>
+        <v>16</v>
       </c>
       <c r="D1511" s="1">
-        <v>4528</v>
+        <v>4623</v>
       </c>
       <c r="E1511" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1512" spans="1:5">
       <c r="A1512" s="1" t="s">
-        <v>2254</v>
+        <v>2241</v>
       </c>
       <c r="B1512" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C1512" s="1" t="s">
-        <v>111</v>
+        <v>1205</v>
       </c>
       <c r="D1512" s="1">
-        <v>4530</v>
+        <v>4624</v>
       </c>
       <c r="E1512" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1513" spans="1:5">
       <c r="A1513" s="1" t="s">
-        <v>2255</v>
+        <v>2242</v>
       </c>
       <c r="B1513" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1513" s="1" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D1513" s="1">
-        <v>4531</v>
+        <v>4625</v>
       </c>
       <c r="E1513" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1514" spans="1:5">
       <c r="A1514" s="1" t="s">
-        <v>2256</v>
+        <v>2243</v>
       </c>
       <c r="B1514" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1514" s="1" t="s">
-        <v>210</v>
+        <v>28</v>
       </c>
       <c r="D1514" s="1">
-        <v>4532</v>
+        <v>4626</v>
       </c>
       <c r="E1514" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1515" spans="1:5">
       <c r="A1515" s="1" t="s">
-        <v>2257</v>
+        <v>2244</v>
       </c>
       <c r="B1515" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C1515" s="1" t="s">
-        <v>2258</v>
+        <v>16</v>
       </c>
       <c r="D1515" s="1">
-        <v>4533</v>
+        <v>4627</v>
       </c>
       <c r="E1515" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1516" spans="1:5">
       <c r="A1516" s="1" t="s">
-        <v>2259</v>
+        <v>2245</v>
       </c>
       <c r="B1516" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1516" s="1" t="s">
-        <v>16</v>
+        <v>383</v>
       </c>
       <c r="D1516" s="1">
-        <v>4535</v>
+        <v>4629</v>
       </c>
       <c r="E1516" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1517" spans="1:5">
       <c r="A1517" s="1" t="s">
-        <v>2260</v>
+        <v>2246</v>
       </c>
       <c r="B1517" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1517" s="1" t="s">
-        <v>16</v>
+        <v>511</v>
       </c>
       <c r="D1517" s="1">
-        <v>4539</v>
+        <v>4630</v>
       </c>
       <c r="E1517" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1518" spans="1:5">
       <c r="A1518" s="1" t="s">
-        <v>2261</v>
+        <v>2247</v>
       </c>
       <c r="B1518" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1518" s="1" t="s">
-        <v>16</v>
+        <v>445</v>
       </c>
       <c r="D1518" s="1">
-        <v>4542</v>
+        <v>4631</v>
       </c>
       <c r="E1518" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1519" spans="1:5">
       <c r="A1519" s="1" t="s">
-        <v>2262</v>
+        <v>2248</v>
       </c>
       <c r="B1519" s="1" t="s">
-        <v>72</v>
+        <v>533</v>
       </c>
       <c r="C1519" s="1" t="s">
-        <v>573</v>
+        <v>2249</v>
       </c>
       <c r="D1519" s="1">
-        <v>4543</v>
+        <v>4632</v>
       </c>
       <c r="E1519" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1520" spans="1:5">
       <c r="A1520" s="1" t="s">
-        <v>2263</v>
+        <v>2250</v>
       </c>
       <c r="B1520" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1520" s="1" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="D1520" s="1">
-        <v>4544</v>
+        <v>4633</v>
       </c>
       <c r="E1520" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1521" spans="1:5">
       <c r="A1521" s="1" t="s">
-        <v>2264</v>
+        <v>2251</v>
       </c>
       <c r="B1521" s="1" t="s">
-        <v>194</v>
+        <v>15</v>
       </c>
       <c r="C1521" s="1" t="s">
-        <v>2265</v>
+        <v>16</v>
       </c>
       <c r="D1521" s="1">
-        <v>4545</v>
+        <v>4634</v>
       </c>
       <c r="E1521" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1522" spans="1:5">
       <c r="A1522" s="1" t="s">
-        <v>2266</v>
+        <v>2252</v>
       </c>
       <c r="B1522" s="1" t="s">
-        <v>11</v>
+        <v>113</v>
       </c>
       <c r="C1522" s="1" t="s">
-        <v>618</v>
+        <v>1003</v>
       </c>
       <c r="D1522" s="1">
-        <v>4546</v>
+        <v>4635</v>
       </c>
       <c r="E1522" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1523" spans="1:5">
       <c r="A1523" s="1" t="s">
-        <v>2267</v>
+        <v>2253</v>
       </c>
       <c r="B1523" s="1" t="s">
-        <v>1420</v>
+        <v>301</v>
       </c>
       <c r="C1523" s="1" t="s">
-        <v>2268</v>
+        <v>1397</v>
       </c>
       <c r="D1523" s="1">
-        <v>4547</v>
+        <v>4636</v>
       </c>
       <c r="E1523" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1524" spans="1:5">
       <c r="A1524" s="1" t="s">
-        <v>2269</v>
+        <v>2254</v>
       </c>
       <c r="B1524" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1524" s="1" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="D1524" s="1">
-        <v>4548</v>
+        <v>4637</v>
       </c>
       <c r="E1524" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1525" spans="1:5">
       <c r="A1525" s="1" t="s">
-        <v>2270</v>
+        <v>2255</v>
       </c>
       <c r="B1525" s="1" t="s">
-        <v>608</v>
+        <v>22</v>
       </c>
       <c r="C1525" s="1" t="s">
-        <v>1174</v>
+        <v>33</v>
       </c>
       <c r="D1525" s="1">
-        <v>4549</v>
+        <v>4638</v>
       </c>
       <c r="E1525" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1526" spans="1:5">
       <c r="A1526" s="1" t="s">
-        <v>2271</v>
+        <v>2256</v>
       </c>
       <c r="B1526" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1526" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1526" s="1">
-        <v>4550</v>
+        <v>4640</v>
       </c>
       <c r="E1526" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1527" spans="1:5">
       <c r="A1527" s="1" t="s">
-        <v>2272</v>
+        <v>2257</v>
       </c>
       <c r="B1527" s="1" t="s">
-        <v>90</v>
+        <v>310</v>
       </c>
       <c r="C1527" s="1" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="D1527" s="1">
-        <v>4551</v>
+        <v>4641</v>
       </c>
       <c r="E1527" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1528" spans="1:5">
       <c r="A1528" s="1" t="s">
-        <v>2273</v>
+        <v>2258</v>
       </c>
       <c r="B1528" s="1" t="s">
-        <v>54</v>
+        <v>439</v>
       </c>
       <c r="C1528" s="1" t="s">
-        <v>136</v>
+        <v>1873</v>
       </c>
       <c r="D1528" s="1">
-        <v>4552</v>
+        <v>4642</v>
       </c>
       <c r="E1528" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1529" spans="1:5">
       <c r="A1529" s="1" t="s">
-        <v>2274</v>
+        <v>2259</v>
       </c>
       <c r="B1529" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1529" s="1" t="s">
-        <v>16</v>
+        <v>1461</v>
       </c>
       <c r="D1529" s="1">
-        <v>4554</v>
+        <v>4643</v>
       </c>
       <c r="E1529" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1530" spans="1:5">
       <c r="A1530" s="1" t="s">
-        <v>2275</v>
+        <v>2260</v>
       </c>
       <c r="B1530" s="1" t="s">
-        <v>54</v>
+        <v>578</v>
       </c>
       <c r="C1530" s="1" t="s">
-        <v>1713</v>
+        <v>2261</v>
       </c>
       <c r="D1530" s="1">
-        <v>4555</v>
+        <v>4644</v>
       </c>
       <c r="E1530" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1531" spans="1:5">
       <c r="A1531" s="1" t="s">
-        <v>2276</v>
+        <v>2262</v>
       </c>
       <c r="B1531" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1531" s="1" t="s">
-        <v>16</v>
+        <v>347</v>
       </c>
       <c r="D1531" s="1">
-        <v>4556</v>
+        <v>4646</v>
       </c>
       <c r="E1531" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1532" spans="1:5">
       <c r="A1532" s="1" t="s">
-        <v>2277</v>
+        <v>2263</v>
       </c>
       <c r="B1532" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1532" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D1532" s="1">
-        <v>4557</v>
+        <v>4647</v>
       </c>
       <c r="E1532" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1533" spans="1:5">
       <c r="A1533" s="1" t="s">
-        <v>2278</v>
+        <v>2264</v>
       </c>
       <c r="B1533" s="1" t="s">
-        <v>184</v>
+        <v>42</v>
       </c>
       <c r="C1533" s="1" t="s">
-        <v>1504</v>
+        <v>1571</v>
       </c>
       <c r="D1533" s="1">
-        <v>4558</v>
+        <v>4648</v>
       </c>
       <c r="E1533" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1534" spans="1:5">
       <c r="A1534" s="1" t="s">
-        <v>2279</v>
+        <v>2265</v>
       </c>
       <c r="B1534" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1534" s="1" t="s">
-        <v>245</v>
+        <v>76</v>
       </c>
       <c r="D1534" s="1">
-        <v>4559</v>
+        <v>4649</v>
       </c>
       <c r="E1534" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1535" spans="1:5">
       <c r="A1535" s="1" t="s">
-        <v>2280</v>
+        <v>2266</v>
       </c>
       <c r="B1535" s="1" t="s">
-        <v>90</v>
+        <v>310</v>
       </c>
       <c r="C1535" s="1" t="s">
-        <v>235</v>
+        <v>543</v>
       </c>
       <c r="D1535" s="1">
-        <v>4560</v>
+        <v>4651</v>
       </c>
       <c r="E1535" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1536" spans="1:5">
       <c r="A1536" s="1" t="s">
-        <v>2281</v>
+        <v>2267</v>
       </c>
       <c r="B1536" s="1" t="s">
-        <v>72</v>
+        <v>460</v>
       </c>
       <c r="C1536" s="1" t="s">
-        <v>2282</v>
+        <v>1251</v>
       </c>
       <c r="D1536" s="1">
-        <v>4561</v>
+        <v>4652</v>
       </c>
       <c r="E1536" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1537" spans="1:5">
       <c r="A1537" s="1" t="s">
-        <v>2283</v>
+        <v>2268</v>
       </c>
       <c r="B1537" s="1" t="s">
-        <v>72</v>
+        <v>460</v>
       </c>
       <c r="C1537" s="1" t="s">
-        <v>1536</v>
+        <v>1303</v>
       </c>
       <c r="D1537" s="1">
-        <v>4562</v>
+        <v>4653</v>
       </c>
       <c r="E1537" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1538" spans="1:5">
       <c r="A1538" s="1" t="s">
-        <v>2284</v>
+        <v>2269</v>
       </c>
       <c r="B1538" s="1" t="s">
-        <v>54</v>
+        <v>460</v>
       </c>
       <c r="C1538" s="1" t="s">
-        <v>136</v>
+        <v>461</v>
       </c>
       <c r="D1538" s="1">
-        <v>4563</v>
+        <v>4654</v>
       </c>
       <c r="E1538" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1539" spans="1:5">
       <c r="A1539" s="1" t="s">
-        <v>2285</v>
+        <v>2270</v>
       </c>
       <c r="B1539" s="1" t="s">
-        <v>38</v>
+        <v>460</v>
       </c>
       <c r="C1539" s="1" t="s">
-        <v>1055</v>
+        <v>461</v>
       </c>
       <c r="D1539" s="1">
-        <v>4564</v>
+        <v>4656</v>
       </c>
       <c r="E1539" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1540" spans="1:5">
       <c r="A1540" s="1" t="s">
-        <v>2286</v>
+        <v>2271</v>
       </c>
       <c r="B1540" s="1" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C1540" s="1" t="s">
-        <v>471</v>
+        <v>2272</v>
       </c>
       <c r="D1540" s="1">
-        <v>4566</v>
+        <v>4657</v>
       </c>
       <c r="E1540" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1541" spans="1:5">
       <c r="A1541" s="1" t="s">
-        <v>2287</v>
+        <v>2273</v>
       </c>
       <c r="B1541" s="1" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C1541" s="1" t="s">
-        <v>210</v>
+        <v>43</v>
       </c>
       <c r="D1541" s="1">
-        <v>4567</v>
+        <v>4658</v>
       </c>
       <c r="E1541" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1542" spans="1:5">
       <c r="A1542" s="1" t="s">
-        <v>2288</v>
+        <v>2274</v>
       </c>
       <c r="B1542" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1542" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D1542" s="1">
-        <v>4568</v>
+        <v>4660</v>
       </c>
       <c r="E1542" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1543" spans="1:5">
       <c r="A1543" s="1" t="s">
-        <v>2289</v>
+        <v>2275</v>
       </c>
       <c r="B1543" s="1" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C1543" s="1" t="s">
-        <v>136</v>
+        <v>1523</v>
       </c>
       <c r="D1543" s="1">
-        <v>4571</v>
+        <v>4662</v>
       </c>
       <c r="E1543" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1544" spans="1:5">
       <c r="A1544" s="1" t="s">
-        <v>2290</v>
+        <v>2276</v>
       </c>
       <c r="B1544" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1544" s="1" t="s">
-        <v>471</v>
+        <v>595</v>
       </c>
       <c r="D1544" s="1">
-        <v>4572</v>
+        <v>4664</v>
       </c>
       <c r="E1544" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1545" spans="1:5">
       <c r="A1545" s="1" t="s">
-        <v>2291</v>
+        <v>2277</v>
       </c>
       <c r="B1545" s="1" t="s">
-        <v>293</v>
+        <v>54</v>
       </c>
       <c r="C1545" s="1" t="s">
-        <v>1097</v>
+        <v>55</v>
       </c>
       <c r="D1545" s="1">
-        <v>4573</v>
+        <v>4665</v>
       </c>
       <c r="E1545" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1546" spans="1:5">
       <c r="A1546" s="1" t="s">
-        <v>2292</v>
+        <v>2278</v>
       </c>
       <c r="B1546" s="1" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
       <c r="C1546" s="1" t="s">
-        <v>28</v>
+        <v>865</v>
       </c>
       <c r="D1546" s="1">
-        <v>4574</v>
+        <v>4666</v>
       </c>
       <c r="E1546" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1547" spans="1:5">
       <c r="A1547" s="1" t="s">
-        <v>2293</v>
+        <v>2279</v>
       </c>
       <c r="B1547" s="1" t="s">
-        <v>184</v>
+        <v>48</v>
       </c>
       <c r="C1547" s="1" t="s">
-        <v>1356</v>
+        <v>1384</v>
       </c>
       <c r="D1547" s="1">
-        <v>4575</v>
+        <v>4668</v>
       </c>
       <c r="E1547" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1548" spans="1:5">
       <c r="A1548" s="1" t="s">
-        <v>2294</v>
+        <v>2280</v>
       </c>
       <c r="B1548" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C1548" s="1" t="s">
-        <v>139</v>
+        <v>2281</v>
       </c>
       <c r="D1548" s="1">
-        <v>4576</v>
+        <v>4669</v>
       </c>
       <c r="E1548" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1549" spans="1:5">
       <c r="A1549" s="1" t="s">
-        <v>2295</v>
+        <v>2282</v>
       </c>
       <c r="B1549" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1549" s="1" t="s">
-        <v>16</v>
+        <v>2283</v>
       </c>
       <c r="D1549" s="1">
-        <v>4580</v>
+        <v>4670</v>
       </c>
       <c r="E1549" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1550" spans="1:5">
       <c r="A1550" s="1" t="s">
-        <v>2296</v>
+        <v>2284</v>
       </c>
       <c r="B1550" s="1" t="s">
-        <v>1491</v>
+        <v>94</v>
       </c>
       <c r="C1550" s="1" t="s">
-        <v>2297</v>
+        <v>95</v>
       </c>
       <c r="D1550" s="1">
-        <v>4583</v>
+        <v>4671</v>
       </c>
       <c r="E1550" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1551" spans="1:5">
       <c r="A1551" s="1" t="s">
-        <v>2298</v>
+        <v>2285</v>
       </c>
       <c r="B1551" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C1551" s="1" t="s">
-        <v>16</v>
+        <v>245</v>
       </c>
       <c r="D1551" s="1">
-        <v>4584</v>
+        <v>4672</v>
       </c>
       <c r="E1551" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1552" spans="1:5">
       <c r="A1552" s="1" t="s">
-        <v>2299</v>
+        <v>2286</v>
       </c>
       <c r="B1552" s="1" t="s">
-        <v>54</v>
+        <v>274</v>
       </c>
       <c r="C1552" s="1" t="s">
-        <v>76</v>
+        <v>1054</v>
       </c>
       <c r="D1552" s="1">
-        <v>4586</v>
+        <v>4674</v>
       </c>
       <c r="E1552" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1553" spans="1:5">
       <c r="A1553" s="1" t="s">
-        <v>2300</v>
+        <v>2287</v>
       </c>
       <c r="B1553" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1553" s="1" t="s">
-        <v>16</v>
+        <v>436</v>
       </c>
       <c r="D1553" s="1">
-        <v>4587</v>
+        <v>4675</v>
       </c>
       <c r="E1553" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1554" spans="1:5">
       <c r="A1554" s="1" t="s">
-        <v>2301</v>
+        <v>2288</v>
       </c>
       <c r="B1554" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1554" s="1" t="s">
-        <v>16</v>
+        <v>511</v>
       </c>
       <c r="D1554" s="1">
-        <v>4590</v>
+        <v>4676</v>
       </c>
       <c r="E1554" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1555" spans="1:5">
       <c r="A1555" s="1" t="s">
-        <v>2302</v>
+        <v>2289</v>
       </c>
       <c r="B1555" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1555" s="1" t="s">
-        <v>136</v>
+        <v>318</v>
       </c>
       <c r="D1555" s="1">
-        <v>4592</v>
+        <v>4677</v>
       </c>
       <c r="E1555" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1556" spans="1:5">
       <c r="A1556" s="1" t="s">
-        <v>2303</v>
+        <v>2290</v>
       </c>
       <c r="B1556" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C1556" s="1" t="s">
-        <v>16</v>
+        <v>98</v>
       </c>
       <c r="D1556" s="1">
-        <v>4593</v>
+        <v>4678</v>
       </c>
       <c r="E1556" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1557" spans="1:5">
       <c r="A1557" s="1" t="s">
-        <v>2304</v>
+        <v>2291</v>
       </c>
       <c r="B1557" s="1" t="s">
-        <v>329</v>
+        <v>90</v>
       </c>
       <c r="C1557" s="1" t="s">
-        <v>570</v>
+        <v>1205</v>
       </c>
       <c r="D1557" s="1">
-        <v>4595</v>
+        <v>4679</v>
       </c>
       <c r="E1557" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1558" spans="1:5">
       <c r="A1558" s="1" t="s">
-        <v>2305</v>
+        <v>2292</v>
       </c>
       <c r="B1558" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C1558" s="1" t="s">
-        <v>1615</v>
+        <v>2293</v>
       </c>
       <c r="D1558" s="1">
-        <v>4596</v>
+        <v>4680</v>
       </c>
       <c r="E1558" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1559" spans="1:5">
       <c r="A1559" s="1" t="s">
-        <v>2306</v>
+        <v>2294</v>
       </c>
       <c r="B1559" s="1" t="s">
-        <v>90</v>
+        <v>460</v>
       </c>
       <c r="C1559" s="1" t="s">
-        <v>892</v>
+        <v>1450</v>
       </c>
       <c r="D1559" s="1">
-        <v>4597</v>
+        <v>4681</v>
       </c>
       <c r="E1559" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1560" spans="1:5">
       <c r="A1560" s="1" t="s">
-        <v>2307</v>
+        <v>2295</v>
       </c>
       <c r="B1560" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C1560" s="1" t="s">
-        <v>1746</v>
+        <v>16</v>
       </c>
       <c r="D1560" s="1">
-        <v>4599</v>
+        <v>4683</v>
       </c>
       <c r="E1560" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1561" spans="1:5">
       <c r="A1561" s="1" t="s">
-        <v>2308</v>
+        <v>2296</v>
       </c>
       <c r="B1561" s="1" t="s">
-        <v>11</v>
+        <v>301</v>
       </c>
       <c r="C1561" s="1" t="s">
-        <v>646</v>
+        <v>2297</v>
       </c>
       <c r="D1561" s="1">
-        <v>4600</v>
+        <v>4685</v>
       </c>
       <c r="E1561" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1562" spans="1:5">
       <c r="A1562" s="1" t="s">
-        <v>2309</v>
+        <v>2298</v>
       </c>
       <c r="B1562" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1562" s="1" t="s">
-        <v>16</v>
+        <v>1433</v>
       </c>
       <c r="D1562" s="1">
-        <v>4601</v>
+        <v>4686</v>
       </c>
       <c r="E1562" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1563" spans="1:5">
       <c r="A1563" s="1" t="s">
-        <v>2310</v>
+        <v>2299</v>
       </c>
       <c r="B1563" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C1563" s="1" t="s">
-        <v>1335</v>
+        <v>1205</v>
       </c>
       <c r="D1563" s="1">
-        <v>4603</v>
+        <v>4687</v>
       </c>
       <c r="E1563" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1564" spans="1:5">
       <c r="A1564" s="1" t="s">
-        <v>2311</v>
+        <v>2300</v>
       </c>
       <c r="B1564" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1564" s="1" t="s">
-        <v>16</v>
+        <v>1264</v>
       </c>
       <c r="D1564" s="1">
-        <v>4604</v>
+        <v>4688</v>
       </c>
       <c r="E1564" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1565" spans="1:5">
       <c r="A1565" s="1" t="s">
-        <v>2312</v>
+        <v>2301</v>
       </c>
       <c r="B1565" s="1" t="s">
-        <v>608</v>
+        <v>54</v>
       </c>
       <c r="C1565" s="1" t="s">
-        <v>2313</v>
+        <v>374</v>
       </c>
       <c r="D1565" s="1">
-        <v>4606</v>
+        <v>4689</v>
       </c>
       <c r="E1565" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1566" spans="1:5">
       <c r="A1566" s="1" t="s">
-        <v>2314</v>
+        <v>2302</v>
       </c>
       <c r="B1566" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1566" s="1" t="s">
-        <v>625</v>
+        <v>374</v>
       </c>
       <c r="D1566" s="1">
-        <v>4607</v>
+        <v>4690</v>
       </c>
       <c r="E1566" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1567" spans="1:5">
       <c r="A1567" s="1" t="s">
-        <v>2315</v>
+        <v>2303</v>
       </c>
       <c r="B1567" s="1" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="C1567" s="1" t="s">
-        <v>169</v>
+        <v>748</v>
       </c>
       <c r="D1567" s="1">
-        <v>4611</v>
+        <v>4691</v>
       </c>
       <c r="E1567" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1568" spans="1:5">
       <c r="A1568" s="1" t="s">
-        <v>2316</v>
+        <v>2304</v>
       </c>
       <c r="B1568" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1568" s="1" t="s">
-        <v>1116</v>
+        <v>625</v>
       </c>
       <c r="D1568" s="1">
-        <v>4612</v>
+        <v>4693</v>
       </c>
       <c r="E1568" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1569" spans="1:5">
       <c r="A1569" s="1" t="s">
-        <v>2317</v>
+        <v>2305</v>
       </c>
       <c r="B1569" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1569" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1569" s="1">
-        <v>4616</v>
+        <v>4695</v>
       </c>
       <c r="E1569" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1570" spans="1:5">
       <c r="A1570" s="1" t="s">
-        <v>2318</v>
+        <v>2306</v>
       </c>
       <c r="B1570" s="1" t="s">
-        <v>320</v>
+        <v>119</v>
       </c>
       <c r="C1570" s="1" t="s">
-        <v>321</v>
+        <v>120</v>
       </c>
       <c r="D1570" s="1">
-        <v>4617</v>
+        <v>4696</v>
       </c>
       <c r="E1570" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1571" spans="1:5">
       <c r="A1571" s="1" t="s">
-        <v>2319</v>
+        <v>2307</v>
       </c>
       <c r="B1571" s="1" t="s">
-        <v>54</v>
+        <v>119</v>
       </c>
       <c r="C1571" s="1" t="s">
-        <v>55</v>
+        <v>1979</v>
       </c>
       <c r="D1571" s="1">
-        <v>4618</v>
+        <v>4697</v>
       </c>
       <c r="E1571" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1572" spans="1:5">
       <c r="A1572" s="1" t="s">
-        <v>2320</v>
+        <v>2308</v>
       </c>
       <c r="B1572" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="C1572" s="1" t="s">
-        <v>33</v>
+        <v>1096</v>
       </c>
       <c r="D1572" s="1">
-        <v>4620</v>
+        <v>4698</v>
       </c>
       <c r="E1572" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1573" spans="1:5">
       <c r="A1573" s="1" t="s">
-        <v>2321</v>
+        <v>2309</v>
       </c>
       <c r="B1573" s="1" t="s">
-        <v>320</v>
+        <v>90</v>
       </c>
       <c r="C1573" s="1" t="s">
-        <v>321</v>
+        <v>91</v>
       </c>
       <c r="D1573" s="1">
-        <v>4622</v>
+        <v>4699</v>
       </c>
       <c r="E1573" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1574" spans="1:5">
       <c r="A1574" s="1" t="s">
-        <v>2322</v>
+        <v>2310</v>
       </c>
       <c r="B1574" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1574" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1574" s="1">
-        <v>4623</v>
+        <v>4700</v>
       </c>
       <c r="E1574" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1575" spans="1:5">
       <c r="A1575" s="1" t="s">
-        <v>2323</v>
+        <v>2311</v>
       </c>
       <c r="B1575" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1575" s="1" t="s">
-        <v>1258</v>
+        <v>1428</v>
       </c>
       <c r="D1575" s="1">
-        <v>4624</v>
+        <v>4701</v>
       </c>
       <c r="E1575" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1576" spans="1:5">
       <c r="A1576" s="1" t="s">
-        <v>2324</v>
+        <v>2312</v>
       </c>
       <c r="B1576" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1576" s="1" t="s">
-        <v>210</v>
+        <v>164</v>
       </c>
       <c r="D1576" s="1">
-        <v>4625</v>
+        <v>4704</v>
       </c>
       <c r="E1576" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1577" spans="1:5">
       <c r="A1577" s="1" t="s">
-        <v>2325</v>
+        <v>2313</v>
       </c>
       <c r="B1577" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C1577" s="1" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="D1577" s="1">
-        <v>4626</v>
+        <v>4706</v>
       </c>
       <c r="E1577" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1578" spans="1:5">
       <c r="A1578" s="1" t="s">
-        <v>2326</v>
+        <v>2314</v>
       </c>
       <c r="B1578" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1578" s="1" t="s">
-        <v>16</v>
+        <v>2315</v>
       </c>
       <c r="D1578" s="1">
-        <v>4627</v>
+        <v>4707</v>
       </c>
       <c r="E1578" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1579" spans="1:5">
       <c r="A1579" s="1" t="s">
-        <v>2327</v>
+        <v>2316</v>
       </c>
       <c r="B1579" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1579" s="1" t="s">
-        <v>409</v>
+        <v>16</v>
       </c>
       <c r="D1579" s="1">
-        <v>4629</v>
+        <v>4708</v>
       </c>
       <c r="E1579" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1580" spans="1:5">
       <c r="A1580" s="1" t="s">
-        <v>2328</v>
+        <v>2317</v>
       </c>
       <c r="B1580" s="1" t="s">
-        <v>90</v>
+        <v>404</v>
       </c>
       <c r="C1580" s="1" t="s">
-        <v>535</v>
+        <v>2318</v>
       </c>
       <c r="D1580" s="1">
-        <v>4630</v>
+        <v>4709</v>
       </c>
       <c r="E1580" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1581" spans="1:5">
       <c r="A1581" s="1" t="s">
-        <v>2329</v>
+        <v>2319</v>
       </c>
       <c r="B1581" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1581" s="1" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="D1581" s="1">
-        <v>4631</v>
+        <v>4711</v>
       </c>
       <c r="E1581" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1582" spans="1:5">
       <c r="A1582" s="1" t="s">
-        <v>2330</v>
+        <v>2320</v>
       </c>
       <c r="B1582" s="1" t="s">
-        <v>560</v>
+        <v>54</v>
       </c>
       <c r="C1582" s="1" t="s">
-        <v>2331</v>
+        <v>55</v>
       </c>
       <c r="D1582" s="1">
-        <v>4632</v>
+        <v>4712</v>
       </c>
       <c r="E1582" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1583" spans="1:5">
       <c r="A1583" s="1" t="s">
-        <v>2332</v>
+        <v>2321</v>
       </c>
       <c r="B1583" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C1583" s="1" t="s">
-        <v>307</v>
+        <v>566</v>
       </c>
       <c r="D1583" s="1">
-        <v>4633</v>
+        <v>4713</v>
       </c>
       <c r="E1583" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1584" spans="1:5">
       <c r="A1584" s="1" t="s">
-        <v>2333</v>
+        <v>2322</v>
       </c>
       <c r="B1584" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1584" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D1584" s="1">
-        <v>4634</v>
+        <v>4714</v>
       </c>
       <c r="E1584" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1585" spans="1:5">
       <c r="A1585" s="1" t="s">
-        <v>2334</v>
+        <v>2323</v>
       </c>
       <c r="B1585" s="1" t="s">
-        <v>118</v>
+        <v>72</v>
       </c>
       <c r="C1585" s="1" t="s">
-        <v>1044</v>
+        <v>724</v>
       </c>
       <c r="D1585" s="1">
-        <v>4635</v>
+        <v>4715</v>
       </c>
       <c r="E1585" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1586" spans="1:5">
       <c r="A1586" s="1" t="s">
-        <v>2335</v>
+        <v>2324</v>
       </c>
       <c r="B1586" s="1" t="s">
-        <v>320</v>
+        <v>15</v>
       </c>
       <c r="C1586" s="1" t="s">
-        <v>1449</v>
+        <v>16</v>
       </c>
       <c r="D1586" s="1">
-        <v>4636</v>
+        <v>4716</v>
       </c>
       <c r="E1586" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1587" spans="1:5">
       <c r="A1587" s="1" t="s">
-        <v>2336</v>
+        <v>2325</v>
       </c>
       <c r="B1587" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1587" s="1" t="s">
-        <v>16</v>
+        <v>891</v>
       </c>
       <c r="D1587" s="1">
-        <v>4637</v>
+        <v>4717</v>
       </c>
       <c r="E1587" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1588" spans="1:5">
       <c r="A1588" s="1" t="s">
-        <v>2337</v>
+        <v>2326</v>
       </c>
       <c r="B1588" s="1" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="C1588" s="1" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="D1588" s="1">
-        <v>4638</v>
+        <v>4718</v>
       </c>
       <c r="E1588" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1589" spans="1:5">
       <c r="A1589" s="1" t="s">
-        <v>2338</v>
+        <v>2327</v>
       </c>
       <c r="B1589" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1589" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D1589" s="1">
-        <v>4640</v>
+        <v>4719</v>
       </c>
       <c r="E1589" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1590" spans="1:5">
       <c r="A1590" s="1" t="s">
-        <v>2339</v>
+        <v>2328</v>
       </c>
       <c r="B1590" s="1" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
       <c r="C1590" s="1" t="s">
-        <v>570</v>
+        <v>2329</v>
       </c>
       <c r="D1590" s="1">
-        <v>4641</v>
+        <v>4720</v>
       </c>
       <c r="E1590" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1591" spans="1:5">
       <c r="A1591" s="1" t="s">
-        <v>2340</v>
+        <v>2330</v>
       </c>
       <c r="B1591" s="1" t="s">
-        <v>465</v>
+        <v>404</v>
       </c>
       <c r="C1591" s="1" t="s">
-        <v>1949</v>
+        <v>2331</v>
       </c>
       <c r="D1591" s="1">
-        <v>4642</v>
+        <v>4721</v>
       </c>
       <c r="E1591" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1592" spans="1:5">
       <c r="A1592" s="1" t="s">
-        <v>2341</v>
+        <v>2332</v>
       </c>
       <c r="B1592" s="1" t="s">
-        <v>184</v>
+        <v>244</v>
       </c>
       <c r="C1592" s="1" t="s">
-        <v>1515</v>
+        <v>245</v>
       </c>
       <c r="D1592" s="1">
-        <v>4643</v>
+        <v>4722</v>
       </c>
       <c r="E1592" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1593" spans="1:5">
       <c r="A1593" s="1" t="s">
-        <v>2342</v>
+        <v>2333</v>
       </c>
       <c r="B1593" s="1" t="s">
-        <v>608</v>
+        <v>15</v>
       </c>
       <c r="C1593" s="1" t="s">
-        <v>2343</v>
+        <v>16</v>
       </c>
       <c r="D1593" s="1">
-        <v>4644</v>
+        <v>4723</v>
       </c>
       <c r="E1593" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1594" spans="1:5">
       <c r="A1594" s="1" t="s">
-        <v>2344</v>
+        <v>2334</v>
       </c>
       <c r="B1594" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1594" s="1" t="s">
-        <v>370</v>
+        <v>16</v>
       </c>
       <c r="D1594" s="1">
-        <v>4646</v>
+        <v>4724</v>
       </c>
       <c r="E1594" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1595" spans="1:5">
       <c r="A1595" s="1" t="s">
-        <v>2345</v>
+        <v>2335</v>
       </c>
       <c r="B1595" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C1595" s="1" t="s">
-        <v>28</v>
+        <v>374</v>
       </c>
       <c r="D1595" s="1">
-        <v>4647</v>
+        <v>4725</v>
       </c>
       <c r="E1595" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1596" spans="1:5">
       <c r="A1596" s="1" t="s">
-        <v>2346</v>
+        <v>2336</v>
       </c>
       <c r="B1596" s="1" t="s">
-        <v>42</v>
+        <v>404</v>
       </c>
       <c r="C1596" s="1" t="s">
-        <v>1630</v>
+        <v>817</v>
       </c>
       <c r="D1596" s="1">
-        <v>4648</v>
+        <v>4726</v>
       </c>
       <c r="E1596" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1597" spans="1:5">
       <c r="A1597" s="1" t="s">
-        <v>2347</v>
+        <v>2337</v>
       </c>
       <c r="B1597" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1597" s="1" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D1597" s="1">
-        <v>4649</v>
+        <v>4728</v>
       </c>
       <c r="E1597" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1598" spans="1:5">
       <c r="A1598" s="1" t="s">
-        <v>2348</v>
+        <v>2338</v>
       </c>
       <c r="B1598" s="1" t="s">
-        <v>329</v>
+        <v>15</v>
       </c>
       <c r="C1598" s="1" t="s">
-        <v>570</v>
+        <v>16</v>
       </c>
       <c r="D1598" s="1">
-        <v>4651</v>
+        <v>4730</v>
       </c>
       <c r="E1598" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1599" spans="1:5">
       <c r="A1599" s="1" t="s">
-        <v>2349</v>
+        <v>2339</v>
       </c>
       <c r="B1599" s="1" t="s">
-        <v>184</v>
+        <v>11</v>
       </c>
       <c r="C1599" s="1" t="s">
-        <v>1304</v>
+        <v>1116</v>
       </c>
       <c r="D1599" s="1">
-        <v>4652</v>
+        <v>4732</v>
       </c>
       <c r="E1599" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1600" spans="1:5">
       <c r="A1600" s="1" t="s">
-        <v>2350</v>
+        <v>2340</v>
       </c>
       <c r="B1600" s="1" t="s">
-        <v>184</v>
+        <v>72</v>
       </c>
       <c r="C1600" s="1" t="s">
-        <v>1356</v>
+        <v>383</v>
       </c>
       <c r="D1600" s="1">
-        <v>4653</v>
+        <v>4733</v>
       </c>
       <c r="E1600" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1601" spans="1:5">
       <c r="A1601" s="1" t="s">
-        <v>2351</v>
+        <v>2341</v>
       </c>
       <c r="B1601" s="1" t="s">
-        <v>184</v>
+        <v>533</v>
       </c>
       <c r="C1601" s="1" t="s">
-        <v>185</v>
+        <v>2342</v>
       </c>
       <c r="D1601" s="1">
-        <v>4654</v>
+        <v>4734</v>
       </c>
       <c r="E1601" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1602" spans="1:5">
       <c r="A1602" s="1" t="s">
-        <v>2352</v>
+        <v>2343</v>
       </c>
       <c r="B1602" s="1" t="s">
-        <v>184</v>
+        <v>404</v>
       </c>
       <c r="C1602" s="1" t="s">
-        <v>185</v>
+        <v>2344</v>
       </c>
       <c r="D1602" s="1">
-        <v>4656</v>
+        <v>4735</v>
       </c>
       <c r="E1602" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1603" spans="1:5">
       <c r="A1603" s="1" t="s">
-        <v>2353</v>
+        <v>2345</v>
       </c>
       <c r="B1603" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C1603" s="1" t="s">
-        <v>2354</v>
+        <v>55</v>
       </c>
       <c r="D1603" s="1">
-        <v>4657</v>
+        <v>4736</v>
       </c>
       <c r="E1603" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1604" spans="1:5">
       <c r="A1604" s="1" t="s">
-        <v>2355</v>
+        <v>2346</v>
       </c>
       <c r="B1604" s="1" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="C1604" s="1" t="s">
-        <v>43</v>
+        <v>528</v>
       </c>
       <c r="D1604" s="1">
-        <v>4658</v>
+        <v>4738</v>
       </c>
       <c r="E1604" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1605" spans="1:5">
       <c r="A1605" s="1" t="s">
-        <v>2356</v>
+        <v>2347</v>
       </c>
       <c r="B1605" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1605" s="1" t="s">
-        <v>16</v>
+        <v>1350</v>
       </c>
       <c r="D1605" s="1">
-        <v>4660</v>
+        <v>4739</v>
       </c>
       <c r="E1605" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1606" spans="1:5">
       <c r="A1606" s="1" t="s">
-        <v>2357</v>
+        <v>2348</v>
       </c>
       <c r="B1606" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C1606" s="1" t="s">
-        <v>1579</v>
+        <v>127</v>
       </c>
       <c r="D1606" s="1">
-        <v>4662</v>
+        <v>4740</v>
       </c>
       <c r="E1606" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1607" spans="1:5">
       <c r="A1607" s="1" t="s">
-        <v>2358</v>
+        <v>2349</v>
       </c>
       <c r="B1607" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1607" s="1" t="s">
-        <v>625</v>
+        <v>16</v>
       </c>
       <c r="D1607" s="1">
-        <v>4664</v>
+        <v>4741</v>
       </c>
       <c r="E1607" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1608" spans="1:5">
       <c r="A1608" s="1" t="s">
-        <v>2359</v>
+        <v>2350</v>
       </c>
       <c r="B1608" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1608" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1608" s="1">
-        <v>4665</v>
+        <v>4742</v>
       </c>
       <c r="E1608" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1609" spans="1:5">
       <c r="A1609" s="1" t="s">
-        <v>2360</v>
+        <v>2351</v>
       </c>
       <c r="B1609" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C1609" s="1" t="s">
-        <v>904</v>
+        <v>55</v>
       </c>
       <c r="D1609" s="1">
-        <v>4666</v>
+        <v>4743</v>
       </c>
       <c r="E1609" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1610" spans="1:5">
       <c r="A1610" s="1" t="s">
-        <v>2361</v>
+        <v>2352</v>
       </c>
       <c r="B1610" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C1610" s="1" t="s">
-        <v>1437</v>
+        <v>16</v>
       </c>
       <c r="D1610" s="1">
-        <v>4668</v>
+        <v>4744</v>
       </c>
       <c r="E1610" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1611" spans="1:5">
       <c r="A1611" s="1" t="s">
-        <v>2362</v>
+        <v>2353</v>
       </c>
       <c r="B1611" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="C1611" s="1" t="s">
-        <v>2363</v>
+        <v>16</v>
       </c>
       <c r="D1611" s="1">
-        <v>4669</v>
+        <v>4745</v>
       </c>
       <c r="E1611" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1612" spans="1:5">
       <c r="A1612" s="1" t="s">
-        <v>2364</v>
+        <v>2354</v>
       </c>
       <c r="B1612" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C1612" s="1" t="s">
-        <v>2365</v>
+        <v>445</v>
       </c>
       <c r="D1612" s="1">
-        <v>4670</v>
+        <v>4746</v>
       </c>
       <c r="E1612" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1613" spans="1:5">
       <c r="A1613" s="1" t="s">
-        <v>2366</v>
+        <v>2355</v>
       </c>
       <c r="B1613" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C1613" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D1613" s="1">
-        <v>4671</v>
+        <v>4748</v>
       </c>
       <c r="E1613" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1614" spans="1:5">
       <c r="A1614" s="1" t="s">
-        <v>2367</v>
+        <v>2356</v>
       </c>
       <c r="B1614" s="1" t="s">
-        <v>128</v>
+        <v>11</v>
       </c>
       <c r="C1614" s="1" t="s">
-        <v>264</v>
+        <v>19</v>
       </c>
       <c r="D1614" s="1">
-        <v>4672</v>
+        <v>4749</v>
       </c>
       <c r="E1614" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1615" spans="1:5">
       <c r="A1615" s="1" t="s">
-        <v>2368</v>
+        <v>2357</v>
       </c>
       <c r="B1615" s="1" t="s">
-        <v>293</v>
+        <v>54</v>
       </c>
       <c r="C1615" s="1" t="s">
-        <v>1097</v>
+        <v>127</v>
       </c>
       <c r="D1615" s="1">
-        <v>4674</v>
+        <v>4750</v>
       </c>
       <c r="E1615" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1616" spans="1:5">
       <c r="A1616" s="1" t="s">
-        <v>2369</v>
+        <v>2358</v>
       </c>
       <c r="B1616" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1616" s="1" t="s">
-        <v>462</v>
+        <v>16</v>
       </c>
       <c r="D1616" s="1">
-        <v>4675</v>
+        <v>4752</v>
       </c>
       <c r="E1616" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1617" spans="1:5">
       <c r="A1617" s="1" t="s">
-        <v>2370</v>
+        <v>2359</v>
       </c>
       <c r="B1617" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1617" s="1" t="s">
-        <v>535</v>
+        <v>169</v>
       </c>
       <c r="D1617" s="1">
-        <v>4676</v>
+        <v>4754</v>
       </c>
       <c r="E1617" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1618" spans="1:5">
       <c r="A1618" s="1" t="s">
-        <v>2371</v>
+        <v>2360</v>
       </c>
       <c r="B1618" s="1" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="C1618" s="1" t="s">
-        <v>169</v>
+        <v>302</v>
       </c>
       <c r="D1618" s="1">
-        <v>4677</v>
+        <v>4755</v>
       </c>
       <c r="E1618" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1619" spans="1:5">
       <c r="A1619" s="1" t="s">
-        <v>2372</v>
+        <v>2361</v>
       </c>
       <c r="B1619" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C1619" s="1" t="s">
-        <v>101</v>
+        <v>16</v>
       </c>
       <c r="D1619" s="1">
-        <v>4678</v>
+        <v>4756</v>
       </c>
       <c r="E1619" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1620" spans="1:5">
       <c r="A1620" s="1" t="s">
-        <v>2373</v>
+        <v>2362</v>
       </c>
       <c r="B1620" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1620" s="1" t="s">
-        <v>1258</v>
+        <v>1226</v>
       </c>
       <c r="D1620" s="1">
-        <v>4679</v>
+        <v>4757</v>
       </c>
       <c r="E1620" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1621" spans="1:5">
       <c r="A1621" s="1" t="s">
-        <v>2374</v>
+        <v>2363</v>
       </c>
       <c r="B1621" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C1621" s="1" t="s">
-        <v>2375</v>
+        <v>717</v>
       </c>
       <c r="D1621" s="1">
-        <v>4680</v>
+        <v>4758</v>
       </c>
       <c r="E1621" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1622" spans="1:5">
       <c r="A1622" s="1" t="s">
-        <v>2376</v>
+        <v>2364</v>
       </c>
       <c r="B1622" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1622" s="1" t="s">
-        <v>1504</v>
+        <v>16</v>
       </c>
       <c r="D1622" s="1">
-        <v>4681</v>
+        <v>4759</v>
       </c>
       <c r="E1622" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1623" spans="1:5">
       <c r="A1623" s="1" t="s">
-        <v>2377</v>
+        <v>2365</v>
       </c>
       <c r="B1623" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1623" s="1" t="s">
-        <v>16</v>
+        <v>1116</v>
       </c>
       <c r="D1623" s="1">
-        <v>4683</v>
+        <v>4760</v>
       </c>
       <c r="E1623" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1624" spans="1:5">
       <c r="A1624" s="1" t="s">
-        <v>2378</v>
+        <v>2366</v>
       </c>
       <c r="B1624" s="1" t="s">
-        <v>320</v>
+        <v>90</v>
       </c>
       <c r="C1624" s="1" t="s">
-        <v>2379</v>
+        <v>228</v>
       </c>
       <c r="D1624" s="1">
-        <v>4685</v>
+        <v>4761</v>
       </c>
       <c r="E1624" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1625" spans="1:5">
       <c r="A1625" s="1" t="s">
-        <v>2380</v>
+        <v>2367</v>
       </c>
       <c r="B1625" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1625" s="1" t="s">
-        <v>1487</v>
+        <v>16</v>
       </c>
       <c r="D1625" s="1">
-        <v>4686</v>
+        <v>4763</v>
       </c>
       <c r="E1625" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1626" spans="1:5">
       <c r="A1626" s="1" t="s">
-        <v>2381</v>
+        <v>2368</v>
       </c>
       <c r="B1626" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1626" s="1" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="D1626" s="1">
-        <v>4687</v>
+        <v>4764</v>
       </c>
       <c r="E1626" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1627" spans="1:5">
       <c r="A1627" s="1" t="s">
-        <v>2382</v>
+        <v>2369</v>
       </c>
       <c r="B1627" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1627" s="1" t="s">
-        <v>1317</v>
+        <v>16</v>
       </c>
       <c r="D1627" s="1">
-        <v>4688</v>
+        <v>4765</v>
       </c>
       <c r="E1627" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1628" spans="1:5">
       <c r="A1628" s="1" t="s">
-        <v>2383</v>
+        <v>2370</v>
       </c>
       <c r="B1628" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1628" s="1" t="s">
-        <v>400</v>
+        <v>16</v>
       </c>
       <c r="D1628" s="1">
-        <v>4689</v>
+        <v>4766</v>
       </c>
       <c r="E1628" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1629" spans="1:5">
       <c r="A1629" s="1" t="s">
-        <v>2384</v>
+        <v>2371</v>
       </c>
       <c r="B1629" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1629" s="1" t="s">
-        <v>400</v>
+        <v>248</v>
       </c>
       <c r="D1629" s="1">
-        <v>4690</v>
+        <v>4768</v>
       </c>
       <c r="E1629" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1630" spans="1:5">
       <c r="A1630" s="1" t="s">
-        <v>2385</v>
+        <v>2372</v>
       </c>
       <c r="B1630" s="1" t="s">
-        <v>68</v>
+        <v>11</v>
       </c>
       <c r="C1630" s="1" t="s">
-        <v>782</v>
+        <v>28</v>
       </c>
       <c r="D1630" s="1">
-        <v>4691</v>
+        <v>4769</v>
       </c>
       <c r="E1630" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1631" spans="1:5">
       <c r="A1631" s="1" t="s">
-        <v>2386</v>
+        <v>2373</v>
       </c>
       <c r="B1631" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1631" s="1" t="s">
-        <v>660</v>
+        <v>445</v>
       </c>
       <c r="D1631" s="1">
-        <v>4693</v>
+        <v>4770</v>
       </c>
       <c r="E1631" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1632" spans="1:5">
       <c r="A1632" s="1" t="s">
-        <v>2387</v>
+        <v>2374</v>
       </c>
       <c r="B1632" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1632" s="1" t="s">
-        <v>136</v>
+        <v>28</v>
       </c>
       <c r="D1632" s="1">
-        <v>4694</v>
+        <v>4771</v>
       </c>
       <c r="E1632" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1633" spans="1:5">
       <c r="A1633" s="1" t="s">
-        <v>2388</v>
+        <v>2375</v>
       </c>
       <c r="B1633" s="1" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="C1633" s="1" t="s">
-        <v>16</v>
+        <v>839</v>
       </c>
       <c r="D1633" s="1">
-        <v>4695</v>
+        <v>4772</v>
       </c>
       <c r="E1633" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1634" spans="1:5">
       <c r="A1634" s="1" t="s">
-        <v>2389</v>
+        <v>2376</v>
       </c>
       <c r="B1634" s="1" t="s">
-        <v>124</v>
+        <v>38</v>
       </c>
       <c r="C1634" s="1" t="s">
-        <v>125</v>
+        <v>1966</v>
       </c>
       <c r="D1634" s="1">
-        <v>4696</v>
+        <v>4773</v>
       </c>
       <c r="E1634" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1635" spans="1:5">
       <c r="A1635" s="1" t="s">
-        <v>2390</v>
+        <v>2377</v>
       </c>
       <c r="B1635" s="1" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C1635" s="1" t="s">
-        <v>2059</v>
+        <v>595</v>
       </c>
       <c r="D1635" s="1">
-        <v>4697</v>
+        <v>4774</v>
       </c>
       <c r="E1635" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1636" spans="1:5">
       <c r="A1636" s="1" t="s">
-        <v>2391</v>
+        <v>2378</v>
       </c>
       <c r="B1636" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C1636" s="1" t="s">
-        <v>1145</v>
+        <v>2379</v>
       </c>
       <c r="D1636" s="1">
-        <v>4698</v>
+        <v>4775</v>
       </c>
       <c r="E1636" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1637" spans="1:5">
       <c r="A1637" s="1" t="s">
-        <v>2392</v>
+        <v>2380</v>
       </c>
       <c r="B1637" s="1" t="s">
-        <v>90</v>
+        <v>310</v>
       </c>
       <c r="C1637" s="1" t="s">
-        <v>91</v>
+        <v>2381</v>
       </c>
       <c r="D1637" s="1">
-        <v>4699</v>
+        <v>4776</v>
       </c>
       <c r="E1637" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1638" spans="1:5">
       <c r="A1638" s="1" t="s">
-        <v>2393</v>
+        <v>2382</v>
       </c>
       <c r="B1638" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1638" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1638" s="1">
-        <v>4700</v>
+        <v>4777</v>
       </c>
       <c r="E1638" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1639" spans="1:5">
       <c r="A1639" s="1" t="s">
-        <v>2394</v>
+        <v>2383</v>
       </c>
       <c r="B1639" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1639" s="1" t="s">
-        <v>1482</v>
+        <v>16</v>
       </c>
       <c r="D1639" s="1">
-        <v>4701</v>
+        <v>4778</v>
       </c>
       <c r="E1639" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1640" spans="1:5">
       <c r="A1640" s="1" t="s">
-        <v>2395</v>
+        <v>2384</v>
       </c>
       <c r="B1640" s="1" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="C1640" s="1" t="s">
-        <v>176</v>
+        <v>2385</v>
       </c>
       <c r="D1640" s="1">
-        <v>4704</v>
+        <v>4779</v>
       </c>
       <c r="E1640" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1641" spans="1:5">
       <c r="A1641" s="1" t="s">
-        <v>2396</v>
+        <v>2386</v>
       </c>
       <c r="B1641" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1641" s="1" t="s">
-        <v>136</v>
+        <v>1875</v>
       </c>
       <c r="D1641" s="1">
-        <v>4706</v>
+        <v>4780</v>
       </c>
       <c r="E1641" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1642" spans="1:5">
       <c r="A1642" s="1" t="s">
-        <v>2397</v>
+        <v>2387</v>
       </c>
       <c r="B1642" s="1" t="s">
-        <v>90</v>
+        <v>38</v>
       </c>
       <c r="C1642" s="1" t="s">
-        <v>2398</v>
+        <v>1758</v>
       </c>
       <c r="D1642" s="1">
-        <v>4707</v>
+        <v>4781</v>
       </c>
       <c r="E1642" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1643" spans="1:5">
       <c r="A1643" s="1" t="s">
-        <v>2399</v>
+        <v>2388</v>
       </c>
       <c r="B1643" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1643" s="1" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="D1643" s="1">
-        <v>4708</v>
+        <v>4782</v>
       </c>
       <c r="E1643" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1644" spans="1:5">
       <c r="A1644" s="1" t="s">
-        <v>2400</v>
+        <v>2389</v>
       </c>
       <c r="B1644" s="1" t="s">
-        <v>430</v>
+        <v>90</v>
       </c>
       <c r="C1644" s="1" t="s">
-        <v>2401</v>
+        <v>248</v>
       </c>
       <c r="D1644" s="1">
-        <v>4709</v>
+        <v>4784</v>
       </c>
       <c r="E1644" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1645" spans="1:5">
       <c r="A1645" s="1" t="s">
-        <v>2402</v>
+        <v>2390</v>
       </c>
       <c r="B1645" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1645" s="1" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="D1645" s="1">
-        <v>4711</v>
+        <v>4786</v>
       </c>
       <c r="E1645" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1646" spans="1:5">
       <c r="A1646" s="1" t="s">
-        <v>2403</v>
+        <v>2391</v>
       </c>
       <c r="B1646" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1646" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1646" s="1">
-        <v>4712</v>
+        <v>4787</v>
       </c>
       <c r="E1646" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1647" spans="1:5">
       <c r="A1647" s="1" t="s">
-        <v>2404</v>
+        <v>2392</v>
       </c>
       <c r="B1647" s="1" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="C1647" s="1" t="s">
-        <v>596</v>
+        <v>1642</v>
       </c>
       <c r="D1647" s="1">
-        <v>4713</v>
+        <v>4789</v>
       </c>
       <c r="E1647" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1648" spans="1:5">
       <c r="A1648" s="1" t="s">
-        <v>2405</v>
+        <v>2393</v>
       </c>
       <c r="B1648" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1648" s="1" t="s">
-        <v>185</v>
+        <v>16</v>
       </c>
       <c r="D1648" s="1">
-        <v>4714</v>
+        <v>4790</v>
       </c>
       <c r="E1648" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1649" spans="1:5">
       <c r="A1649" s="1" t="s">
-        <v>2406</v>
+        <v>2394</v>
       </c>
       <c r="B1649" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1649" s="1" t="s">
-        <v>16</v>
+        <v>2395</v>
       </c>
       <c r="D1649" s="1">
-        <v>4716</v>
+        <v>4792</v>
       </c>
       <c r="E1649" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1650" spans="1:5">
       <c r="A1650" s="1" t="s">
-        <v>2407</v>
+        <v>2396</v>
       </c>
       <c r="B1650" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1650" s="1" t="s">
-        <v>931</v>
+        <v>16</v>
       </c>
       <c r="D1650" s="1">
-        <v>4717</v>
+        <v>4793</v>
       </c>
       <c r="E1650" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1651" spans="1:5">
       <c r="A1651" s="1" t="s">
-        <v>2408</v>
+        <v>2397</v>
       </c>
       <c r="B1651" s="1" t="s">
-        <v>54</v>
+        <v>119</v>
       </c>
       <c r="C1651" s="1" t="s">
-        <v>136</v>
+        <v>1979</v>
       </c>
       <c r="D1651" s="1">
-        <v>4718</v>
+        <v>4794</v>
       </c>
       <c r="E1651" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1652" spans="1:5">
       <c r="A1652" s="1" t="s">
-        <v>2409</v>
+        <v>2398</v>
       </c>
       <c r="B1652" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C1652" s="1" t="s">
-        <v>28</v>
+        <v>1317</v>
       </c>
       <c r="D1652" s="1">
-        <v>4719</v>
+        <v>4795</v>
       </c>
       <c r="E1652" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1653" spans="1:5">
       <c r="A1653" s="1" t="s">
-        <v>2410</v>
+        <v>2399</v>
       </c>
       <c r="B1653" s="1" t="s">
-        <v>11</v>
+        <v>119</v>
       </c>
       <c r="C1653" s="1" t="s">
-        <v>2411</v>
+        <v>120</v>
       </c>
       <c r="D1653" s="1">
-        <v>4720</v>
+        <v>4797</v>
       </c>
       <c r="E1653" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1654" spans="1:5">
       <c r="A1654" s="1" t="s">
-        <v>2412</v>
+        <v>2400</v>
       </c>
       <c r="B1654" s="1" t="s">
-        <v>430</v>
+        <v>113</v>
       </c>
       <c r="C1654" s="1" t="s">
-        <v>2413</v>
+        <v>1410</v>
       </c>
       <c r="D1654" s="1">
-        <v>4721</v>
+        <v>4798</v>
       </c>
       <c r="E1654" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1655" spans="1:5">
       <c r="A1655" s="1" t="s">
-        <v>2414</v>
+        <v>2401</v>
       </c>
       <c r="B1655" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C1655" s="1" t="s">
-        <v>264</v>
+        <v>16</v>
       </c>
       <c r="D1655" s="1">
-        <v>4722</v>
+        <v>4799</v>
       </c>
       <c r="E1655" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1656" spans="1:5">
       <c r="A1656" s="1" t="s">
-        <v>2415</v>
+        <v>2402</v>
       </c>
       <c r="B1656" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1656" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D1656" s="1">
-        <v>4723</v>
+        <v>4802</v>
       </c>
       <c r="E1656" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1657" spans="1:5">
       <c r="A1657" s="1" t="s">
-        <v>2416</v>
+        <v>2403</v>
       </c>
       <c r="B1657" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1657" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1657" s="1">
-        <v>4724</v>
+        <v>4803</v>
       </c>
       <c r="E1657" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1658" spans="1:5">
       <c r="A1658" s="1" t="s">
-        <v>2417</v>
+        <v>2404</v>
       </c>
       <c r="B1658" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1658" s="1" t="s">
-        <v>400</v>
+        <v>55</v>
       </c>
       <c r="D1658" s="1">
-        <v>4725</v>
+        <v>4805</v>
       </c>
       <c r="E1658" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1659" spans="1:5">
       <c r="A1659" s="1" t="s">
-        <v>2418</v>
+        <v>2405</v>
       </c>
       <c r="B1659" s="1" t="s">
-        <v>430</v>
+        <v>151</v>
       </c>
       <c r="C1659" s="1" t="s">
-        <v>851</v>
+        <v>152</v>
       </c>
       <c r="D1659" s="1">
-        <v>4726</v>
+        <v>4806</v>
       </c>
       <c r="E1659" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1660" spans="1:5">
       <c r="A1660" s="1" t="s">
-        <v>2419</v>
+        <v>2406</v>
       </c>
       <c r="B1660" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1660" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1660" s="1">
-        <v>4728</v>
+        <v>4807</v>
       </c>
       <c r="E1660" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1661" spans="1:5">
       <c r="A1661" s="1" t="s">
-        <v>2420</v>
+        <v>2407</v>
       </c>
       <c r="B1661" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1661" s="1" t="s">
-        <v>16</v>
+        <v>1271</v>
       </c>
       <c r="D1661" s="1">
-        <v>4730</v>
+        <v>4809</v>
       </c>
       <c r="E1661" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1662" spans="1:5">
       <c r="A1662" s="1" t="s">
-        <v>2421</v>
+        <v>2408</v>
       </c>
       <c r="B1662" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1662" s="1" t="s">
-        <v>1166</v>
+        <v>16</v>
       </c>
       <c r="D1662" s="1">
-        <v>4732</v>
+        <v>4812</v>
       </c>
       <c r="E1662" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1663" spans="1:5">
       <c r="A1663" s="1" t="s">
-        <v>2422</v>
+        <v>2409</v>
       </c>
       <c r="B1663" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1663" s="1" t="s">
-        <v>409</v>
+        <v>55</v>
       </c>
       <c r="D1663" s="1">
-        <v>4733</v>
+        <v>4813</v>
       </c>
       <c r="E1663" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1664" spans="1:5">
       <c r="A1664" s="1" t="s">
-        <v>2423</v>
+        <v>2410</v>
       </c>
       <c r="B1664" s="1" t="s">
-        <v>560</v>
+        <v>460</v>
       </c>
       <c r="C1664" s="1" t="s">
-        <v>2424</v>
+        <v>461</v>
       </c>
       <c r="D1664" s="1">
-        <v>4734</v>
+        <v>4815</v>
       </c>
       <c r="E1664" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1665" spans="1:5">
       <c r="A1665" s="1" t="s">
-        <v>2425</v>
+        <v>2411</v>
       </c>
       <c r="B1665" s="1" t="s">
-        <v>430</v>
+        <v>54</v>
       </c>
       <c r="C1665" s="1" t="s">
-        <v>2426</v>
+        <v>318</v>
       </c>
       <c r="D1665" s="1">
-        <v>4735</v>
+        <v>4817</v>
       </c>
       <c r="E1665" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1666" spans="1:5">
       <c r="A1666" s="1" t="s">
-        <v>2427</v>
+        <v>2412</v>
       </c>
       <c r="B1666" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1666" s="1" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="D1666" s="1">
-        <v>4736</v>
+        <v>4818</v>
       </c>
       <c r="E1666" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1667" spans="1:5">
       <c r="A1667" s="1" t="s">
-        <v>2428</v>
+        <v>2413</v>
       </c>
       <c r="B1667" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1667" s="1" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="D1667" s="1">
-        <v>4737</v>
+        <v>4819</v>
       </c>
       <c r="E1667" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1668" spans="1:5">
       <c r="A1668" s="1" t="s">
-        <v>2429</v>
+        <v>2414</v>
       </c>
       <c r="B1668" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C1668" s="1" t="s">
-        <v>555</v>
+        <v>225</v>
       </c>
       <c r="D1668" s="1">
-        <v>4738</v>
+        <v>4820</v>
       </c>
       <c r="E1668" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1669" spans="1:5">
       <c r="A1669" s="1" t="s">
-        <v>2430</v>
+        <v>2415</v>
       </c>
       <c r="B1669" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C1669" s="1" t="s">
-        <v>1403</v>
+        <v>28</v>
       </c>
       <c r="D1669" s="1">
-        <v>4739</v>
+        <v>4821</v>
       </c>
       <c r="E1669" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1670" spans="1:5">
       <c r="A1670" s="1" t="s">
-        <v>2431</v>
+        <v>2416</v>
       </c>
       <c r="B1670" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1670" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D1670" s="1">
-        <v>4740</v>
+        <v>4822</v>
       </c>
       <c r="E1670" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1671" spans="1:5">
       <c r="A1671" s="1" t="s">
-        <v>2432</v>
+        <v>2417</v>
       </c>
       <c r="B1671" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1671" s="1" t="s">
-        <v>16</v>
+        <v>413</v>
       </c>
       <c r="D1671" s="1">
-        <v>4741</v>
+        <v>4823</v>
       </c>
       <c r="E1671" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1672" spans="1:5">
       <c r="A1672" s="1" t="s">
-        <v>2433</v>
+        <v>2418</v>
       </c>
       <c r="B1672" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1672" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D1672" s="1">
-        <v>4742</v>
+        <v>4824</v>
       </c>
       <c r="E1672" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1673" spans="1:5">
       <c r="A1673" s="1" t="s">
-        <v>2434</v>
+        <v>2419</v>
       </c>
       <c r="B1673" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1673" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1673" s="1">
-        <v>4743</v>
+        <v>4825</v>
       </c>
       <c r="E1673" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1674" spans="1:5">
       <c r="A1674" s="1" t="s">
-        <v>2435</v>
+        <v>2420</v>
       </c>
       <c r="B1674" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1674" s="1" t="s">
-        <v>16</v>
+        <v>498</v>
       </c>
       <c r="D1674" s="1">
-        <v>4744</v>
+        <v>4827</v>
       </c>
       <c r="E1674" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1675" spans="1:5">
       <c r="A1675" s="1" t="s">
-        <v>2436</v>
+        <v>2421</v>
       </c>
       <c r="B1675" s="1" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="C1675" s="1" t="s">
-        <v>16</v>
+        <v>2070</v>
       </c>
       <c r="D1675" s="1">
-        <v>4745</v>
+        <v>4829</v>
       </c>
       <c r="E1675" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1676" spans="1:5">
       <c r="A1676" s="1" t="s">
-        <v>2437</v>
+        <v>2422</v>
       </c>
       <c r="B1676" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1676" s="1" t="s">
-        <v>471</v>
+        <v>76</v>
       </c>
       <c r="D1676" s="1">
-        <v>4746</v>
+        <v>4830</v>
       </c>
       <c r="E1676" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1677" spans="1:5">
       <c r="A1677" s="1" t="s">
-        <v>2438</v>
+        <v>2423</v>
       </c>
       <c r="B1677" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C1677" s="1" t="s">
-        <v>16</v>
+        <v>245</v>
       </c>
       <c r="D1677" s="1">
-        <v>4748</v>
+        <v>4831</v>
       </c>
       <c r="E1677" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1678" spans="1:5">
       <c r="A1678" s="1" t="s">
-        <v>2439</v>
+        <v>2424</v>
       </c>
       <c r="B1678" s="1" t="s">
-        <v>11</v>
+        <v>113</v>
       </c>
       <c r="C1678" s="1" t="s">
-        <v>19</v>
+        <v>870</v>
       </c>
       <c r="D1678" s="1">
-        <v>4749</v>
+        <v>4833</v>
       </c>
       <c r="E1678" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1679" spans="1:5">
       <c r="A1679" s="1" t="s">
-        <v>2440</v>
+        <v>2425</v>
       </c>
       <c r="B1679" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1679" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D1679" s="1">
-        <v>4750</v>
+        <v>4834</v>
       </c>
       <c r="E1679" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1680" spans="1:5">
       <c r="A1680" s="1" t="s">
-        <v>2441</v>
+        <v>2426</v>
       </c>
       <c r="B1680" s="1" t="s">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="C1680" s="1" t="s">
-        <v>16</v>
+        <v>2427</v>
       </c>
       <c r="D1680" s="1">
-        <v>4752</v>
+        <v>4836</v>
       </c>
       <c r="E1680" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1681" spans="1:5">
       <c r="A1681" s="1" t="s">
-        <v>2442</v>
+        <v>2428</v>
       </c>
       <c r="B1681" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1681" s="1" t="s">
-        <v>181</v>
+        <v>16</v>
       </c>
       <c r="D1681" s="1">
-        <v>4754</v>
+        <v>4837</v>
       </c>
       <c r="E1681" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1682" spans="1:5">
       <c r="A1682" s="1" t="s">
-        <v>2443</v>
+        <v>2429</v>
       </c>
       <c r="B1682" s="1" t="s">
-        <v>320</v>
+        <v>15</v>
       </c>
       <c r="C1682" s="1" t="s">
-        <v>321</v>
+        <v>16</v>
       </c>
       <c r="D1682" s="1">
-        <v>4755</v>
+        <v>4838</v>
       </c>
       <c r="E1682" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1683" spans="1:5">
       <c r="A1683" s="1" t="s">
-        <v>2444</v>
+        <v>2430</v>
       </c>
       <c r="B1683" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1683" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1683" s="1">
-        <v>4756</v>
+        <v>4840</v>
       </c>
       <c r="E1683" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1684" spans="1:5">
       <c r="A1684" s="1" t="s">
-        <v>2445</v>
+        <v>2431</v>
       </c>
       <c r="B1684" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1684" s="1" t="s">
-        <v>1279</v>
+        <v>91</v>
       </c>
       <c r="D1684" s="1">
-        <v>4757</v>
+        <v>4841</v>
       </c>
       <c r="E1684" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1685" spans="1:5">
       <c r="A1685" s="1" t="s">
-        <v>2446</v>
+        <v>2432</v>
       </c>
       <c r="B1685" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1685" s="1" t="s">
-        <v>754</v>
+        <v>127</v>
       </c>
       <c r="D1685" s="1">
-        <v>4758</v>
+        <v>4842</v>
       </c>
       <c r="E1685" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1686" spans="1:5">
       <c r="A1686" s="1" t="s">
-        <v>2447</v>
+        <v>2433</v>
       </c>
       <c r="B1686" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1686" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D1686" s="1">
-        <v>4759</v>
+        <v>4843</v>
       </c>
       <c r="E1686" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1687" spans="1:5">
       <c r="A1687" s="1" t="s">
-        <v>2448</v>
+        <v>2434</v>
       </c>
       <c r="B1687" s="1" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="C1687" s="1" t="s">
-        <v>1166</v>
+        <v>994</v>
       </c>
       <c r="D1687" s="1">
-        <v>4760</v>
+        <v>4844</v>
       </c>
       <c r="E1687" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1688" spans="1:5">
       <c r="A1688" s="1" t="s">
-        <v>2449</v>
+        <v>2435</v>
       </c>
       <c r="B1688" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1688" s="1" t="s">
-        <v>248</v>
+        <v>498</v>
       </c>
       <c r="D1688" s="1">
-        <v>4761</v>
+        <v>4845</v>
       </c>
       <c r="E1688" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1689" spans="1:5">
       <c r="A1689" s="1" t="s">
-        <v>2450</v>
+        <v>2436</v>
       </c>
       <c r="B1689" s="1" t="s">
-        <v>128</v>
+        <v>11</v>
       </c>
       <c r="C1689" s="1" t="s">
-        <v>264</v>
+        <v>28</v>
       </c>
       <c r="D1689" s="1">
-        <v>4762</v>
+        <v>4846</v>
       </c>
       <c r="E1689" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1690" spans="1:5">
       <c r="A1690" s="1" t="s">
-        <v>2451</v>
+        <v>2437</v>
       </c>
       <c r="B1690" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1690" s="1" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="D1690" s="1">
-        <v>4763</v>
+        <v>4847</v>
       </c>
       <c r="E1690" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1691" spans="1:5">
       <c r="A1691" s="1" t="s">
-        <v>2452</v>
+        <v>2438</v>
       </c>
       <c r="B1691" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1691" s="1" t="s">
-        <v>1317</v>
+        <v>16</v>
       </c>
       <c r="D1691" s="1">
-        <v>4764</v>
+        <v>4848</v>
       </c>
       <c r="E1691" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1692" spans="1:5">
       <c r="A1692" s="1" t="s">
-        <v>2453</v>
+        <v>2439</v>
       </c>
       <c r="B1692" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C1692" s="1" t="s">
-        <v>16</v>
+        <v>245</v>
       </c>
       <c r="D1692" s="1">
-        <v>4765</v>
+        <v>4849</v>
       </c>
       <c r="E1692" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1693" spans="1:5">
       <c r="A1693" s="1" t="s">
-        <v>2454</v>
+        <v>2440</v>
       </c>
       <c r="B1693" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C1693" s="1" t="s">
-        <v>16</v>
+        <v>2441</v>
       </c>
       <c r="D1693" s="1">
-        <v>4766</v>
+        <v>4850</v>
       </c>
       <c r="E1693" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1694" spans="1:5">
       <c r="A1694" s="1" t="s">
-        <v>2455</v>
+        <v>2442</v>
       </c>
       <c r="B1694" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1694" s="1" t="s">
-        <v>267</v>
+        <v>55</v>
       </c>
       <c r="D1694" s="1">
-        <v>4768</v>
+        <v>4851</v>
       </c>
       <c r="E1694" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1695" spans="1:5">
       <c r="A1695" s="1" t="s">
-        <v>2456</v>
+        <v>2443</v>
       </c>
       <c r="B1695" s="1" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="C1695" s="1" t="s">
-        <v>28</v>
+        <v>2444</v>
       </c>
       <c r="D1695" s="1">
-        <v>4769</v>
+        <v>4852</v>
       </c>
       <c r="E1695" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1696" spans="1:5">
       <c r="A1696" s="1" t="s">
-        <v>2457</v>
+        <v>2445</v>
       </c>
       <c r="B1696" s="1" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C1696" s="1" t="s">
-        <v>471</v>
+        <v>2446</v>
       </c>
       <c r="D1696" s="1">
-        <v>4770</v>
+        <v>4853</v>
       </c>
       <c r="E1696" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1697" spans="1:5">
       <c r="A1697" s="1" t="s">
-        <v>2458</v>
+        <v>2447</v>
       </c>
       <c r="B1697" s="1" t="s">
-        <v>11</v>
+        <v>487</v>
       </c>
       <c r="C1697" s="1" t="s">
-        <v>28</v>
+        <v>727</v>
       </c>
       <c r="D1697" s="1">
-        <v>4771</v>
+        <v>4854</v>
       </c>
       <c r="E1697" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1698" spans="1:5">
       <c r="A1698" s="1" t="s">
-        <v>2459</v>
+        <v>2448</v>
       </c>
       <c r="B1698" s="1" t="s">
-        <v>60</v>
+        <v>301</v>
       </c>
       <c r="C1698" s="1" t="s">
-        <v>877</v>
+        <v>1330</v>
       </c>
       <c r="D1698" s="1">
-        <v>4772</v>
+        <v>4855</v>
       </c>
       <c r="E1698" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1699" spans="1:5">
       <c r="A1699" s="1" t="s">
-        <v>2460</v>
+        <v>2449</v>
       </c>
       <c r="B1699" s="1" t="s">
-        <v>38</v>
+        <v>301</v>
       </c>
       <c r="C1699" s="1" t="s">
-        <v>2045</v>
+        <v>302</v>
       </c>
       <c r="D1699" s="1">
-        <v>4773</v>
+        <v>4856</v>
       </c>
       <c r="E1699" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1700" spans="1:5">
       <c r="A1700" s="1" t="s">
-        <v>2461</v>
+        <v>2450</v>
       </c>
       <c r="B1700" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1700" s="1" t="s">
-        <v>625</v>
+        <v>127</v>
       </c>
       <c r="D1700" s="1">
-        <v>4774</v>
+        <v>4857</v>
       </c>
       <c r="E1700" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1701" spans="1:5">
       <c r="A1701" s="1" t="s">
-        <v>2462</v>
+        <v>2451</v>
       </c>
       <c r="B1701" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C1701" s="1" t="s">
-        <v>2463</v>
+        <v>16</v>
       </c>
       <c r="D1701" s="1">
-        <v>4775</v>
+        <v>4858</v>
       </c>
       <c r="E1701" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1702" spans="1:5">
       <c r="A1702" s="1" t="s">
-        <v>2464</v>
+        <v>2452</v>
       </c>
       <c r="B1702" s="1" t="s">
-        <v>329</v>
+        <v>15</v>
       </c>
       <c r="C1702" s="1" t="s">
-        <v>2465</v>
+        <v>16</v>
       </c>
       <c r="D1702" s="1">
-        <v>4776</v>
+        <v>4859</v>
       </c>
       <c r="E1702" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1703" spans="1:5">
       <c r="A1703" s="1" t="s">
-        <v>2466</v>
+        <v>2453</v>
       </c>
       <c r="B1703" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1703" s="1" t="s">
-        <v>16</v>
+        <v>712</v>
       </c>
       <c r="D1703" s="1">
-        <v>4777</v>
+        <v>4860</v>
       </c>
       <c r="E1703" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1704" spans="1:5">
       <c r="A1704" s="1" t="s">
-        <v>2467</v>
+        <v>2454</v>
       </c>
       <c r="B1704" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C1704" s="1" t="s">
-        <v>16</v>
+        <v>700</v>
       </c>
       <c r="D1704" s="1">
-        <v>4778</v>
+        <v>4861</v>
       </c>
       <c r="E1704" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1705" spans="1:5">
       <c r="A1705" s="1" t="s">
-        <v>2468</v>
+        <v>2455</v>
       </c>
       <c r="B1705" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="C1705" s="1" t="s">
-        <v>2469</v>
+        <v>16</v>
       </c>
       <c r="D1705" s="1">
-        <v>4779</v>
+        <v>4863</v>
       </c>
       <c r="E1705" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1706" spans="1:5">
       <c r="A1706" s="1" t="s">
-        <v>2470</v>
+        <v>2456</v>
       </c>
       <c r="B1706" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1706" s="1" t="s">
-        <v>1951</v>
+        <v>228</v>
       </c>
       <c r="D1706" s="1">
-        <v>4780</v>
+        <v>4864</v>
       </c>
       <c r="E1706" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1707" spans="1:5">
       <c r="A1707" s="1" t="s">
-        <v>2471</v>
+        <v>2457</v>
       </c>
       <c r="B1707" s="1" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="C1707" s="1" t="s">
-        <v>1827</v>
+        <v>288</v>
       </c>
       <c r="D1707" s="1">
-        <v>4781</v>
+        <v>4865</v>
       </c>
       <c r="E1707" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1708" spans="1:5">
       <c r="A1708" s="1" t="s">
-        <v>2472</v>
+        <v>2458</v>
       </c>
       <c r="B1708" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1708" s="1" t="s">
-        <v>400</v>
+        <v>215</v>
       </c>
       <c r="D1708" s="1">
-        <v>4782</v>
+        <v>4866</v>
       </c>
       <c r="E1708" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1709" spans="1:5">
       <c r="A1709" s="1" t="s">
-        <v>2473</v>
+        <v>2459</v>
       </c>
       <c r="B1709" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1709" s="1" t="s">
-        <v>267</v>
+        <v>16</v>
       </c>
       <c r="D1709" s="1">
-        <v>4784</v>
+        <v>4867</v>
       </c>
       <c r="E1709" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1710" spans="1:5">
       <c r="A1710" s="1" t="s">
-        <v>2474</v>
+        <v>2460</v>
       </c>
       <c r="B1710" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1710" s="1" t="s">
-        <v>73</v>
+        <v>1587</v>
       </c>
       <c r="D1710" s="1">
-        <v>4786</v>
+        <v>4868</v>
       </c>
       <c r="E1710" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1711" spans="1:5">
       <c r="A1711" s="1" t="s">
-        <v>2475</v>
+        <v>2461</v>
       </c>
       <c r="B1711" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1711" s="1" t="s">
-        <v>16</v>
+        <v>759</v>
       </c>
       <c r="D1711" s="1">
-        <v>4787</v>
+        <v>4869</v>
       </c>
       <c r="E1711" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1712" spans="1:5">
       <c r="A1712" s="1" t="s">
-        <v>2476</v>
+        <v>2462</v>
       </c>
       <c r="B1712" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1712" s="1" t="s">
-        <v>1704</v>
+        <v>130</v>
       </c>
       <c r="D1712" s="1">
-        <v>4789</v>
+        <v>4870</v>
       </c>
       <c r="E1712" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1713" spans="1:5">
       <c r="A1713" s="1" t="s">
-        <v>2477</v>
+        <v>2463</v>
       </c>
       <c r="B1713" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1713" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1713" s="1">
-        <v>4790</v>
+        <v>4871</v>
       </c>
       <c r="E1713" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1714" spans="1:5">
       <c r="A1714" s="1" t="s">
-        <v>2478</v>
+        <v>2464</v>
       </c>
       <c r="B1714" s="1" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="C1714" s="1" t="s">
-        <v>2479</v>
+        <v>61</v>
       </c>
       <c r="D1714" s="1">
-        <v>4792</v>
+        <v>4872</v>
       </c>
       <c r="E1714" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1715" spans="1:5">
       <c r="A1715" s="1" t="s">
-        <v>2480</v>
+        <v>2465</v>
       </c>
       <c r="B1715" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1715" s="1" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="D1715" s="1">
-        <v>4793</v>
+        <v>4873</v>
       </c>
       <c r="E1715" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1716" spans="1:5">
       <c r="A1716" s="1" t="s">
-        <v>2481</v>
+        <v>2466</v>
       </c>
       <c r="B1716" s="1" t="s">
-        <v>124</v>
+        <v>54</v>
       </c>
       <c r="C1716" s="1" t="s">
-        <v>2059</v>
+        <v>55</v>
       </c>
       <c r="D1716" s="1">
-        <v>4794</v>
+        <v>4875</v>
       </c>
       <c r="E1716" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1717" spans="1:5">
       <c r="A1717" s="1" t="s">
-        <v>2482</v>
+        <v>2467</v>
       </c>
       <c r="B1717" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1717" s="1" t="s">
-        <v>1370</v>
+        <v>55</v>
       </c>
       <c r="D1717" s="1">
-        <v>4795</v>
+        <v>4876</v>
       </c>
       <c r="E1717" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1718" spans="1:5">
       <c r="A1718" s="1" t="s">
-        <v>2483</v>
+        <v>2468</v>
       </c>
       <c r="B1718" s="1" t="s">
-        <v>124</v>
+        <v>404</v>
       </c>
       <c r="C1718" s="1" t="s">
-        <v>125</v>
+        <v>807</v>
       </c>
       <c r="D1718" s="1">
-        <v>4797</v>
+        <v>4877</v>
       </c>
       <c r="E1718" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1719" spans="1:5">
       <c r="A1719" s="1" t="s">
-        <v>2484</v>
+        <v>2469</v>
       </c>
       <c r="B1719" s="1" t="s">
-        <v>118</v>
+        <v>253</v>
       </c>
       <c r="C1719" s="1" t="s">
-        <v>1463</v>
+        <v>254</v>
       </c>
       <c r="D1719" s="1">
-        <v>4798</v>
+        <v>4878</v>
       </c>
       <c r="E1719" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1720" spans="1:5">
       <c r="A1720" s="1" t="s">
-        <v>2485</v>
+        <v>2470</v>
       </c>
       <c r="B1720" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1720" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D1720" s="1">
-        <v>4799</v>
+        <v>4879</v>
       </c>
       <c r="E1720" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1721" spans="1:5">
       <c r="A1721" s="1" t="s">
-        <v>2486</v>
+        <v>2471</v>
       </c>
       <c r="B1721" s="1" t="s">
-        <v>54</v>
+        <v>1367</v>
       </c>
       <c r="C1721" s="1" t="s">
-        <v>55</v>
+        <v>2472</v>
       </c>
       <c r="D1721" s="1">
-        <v>4802</v>
+        <v>4880</v>
       </c>
       <c r="E1721" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1722" spans="1:5">
       <c r="A1722" s="1" t="s">
-        <v>2487</v>
+        <v>2473</v>
       </c>
       <c r="B1722" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1722" s="1" t="s">
-        <v>16</v>
+        <v>1120</v>
       </c>
       <c r="D1722" s="1">
-        <v>4803</v>
+        <v>4881</v>
       </c>
       <c r="E1722" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1723" spans="1:5">
       <c r="A1723" s="1" t="s">
-        <v>2488</v>
+        <v>2474</v>
       </c>
       <c r="B1723" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1723" s="1" t="s">
-        <v>55</v>
+        <v>2192</v>
       </c>
       <c r="D1723" s="1">
-        <v>4805</v>
+        <v>4882</v>
       </c>
       <c r="E1723" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1724" spans="1:5">
       <c r="A1724" s="1" t="s">
-        <v>2489</v>
+        <v>2475</v>
       </c>
       <c r="B1724" s="1" t="s">
-        <v>160</v>
+        <v>15</v>
       </c>
       <c r="C1724" s="1" t="s">
-        <v>161</v>
+        <v>16</v>
       </c>
       <c r="D1724" s="1">
-        <v>4806</v>
+        <v>4883</v>
       </c>
       <c r="E1724" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1725" spans="1:5">
       <c r="A1725" s="1" t="s">
-        <v>2490</v>
+        <v>2476</v>
       </c>
       <c r="B1725" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C1725" s="1" t="s">
-        <v>16</v>
+        <v>1251</v>
       </c>
       <c r="D1725" s="1">
-        <v>4807</v>
+        <v>4884</v>
       </c>
       <c r="E1725" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1726" spans="1:5">
       <c r="A1726" s="1" t="s">
-        <v>2491</v>
+        <v>2477</v>
       </c>
       <c r="B1726" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1726" s="1" t="s">
-        <v>1324</v>
+        <v>625</v>
       </c>
       <c r="D1726" s="1">
-        <v>4809</v>
+        <v>4885</v>
       </c>
       <c r="E1726" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1727" spans="1:5">
       <c r="A1727" s="1" t="s">
-        <v>2492</v>
+        <v>2478</v>
       </c>
       <c r="B1727" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1727" s="1" t="s">
-        <v>16</v>
+        <v>1428</v>
       </c>
       <c r="D1727" s="1">
-        <v>4812</v>
+        <v>4886</v>
       </c>
       <c r="E1727" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1728" spans="1:5">
       <c r="A1728" s="1" t="s">
-        <v>2493</v>
+        <v>2479</v>
       </c>
       <c r="B1728" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1728" s="1" t="s">
-        <v>55</v>
+        <v>595</v>
       </c>
       <c r="D1728" s="1">
-        <v>4813</v>
+        <v>4887</v>
       </c>
       <c r="E1728" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1729" spans="1:5">
       <c r="A1729" s="1" t="s">
-        <v>2494</v>
+        <v>2480</v>
       </c>
       <c r="B1729" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1729" s="1" t="s">
-        <v>185</v>
+        <v>16</v>
       </c>
       <c r="D1729" s="1">
-        <v>4815</v>
+        <v>4889</v>
       </c>
       <c r="E1729" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1730" spans="1:5">
       <c r="A1730" s="1" t="s">
-        <v>2495</v>
+        <v>2481</v>
       </c>
       <c r="B1730" s="1" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="C1730" s="1" t="s">
-        <v>169</v>
+        <v>2482</v>
       </c>
       <c r="D1730" s="1">
-        <v>4817</v>
+        <v>4890</v>
       </c>
       <c r="E1730" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1731" spans="1:5">
       <c r="A1731" s="1" t="s">
-        <v>2496</v>
+        <v>2483</v>
       </c>
       <c r="B1731" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C1731" s="1" t="s">
-        <v>73</v>
+        <v>511</v>
       </c>
       <c r="D1731" s="1">
-        <v>4818</v>
+        <v>4891</v>
       </c>
       <c r="E1731" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1732" spans="1:5">
       <c r="A1732" s="1" t="s">
-        <v>2497</v>
+        <v>2484</v>
       </c>
       <c r="B1732" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1732" s="1" t="s">
-        <v>400</v>
+        <v>16</v>
       </c>
       <c r="D1732" s="1">
-        <v>4819</v>
+        <v>4892</v>
       </c>
       <c r="E1732" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1733" spans="1:5">
       <c r="A1733" s="1" t="s">
-        <v>2498</v>
+        <v>2485</v>
       </c>
       <c r="B1733" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1733" s="1" t="s">
-        <v>245</v>
+        <v>16</v>
       </c>
       <c r="D1733" s="1">
-        <v>4820</v>
+        <v>4893</v>
       </c>
       <c r="E1733" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1734" spans="1:5">
       <c r="A1734" s="1" t="s">
-        <v>2499</v>
+        <v>2486</v>
       </c>
       <c r="B1734" s="1" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="C1734" s="1" t="s">
-        <v>28</v>
+        <v>1015</v>
       </c>
       <c r="D1734" s="1">
-        <v>4821</v>
+        <v>4894</v>
       </c>
       <c r="E1734" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1735" spans="1:5">
       <c r="A1735" s="1" t="s">
-        <v>2500</v>
+        <v>2487</v>
       </c>
       <c r="B1735" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1735" s="1" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D1735" s="1">
-        <v>4822</v>
+        <v>4896</v>
       </c>
       <c r="E1735" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1736" spans="1:5">
       <c r="A1736" s="1" t="s">
-        <v>2501</v>
+        <v>2488</v>
       </c>
       <c r="B1736" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1736" s="1" t="s">
-        <v>439</v>
+        <v>16</v>
       </c>
       <c r="D1736" s="1">
-        <v>4823</v>
+        <v>4897</v>
       </c>
       <c r="E1736" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1737" spans="1:5">
       <c r="A1737" s="1" t="s">
-        <v>2502</v>
+        <v>2489</v>
       </c>
       <c r="B1737" s="1" t="s">
-        <v>54</v>
+        <v>404</v>
       </c>
       <c r="C1737" s="1" t="s">
-        <v>55</v>
+        <v>807</v>
       </c>
       <c r="D1737" s="1">
-        <v>4824</v>
+        <v>4898</v>
       </c>
       <c r="E1737" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1738" spans="1:5">
       <c r="A1738" s="1" t="s">
-        <v>2503</v>
+        <v>2490</v>
       </c>
       <c r="B1738" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1738" s="1" t="s">
-        <v>16</v>
+        <v>625</v>
       </c>
       <c r="D1738" s="1">
-        <v>4825</v>
+        <v>4899</v>
       </c>
       <c r="E1738" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1739" spans="1:5">
       <c r="A1739" s="1" t="s">
-        <v>2504</v>
+        <v>2491</v>
       </c>
       <c r="B1739" s="1" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C1739" s="1" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="D1739" s="1">
-        <v>4827</v>
+        <v>4900</v>
       </c>
       <c r="E1739" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1740" spans="1:5">
       <c r="A1740" s="1" t="s">
-        <v>2505</v>
+        <v>2492</v>
       </c>
       <c r="B1740" s="1" t="s">
-        <v>90</v>
+        <v>244</v>
       </c>
       <c r="C1740" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D1740" s="1">
-        <v>4828</v>
+        <v>4901</v>
       </c>
       <c r="E1740" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1741" spans="1:5">
       <c r="A1741" s="1" t="s">
-        <v>2506</v>
+        <v>2493</v>
       </c>
       <c r="B1741" s="1" t="s">
-        <v>68</v>
+        <v>2494</v>
       </c>
       <c r="C1741" s="1" t="s">
-        <v>2153</v>
+        <v>2495</v>
       </c>
       <c r="D1741" s="1">
-        <v>4829</v>
+        <v>4902</v>
       </c>
       <c r="E1741" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1742" spans="1:5">
       <c r="A1742" s="1" t="s">
-        <v>2507</v>
+        <v>2496</v>
       </c>
       <c r="B1742" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1742" s="1" t="s">
-        <v>76</v>
+        <v>1828</v>
       </c>
       <c r="D1742" s="1">
-        <v>4830</v>
+        <v>4903</v>
       </c>
       <c r="E1742" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1743" spans="1:5">
       <c r="A1743" s="1" t="s">
-        <v>2508</v>
+        <v>2497</v>
       </c>
       <c r="B1743" s="1" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="C1743" s="1" t="s">
-        <v>264</v>
+        <v>76</v>
       </c>
       <c r="D1743" s="1">
-        <v>4831</v>
+        <v>4904</v>
       </c>
       <c r="E1743" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1744" spans="1:5">
       <c r="A1744" s="1" t="s">
-        <v>2509</v>
+        <v>2498</v>
       </c>
       <c r="B1744" s="1" t="s">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="C1744" s="1" t="s">
-        <v>909</v>
+        <v>91</v>
       </c>
       <c r="D1744" s="1">
-        <v>4833</v>
+        <v>4905</v>
       </c>
       <c r="E1744" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1745" spans="1:5">
       <c r="A1745" s="1" t="s">
-        <v>2510</v>
+        <v>2499</v>
       </c>
       <c r="B1745" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1745" s="1" t="s">
-        <v>16</v>
+        <v>814</v>
       </c>
       <c r="D1745" s="1">
-        <v>4834</v>
+        <v>4906</v>
       </c>
       <c r="E1745" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1746" spans="1:5">
       <c r="A1746" s="1" t="s">
-        <v>2511</v>
+        <v>2500</v>
       </c>
       <c r="B1746" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C1746" s="1" t="s">
-        <v>16</v>
+        <v>1633</v>
       </c>
       <c r="D1746" s="1">
-        <v>4835</v>
+        <v>4907</v>
       </c>
       <c r="E1746" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1747" spans="1:5">
       <c r="A1747" s="1" t="s">
-        <v>2512</v>
+        <v>2501</v>
       </c>
       <c r="B1747" s="1" t="s">
-        <v>160</v>
+        <v>90</v>
       </c>
       <c r="C1747" s="1" t="s">
-        <v>2513</v>
+        <v>595</v>
       </c>
       <c r="D1747" s="1">
-        <v>4836</v>
+        <v>4908</v>
       </c>
       <c r="E1747" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1748" spans="1:5">
       <c r="A1748" s="1" t="s">
-        <v>2514</v>
+        <v>2502</v>
       </c>
       <c r="B1748" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1748" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D1748" s="1">
-        <v>4837</v>
+        <v>4913</v>
       </c>
       <c r="E1748" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1749" spans="1:5">
       <c r="A1749" s="1" t="s">
-        <v>2515</v>
+        <v>2503</v>
       </c>
       <c r="B1749" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1749" s="1" t="s">
-        <v>16</v>
+        <v>1205</v>
       </c>
       <c r="D1749" s="1">
-        <v>4838</v>
+        <v>4914</v>
       </c>
       <c r="E1749" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1750" spans="1:5">
       <c r="A1750" s="1" t="s">
-        <v>2516</v>
+        <v>2504</v>
       </c>
       <c r="B1750" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1750" s="1" t="s">
-        <v>16</v>
+        <v>588</v>
       </c>
       <c r="D1750" s="1">
-        <v>4840</v>
+        <v>4915</v>
       </c>
       <c r="E1750" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1751" spans="1:5">
       <c r="A1751" s="1" t="s">
-        <v>2517</v>
+        <v>2505</v>
       </c>
       <c r="B1751" s="1" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C1751" s="1" t="s">
-        <v>91</v>
+        <v>257</v>
       </c>
       <c r="D1751" s="1">
-        <v>4841</v>
+        <v>4916</v>
       </c>
       <c r="E1751" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1752" spans="1:5">
       <c r="A1752" s="1" t="s">
-        <v>2518</v>
+        <v>2506</v>
       </c>
       <c r="B1752" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1752" s="1" t="s">
-        <v>136</v>
+        <v>318</v>
       </c>
       <c r="D1752" s="1">
-        <v>4842</v>
+        <v>4917</v>
       </c>
       <c r="E1752" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1753" spans="1:5">
       <c r="A1753" s="1" t="s">
-        <v>2519</v>
+        <v>2507</v>
       </c>
       <c r="B1753" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1753" s="1" t="s">
-        <v>55</v>
+        <v>988</v>
       </c>
       <c r="D1753" s="1">
-        <v>4843</v>
+        <v>4918</v>
       </c>
       <c r="E1753" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1754" spans="1:5">
       <c r="A1754" s="1" t="s">
-        <v>2520</v>
+        <v>2508</v>
       </c>
       <c r="B1754" s="1" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="C1754" s="1" t="s">
-        <v>1035</v>
+        <v>724</v>
       </c>
       <c r="D1754" s="1">
-        <v>4844</v>
+        <v>4919</v>
       </c>
       <c r="E1754" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1755" spans="1:5">
       <c r="A1755" s="1" t="s">
-        <v>2521</v>
+        <v>2509</v>
       </c>
       <c r="B1755" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1755" s="1" t="s">
-        <v>98</v>
+        <v>569</v>
       </c>
       <c r="D1755" s="1">
-        <v>4845</v>
+        <v>4920</v>
       </c>
       <c r="E1755" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1756" spans="1:5">
       <c r="A1756" s="1" t="s">
-        <v>2522</v>
+        <v>2510</v>
       </c>
       <c r="B1756" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C1756" s="1" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="D1756" s="1">
-        <v>4846</v>
+        <v>4921</v>
       </c>
       <c r="E1756" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1757" spans="1:5">
       <c r="A1757" s="1" t="s">
-        <v>2523</v>
+        <v>2511</v>
       </c>
       <c r="B1757" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1757" s="1" t="s">
-        <v>400</v>
+        <v>335</v>
       </c>
       <c r="D1757" s="1">
-        <v>4847</v>
+        <v>4922</v>
       </c>
       <c r="E1757" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1758" spans="1:5">
       <c r="A1758" s="1" t="s">
-        <v>2524</v>
+        <v>2512</v>
       </c>
       <c r="B1758" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1758" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1758" s="1">
-        <v>4848</v>
+        <v>4923</v>
       </c>
       <c r="E1758" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1759" spans="1:5">
       <c r="A1759" s="1" t="s">
-        <v>2525</v>
+        <v>2513</v>
       </c>
       <c r="B1759" s="1" t="s">
-        <v>128</v>
+        <v>90</v>
       </c>
       <c r="C1759" s="1" t="s">
-        <v>264</v>
+        <v>1120</v>
       </c>
       <c r="D1759" s="1">
-        <v>4849</v>
+        <v>4924</v>
       </c>
       <c r="E1759" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1760" spans="1:5">
       <c r="A1760" s="1" t="s">
-        <v>2526</v>
+        <v>2514</v>
       </c>
       <c r="B1760" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C1760" s="1" t="s">
-        <v>2527</v>
+        <v>16</v>
       </c>
       <c r="D1760" s="1">
-        <v>4850</v>
+        <v>4926</v>
       </c>
       <c r="E1760" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1761" spans="1:5">
       <c r="A1761" s="1" t="s">
-        <v>2528</v>
+        <v>2515</v>
       </c>
       <c r="B1761" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1761" s="1" t="s">
-        <v>55</v>
+        <v>241</v>
       </c>
       <c r="D1761" s="1">
-        <v>4851</v>
+        <v>4927</v>
       </c>
       <c r="E1761" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1762" spans="1:5">
       <c r="A1762" s="1" t="s">
-        <v>2529</v>
+        <v>2516</v>
       </c>
       <c r="B1762" s="1" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="C1762" s="1" t="s">
-        <v>2530</v>
+        <v>939</v>
       </c>
       <c r="D1762" s="1">
-        <v>4852</v>
+        <v>4928</v>
       </c>
       <c r="E1762" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1763" spans="1:5">
       <c r="A1763" s="1" t="s">
-        <v>2531</v>
+        <v>2517</v>
       </c>
       <c r="B1763" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C1763" s="1" t="s">
-        <v>2532</v>
+        <v>16</v>
       </c>
       <c r="D1763" s="1">
-        <v>4853</v>
+        <v>4929</v>
       </c>
       <c r="E1763" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1764" spans="1:5">
       <c r="A1764" s="1" t="s">
-        <v>2533</v>
+        <v>2518</v>
       </c>
       <c r="B1764" s="1" t="s">
-        <v>513</v>
+        <v>72</v>
       </c>
       <c r="C1764" s="1" t="s">
-        <v>762</v>
+        <v>1087</v>
       </c>
       <c r="D1764" s="1">
-        <v>4854</v>
+        <v>4930</v>
       </c>
       <c r="E1764" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1765" spans="1:5">
       <c r="A1765" s="1" t="s">
-        <v>2534</v>
+        <v>2519</v>
       </c>
       <c r="B1765" s="1" t="s">
-        <v>320</v>
+        <v>90</v>
       </c>
       <c r="C1765" s="1" t="s">
-        <v>341</v>
+        <v>853</v>
       </c>
       <c r="D1765" s="1">
-        <v>4855</v>
+        <v>4931</v>
       </c>
       <c r="E1765" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1766" spans="1:5">
       <c r="A1766" s="1" t="s">
-        <v>2535</v>
+        <v>2520</v>
       </c>
       <c r="B1766" s="1" t="s">
-        <v>320</v>
+        <v>11</v>
       </c>
       <c r="C1766" s="1" t="s">
-        <v>321</v>
+        <v>178</v>
       </c>
       <c r="D1766" s="1">
-        <v>4856</v>
+        <v>4932</v>
       </c>
       <c r="E1766" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1767" spans="1:5">
       <c r="A1767" s="1" t="s">
-        <v>2536</v>
+        <v>2521</v>
       </c>
       <c r="B1767" s="1" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="C1767" s="1" t="s">
-        <v>136</v>
+        <v>2522</v>
       </c>
       <c r="D1767" s="1">
-        <v>4857</v>
+        <v>4933</v>
       </c>
       <c r="E1767" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1768" spans="1:5">
       <c r="A1768" s="1" t="s">
-        <v>2537</v>
+        <v>2523</v>
       </c>
       <c r="B1768" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1768" s="1" t="s">
-        <v>16</v>
+        <v>498</v>
       </c>
       <c r="D1768" s="1">
-        <v>4858</v>
+        <v>4934</v>
       </c>
       <c r="E1768" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1769" spans="1:5">
       <c r="A1769" s="1" t="s">
-        <v>2538</v>
+        <v>2524</v>
       </c>
       <c r="B1769" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1769" s="1" t="s">
-        <v>16</v>
+        <v>498</v>
       </c>
       <c r="D1769" s="1">
-        <v>4859</v>
+        <v>4935</v>
       </c>
       <c r="E1769" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1770" spans="1:5">
       <c r="A1770" s="1" t="s">
-        <v>2539</v>
+        <v>2525</v>
       </c>
       <c r="B1770" s="1" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="C1770" s="1" t="s">
-        <v>749</v>
+        <v>2085</v>
       </c>
       <c r="D1770" s="1">
-        <v>4860</v>
+        <v>4936</v>
       </c>
       <c r="E1770" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1771" spans="1:5">
       <c r="A1771" s="1" t="s">
-        <v>2540</v>
+        <v>2526</v>
       </c>
       <c r="B1771" s="1" t="s">
-        <v>38</v>
+        <v>310</v>
       </c>
       <c r="C1771" s="1" t="s">
-        <v>737</v>
+        <v>2527</v>
       </c>
       <c r="D1771" s="1">
-        <v>4861</v>
+        <v>4937</v>
       </c>
       <c r="E1771" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1772" spans="1:5">
       <c r="A1772" s="1" t="s">
-        <v>2541</v>
+        <v>2528</v>
       </c>
       <c r="B1772" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C1772" s="1" t="s">
-        <v>16</v>
+        <v>2529</v>
       </c>
       <c r="D1772" s="1">
-        <v>4863</v>
+        <v>4938</v>
       </c>
       <c r="E1772" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1773" spans="1:5">
       <c r="A1773" s="1" t="s">
-        <v>2542</v>
+        <v>2530</v>
       </c>
       <c r="B1773" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1773" s="1" t="s">
-        <v>248</v>
+        <v>16</v>
       </c>
       <c r="D1773" s="1">
-        <v>4864</v>
+        <v>4940</v>
       </c>
       <c r="E1773" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1774" spans="1:5">
       <c r="A1774" s="1" t="s">
-        <v>2543</v>
+        <v>2531</v>
       </c>
       <c r="B1774" s="1" t="s">
-        <v>72</v>
+        <v>244</v>
       </c>
       <c r="C1774" s="1" t="s">
-        <v>307</v>
+        <v>919</v>
       </c>
       <c r="D1774" s="1">
-        <v>4865</v>
+        <v>4941</v>
       </c>
       <c r="E1774" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1775" spans="1:5">
       <c r="A1775" s="1" t="s">
-        <v>2544</v>
+        <v>2532</v>
       </c>
       <c r="B1775" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1775" s="1" t="s">
-        <v>235</v>
+        <v>625</v>
       </c>
       <c r="D1775" s="1">
-        <v>4866</v>
+        <v>4944</v>
       </c>
       <c r="E1775" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1776" spans="1:5">
       <c r="A1776" s="1" t="s">
-        <v>2545</v>
+        <v>2533</v>
       </c>
       <c r="B1776" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1776" s="1" t="s">
-        <v>16</v>
+        <v>498</v>
       </c>
       <c r="D1776" s="1">
-        <v>4867</v>
+        <v>4945</v>
       </c>
       <c r="E1776" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1777" spans="1:5">
       <c r="A1777" s="1" t="s">
-        <v>2546</v>
+        <v>2534</v>
       </c>
       <c r="B1777" s="1" t="s">
-        <v>54</v>
+        <v>119</v>
       </c>
       <c r="C1777" s="1" t="s">
-        <v>1647</v>
+        <v>120</v>
       </c>
       <c r="D1777" s="1">
-        <v>4868</v>
+        <v>4946</v>
       </c>
       <c r="E1777" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1778" spans="1:5">
       <c r="A1778" s="1" t="s">
-        <v>2547</v>
+        <v>2535</v>
       </c>
       <c r="B1778" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1778" s="1" t="s">
-        <v>793</v>
+        <v>16</v>
       </c>
       <c r="D1778" s="1">
-        <v>4869</v>
+        <v>4947</v>
       </c>
       <c r="E1778" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1779" spans="1:5">
       <c r="A1779" s="1" t="s">
-        <v>2548</v>
+        <v>2536</v>
       </c>
       <c r="B1779" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1779" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D1779" s="1">
-        <v>4870</v>
+        <v>4948</v>
       </c>
       <c r="E1779" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1780" spans="1:5">
       <c r="A1780" s="1" t="s">
-        <v>2549</v>
+        <v>2537</v>
       </c>
       <c r="B1780" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1780" s="1" t="s">
-        <v>16</v>
+        <v>1433</v>
       </c>
       <c r="D1780" s="1">
-        <v>4871</v>
+        <v>4950</v>
       </c>
       <c r="E1780" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1781" spans="1:5">
       <c r="A1781" s="1" t="s">
-        <v>2550</v>
+        <v>2538</v>
       </c>
       <c r="B1781" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="C1781" s="1" t="s">
-        <v>61</v>
+        <v>445</v>
       </c>
       <c r="D1781" s="1">
-        <v>4872</v>
+        <v>4952</v>
       </c>
       <c r="E1781" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1782" spans="1:5">
       <c r="A1782" s="1" t="s">
-        <v>2551</v>
+        <v>2539</v>
       </c>
       <c r="B1782" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1782" s="1" t="s">
-        <v>400</v>
+        <v>127</v>
       </c>
       <c r="D1782" s="1">
-        <v>4873</v>
+        <v>4954</v>
       </c>
       <c r="E1782" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1783" spans="1:5">
       <c r="A1783" s="1" t="s">
-        <v>2552</v>
+        <v>2540</v>
       </c>
       <c r="B1783" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1783" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1783" s="1">
-        <v>4875</v>
+        <v>4955</v>
       </c>
       <c r="E1783" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1784" spans="1:5">
       <c r="A1784" s="1" t="s">
-        <v>2553</v>
+        <v>2541</v>
       </c>
       <c r="B1784" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1784" s="1" t="s">
-        <v>55</v>
+        <v>2542</v>
       </c>
       <c r="D1784" s="1">
-        <v>4876</v>
+        <v>4956</v>
       </c>
       <c r="E1784" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1785" spans="1:5">
       <c r="A1785" s="1" t="s">
-        <v>2554</v>
+        <v>2543</v>
       </c>
       <c r="B1785" s="1" t="s">
-        <v>430</v>
+        <v>54</v>
       </c>
       <c r="C1785" s="1" t="s">
-        <v>841</v>
+        <v>127</v>
       </c>
       <c r="D1785" s="1">
-        <v>4877</v>
+        <v>4957</v>
       </c>
       <c r="E1785" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1786" spans="1:5">
       <c r="A1786" s="1" t="s">
-        <v>2555</v>
+        <v>2544</v>
       </c>
       <c r="B1786" s="1" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="C1786" s="1" t="s">
-        <v>273</v>
+        <v>2545</v>
       </c>
       <c r="D1786" s="1">
-        <v>4878</v>
+        <v>4958</v>
       </c>
       <c r="E1786" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1787" spans="1:5">
       <c r="A1787" s="1" t="s">
-        <v>2556</v>
+        <v>2546</v>
       </c>
       <c r="B1787" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1787" s="1" t="s">
-        <v>185</v>
+        <v>16</v>
       </c>
       <c r="D1787" s="1">
-        <v>4879</v>
+        <v>4960</v>
       </c>
       <c r="E1787" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1788" spans="1:5">
       <c r="A1788" s="1" t="s">
-        <v>2557</v>
+        <v>2547</v>
       </c>
       <c r="B1788" s="1" t="s">
-        <v>1420</v>
+        <v>15</v>
       </c>
       <c r="C1788" s="1" t="s">
-        <v>2558</v>
+        <v>16</v>
       </c>
       <c r="D1788" s="1">
-        <v>4880</v>
+        <v>4961</v>
       </c>
       <c r="E1788" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1789" spans="1:5">
       <c r="A1789" s="1" t="s">
-        <v>2559</v>
+        <v>2548</v>
       </c>
       <c r="B1789" s="1" t="s">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="C1789" s="1" t="s">
-        <v>1171</v>
+        <v>2549</v>
       </c>
       <c r="D1789" s="1">
-        <v>4881</v>
+        <v>4962</v>
       </c>
       <c r="E1789" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1790" spans="1:5">
       <c r="A1790" s="1" t="s">
-        <v>2560</v>
+        <v>2550</v>
       </c>
       <c r="B1790" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1790" s="1" t="s">
-        <v>1713</v>
+        <v>248</v>
       </c>
       <c r="D1790" s="1">
-        <v>4882</v>
+        <v>4964</v>
       </c>
       <c r="E1790" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1791" spans="1:5">
       <c r="A1791" s="1" t="s">
-        <v>2561</v>
+        <v>2551</v>
       </c>
       <c r="B1791" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1791" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1791" s="1">
-        <v>4883</v>
+        <v>4965</v>
       </c>
       <c r="E1791" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1792" spans="1:5">
       <c r="A1792" s="1" t="s">
-        <v>2562</v>
+        <v>2552</v>
       </c>
       <c r="B1792" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C1792" s="1" t="s">
-        <v>1304</v>
+        <v>1428</v>
       </c>
       <c r="D1792" s="1">
-        <v>4884</v>
+        <v>4966</v>
       </c>
       <c r="E1792" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1793" spans="1:5">
       <c r="A1793" s="1" t="s">
-        <v>2563</v>
+        <v>2553</v>
       </c>
       <c r="B1793" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C1793" s="1" t="s">
-        <v>660</v>
+        <v>2554</v>
       </c>
       <c r="D1793" s="1">
-        <v>4885</v>
+        <v>4967</v>
       </c>
       <c r="E1793" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1794" spans="1:5">
       <c r="A1794" s="1" t="s">
-        <v>2564</v>
+        <v>2555</v>
       </c>
       <c r="B1794" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1794" s="1" t="s">
-        <v>1482</v>
+        <v>76</v>
       </c>
       <c r="D1794" s="1">
-        <v>4886</v>
+        <v>4968</v>
       </c>
       <c r="E1794" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1795" spans="1:5">
       <c r="A1795" s="1" t="s">
-        <v>2565</v>
+        <v>2556</v>
       </c>
       <c r="B1795" s="1" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="C1795" s="1" t="s">
-        <v>625</v>
+        <v>1116</v>
       </c>
       <c r="D1795" s="1">
-        <v>4887</v>
+        <v>4969</v>
       </c>
       <c r="E1795" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1796" spans="1:5">
       <c r="A1796" s="1" t="s">
-        <v>2566</v>
+        <v>2557</v>
       </c>
       <c r="B1796" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1796" s="1" t="s">
-        <v>16</v>
+        <v>933</v>
       </c>
       <c r="D1796" s="1">
-        <v>4889</v>
+        <v>4970</v>
       </c>
       <c r="E1796" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1797" spans="1:5">
       <c r="A1797" s="1" t="s">
-        <v>2567</v>
+        <v>2558</v>
       </c>
       <c r="B1797" s="1" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="C1797" s="1" t="s">
-        <v>2568</v>
+        <v>374</v>
       </c>
       <c r="D1797" s="1">
-        <v>4890</v>
+        <v>4971</v>
       </c>
       <c r="E1797" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1798" spans="1:5">
       <c r="A1798" s="1" t="s">
-        <v>2569</v>
+        <v>2559</v>
       </c>
       <c r="B1798" s="1" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="C1798" s="1" t="s">
-        <v>535</v>
+        <v>33</v>
       </c>
       <c r="D1798" s="1">
-        <v>4891</v>
+        <v>4972</v>
       </c>
       <c r="E1798" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1799" spans="1:5">
       <c r="A1799" s="1" t="s">
-        <v>2570</v>
+        <v>2560</v>
       </c>
       <c r="B1799" s="1" t="s">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="C1799" s="1" t="s">
-        <v>16</v>
+        <v>245</v>
       </c>
       <c r="D1799" s="1">
-        <v>4892</v>
+        <v>4973</v>
       </c>
       <c r="E1799" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1800" spans="1:5">
       <c r="A1800" s="1" t="s">
-        <v>2571</v>
+        <v>2561</v>
       </c>
       <c r="B1800" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1800" s="1" t="s">
-        <v>16</v>
+        <v>1428</v>
       </c>
       <c r="D1800" s="1">
-        <v>4893</v>
+        <v>4974</v>
       </c>
       <c r="E1800" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1801" spans="1:5">
       <c r="A1801" s="1" t="s">
-        <v>2572</v>
+        <v>2562</v>
       </c>
       <c r="B1801" s="1" t="s">
-        <v>38</v>
+        <v>460</v>
       </c>
       <c r="C1801" s="1" t="s">
-        <v>1055</v>
+        <v>1311</v>
       </c>
       <c r="D1801" s="1">
-        <v>4894</v>
+        <v>4975</v>
       </c>
       <c r="E1801" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1802" spans="1:5">
       <c r="A1802" s="1" t="s">
-        <v>2573</v>
+        <v>2563</v>
       </c>
       <c r="B1802" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C1802" s="1" t="s">
-        <v>139</v>
+        <v>1015</v>
       </c>
       <c r="D1802" s="1">
-        <v>4896</v>
+        <v>4976</v>
       </c>
       <c r="E1802" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1803" spans="1:5">
       <c r="A1803" s="1" t="s">
-        <v>2574</v>
+        <v>2564</v>
       </c>
       <c r="B1803" s="1" t="s">
-        <v>15</v>
+        <v>533</v>
       </c>
       <c r="C1803" s="1" t="s">
-        <v>16</v>
+        <v>1716</v>
       </c>
       <c r="D1803" s="1">
-        <v>4897</v>
+        <v>4977</v>
       </c>
       <c r="E1803" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1804" spans="1:5">
       <c r="A1804" s="1" t="s">
-        <v>2575</v>
+        <v>2565</v>
       </c>
       <c r="B1804" s="1" t="s">
-        <v>430</v>
+        <v>11</v>
       </c>
       <c r="C1804" s="1" t="s">
-        <v>841</v>
+        <v>28</v>
       </c>
       <c r="D1804" s="1">
-        <v>4898</v>
+        <v>4978</v>
       </c>
       <c r="E1804" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1805" spans="1:5">
       <c r="A1805" s="1" t="s">
-        <v>2576</v>
+        <v>2566</v>
       </c>
       <c r="B1805" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1805" s="1" t="s">
-        <v>660</v>
+        <v>16</v>
       </c>
       <c r="D1805" s="1">
-        <v>4899</v>
+        <v>4980</v>
       </c>
       <c r="E1805" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1806" spans="1:5">
       <c r="A1806" s="1" t="s">
-        <v>2577</v>
+        <v>2567</v>
       </c>
       <c r="B1806" s="1" t="s">
-        <v>124</v>
+        <v>54</v>
       </c>
       <c r="C1806" s="1" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="D1806" s="1">
-        <v>4900</v>
+        <v>4981</v>
       </c>
       <c r="E1806" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1807" spans="1:5">
       <c r="A1807" s="1" t="s">
-        <v>2578</v>
+        <v>2568</v>
       </c>
       <c r="B1807" s="1" t="s">
-        <v>128</v>
+        <v>72</v>
       </c>
       <c r="C1807" s="1" t="s">
-        <v>264</v>
+        <v>73</v>
       </c>
       <c r="D1807" s="1">
-        <v>4901</v>
+        <v>4982</v>
       </c>
       <c r="E1807" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1808" spans="1:5">
       <c r="A1808" s="1" t="s">
-        <v>2579</v>
+        <v>2569</v>
       </c>
       <c r="B1808" s="1" t="s">
-        <v>2580</v>
+        <v>11</v>
       </c>
       <c r="C1808" s="1" t="s">
-        <v>2581</v>
+        <v>528</v>
       </c>
       <c r="D1808" s="1">
-        <v>4902</v>
+        <v>4983</v>
       </c>
       <c r="E1808" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1809" spans="1:5">
       <c r="A1809" s="1" t="s">
-        <v>2582</v>
+        <v>2570</v>
       </c>
       <c r="B1809" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1809" s="1" t="s">
-        <v>1903</v>
+        <v>16</v>
       </c>
       <c r="D1809" s="1">
-        <v>4903</v>
+        <v>4984</v>
       </c>
       <c r="E1809" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1810" spans="1:5">
       <c r="A1810" s="1" t="s">
-        <v>2583</v>
+        <v>2571</v>
       </c>
       <c r="B1810" s="1" t="s">
-        <v>54</v>
+        <v>260</v>
       </c>
       <c r="C1810" s="1" t="s">
-        <v>76</v>
+        <v>261</v>
       </c>
       <c r="D1810" s="1">
-        <v>4904</v>
+        <v>4985</v>
       </c>
       <c r="E1810" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1811" spans="1:5">
       <c r="A1811" s="1" t="s">
-        <v>2584</v>
+        <v>2572</v>
       </c>
       <c r="B1811" s="1" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="C1811" s="1" t="s">
-        <v>91</v>
+        <v>2573</v>
       </c>
       <c r="D1811" s="1">
-        <v>4905</v>
+        <v>4986</v>
       </c>
       <c r="E1811" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1812" spans="1:5">
       <c r="A1812" s="1" t="s">
-        <v>2585</v>
+        <v>2574</v>
       </c>
       <c r="B1812" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C1812" s="1" t="s">
-        <v>848</v>
+        <v>988</v>
       </c>
       <c r="D1812" s="1">
-        <v>4906</v>
+        <v>4987</v>
       </c>
       <c r="E1812" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1813" spans="1:5">
       <c r="A1813" s="1" t="s">
-        <v>2586</v>
+        <v>2575</v>
       </c>
       <c r="B1813" s="1" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="C1813" s="1" t="s">
-        <v>1695</v>
+        <v>1433</v>
       </c>
       <c r="D1813" s="1">
-        <v>4907</v>
+        <v>4988</v>
       </c>
       <c r="E1813" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1814" spans="1:5">
       <c r="A1814" s="1" t="s">
-        <v>2587</v>
+        <v>2576</v>
       </c>
       <c r="B1814" s="1" t="s">
-        <v>90</v>
+        <v>980</v>
       </c>
       <c r="C1814" s="1" t="s">
-        <v>625</v>
+        <v>981</v>
       </c>
       <c r="D1814" s="1">
-        <v>4908</v>
+        <v>4989</v>
       </c>
       <c r="E1814" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1815" spans="1:5">
       <c r="A1815" s="1" t="s">
-        <v>2588</v>
+        <v>2577</v>
       </c>
       <c r="B1815" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1815" s="1" t="s">
-        <v>76</v>
+        <v>2578</v>
       </c>
       <c r="D1815" s="1">
-        <v>4913</v>
+        <v>4990</v>
       </c>
       <c r="E1815" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1816" spans="1:5">
       <c r="A1816" s="1" t="s">
-        <v>2589</v>
+        <v>2579</v>
       </c>
       <c r="B1816" s="1" t="s">
-        <v>90</v>
+        <v>260</v>
       </c>
       <c r="C1816" s="1" t="s">
-        <v>1258</v>
+        <v>261</v>
       </c>
       <c r="D1816" s="1">
-        <v>4914</v>
+        <v>4991</v>
       </c>
       <c r="E1816" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1817" spans="1:5">
       <c r="A1817" s="1" t="s">
-        <v>2590</v>
+        <v>2580</v>
       </c>
       <c r="B1817" s="1" t="s">
-        <v>11</v>
+        <v>578</v>
       </c>
       <c r="C1817" s="1" t="s">
-        <v>618</v>
+        <v>950</v>
       </c>
       <c r="D1817" s="1">
-        <v>4915</v>
+        <v>4992</v>
       </c>
       <c r="E1817" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1818" spans="1:5">
       <c r="A1818" s="1" t="s">
-        <v>2591</v>
+        <v>2581</v>
       </c>
       <c r="B1818" s="1" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="C1818" s="1" t="s">
-        <v>276</v>
+        <v>2582</v>
       </c>
       <c r="D1818" s="1">
-        <v>4916</v>
+        <v>4993</v>
       </c>
       <c r="E1818" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1819" spans="1:5">
       <c r="A1819" s="1" t="s">
-        <v>2592</v>
+        <v>2583</v>
       </c>
       <c r="B1819" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1819" s="1" t="s">
-        <v>169</v>
+        <v>130</v>
       </c>
       <c r="D1819" s="1">
-        <v>4917</v>
+        <v>4994</v>
       </c>
       <c r="E1819" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1820" spans="1:5">
       <c r="A1820" s="1" t="s">
-        <v>2593</v>
+        <v>2584</v>
       </c>
       <c r="B1820" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C1820" s="1" t="s">
-        <v>1029</v>
+        <v>1205</v>
       </c>
       <c r="D1820" s="1">
-        <v>4918</v>
+        <v>4995</v>
       </c>
       <c r="E1820" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1821" spans="1:5">
       <c r="A1821" s="1" t="s">
-        <v>2594</v>
+        <v>2585</v>
       </c>
       <c r="B1821" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1821" s="1" t="s">
-        <v>759</v>
+        <v>16</v>
       </c>
       <c r="D1821" s="1">
-        <v>4919</v>
+        <v>4998</v>
       </c>
       <c r="E1821" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1822" spans="1:5">
       <c r="A1822" s="1" t="s">
-        <v>2595</v>
+        <v>2586</v>
       </c>
       <c r="B1822" s="1" t="s">
-        <v>72</v>
+        <v>460</v>
       </c>
       <c r="C1822" s="1" t="s">
-        <v>599</v>
+        <v>2587</v>
       </c>
       <c r="D1822" s="1">
-        <v>4920</v>
+        <v>4999</v>
       </c>
       <c r="E1822" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1823" spans="1:5">
       <c r="A1823" s="1" t="s">
-        <v>2596</v>
+        <v>2588</v>
       </c>
       <c r="B1823" s="1" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C1823" s="1" t="s">
-        <v>111</v>
+        <v>2589</v>
       </c>
       <c r="D1823" s="1">
-        <v>4921</v>
+        <v>5000</v>
       </c>
       <c r="E1823" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1824" spans="1:5">
       <c r="A1824" s="1" t="s">
-        <v>2597</v>
+        <v>2590</v>
       </c>
       <c r="B1824" s="1" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
       <c r="C1824" s="1" t="s">
-        <v>358</v>
+        <v>7</v>
       </c>
       <c r="D1824" s="1">
-        <v>4922</v>
+        <v>5001</v>
       </c>
       <c r="E1824" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1825" spans="1:5">
       <c r="A1825" s="1" t="s">
-        <v>2598</v>
+        <v>2591</v>
       </c>
       <c r="B1825" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1825" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1825" s="1">
-        <v>4923</v>
+        <v>5002</v>
       </c>
       <c r="E1825" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1826" spans="1:5">
       <c r="A1826" s="1" t="s">
-        <v>2599</v>
+        <v>2592</v>
       </c>
       <c r="B1826" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C1826" s="1" t="s">
-        <v>1171</v>
+        <v>164</v>
       </c>
       <c r="D1826" s="1">
-        <v>4924</v>
+        <v>5003</v>
       </c>
       <c r="E1826" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1827" spans="1:5">
       <c r="A1827" s="1" t="s">
-        <v>2600</v>
+        <v>2593</v>
       </c>
       <c r="B1827" s="1" t="s">
-        <v>430</v>
+        <v>15</v>
       </c>
       <c r="C1827" s="1" t="s">
-        <v>1153</v>
+        <v>16</v>
       </c>
       <c r="D1827" s="1">
-        <v>4925</v>
+        <v>5005</v>
       </c>
       <c r="E1827" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1828" spans="1:5">
       <c r="A1828" s="1" t="s">
-        <v>2601</v>
+        <v>2594</v>
       </c>
       <c r="B1828" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1828" s="1" t="s">
-        <v>16</v>
+        <v>625</v>
       </c>
       <c r="D1828" s="1">
-        <v>4926</v>
+        <v>5006</v>
       </c>
       <c r="E1828" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1829" spans="1:5">
       <c r="A1829" s="1" t="s">
-        <v>2602</v>
+        <v>2595</v>
       </c>
       <c r="B1829" s="1" t="s">
-        <v>72</v>
+        <v>310</v>
       </c>
       <c r="C1829" s="1" t="s">
-        <v>261</v>
+        <v>311</v>
       </c>
       <c r="D1829" s="1">
-        <v>4927</v>
+        <v>5007</v>
       </c>
       <c r="E1829" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1830" spans="1:5">
       <c r="A1830" s="1" t="s">
-        <v>2603</v>
+        <v>2596</v>
       </c>
       <c r="B1830" s="1" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C1830" s="1" t="s">
-        <v>980</v>
+        <v>546</v>
       </c>
       <c r="D1830" s="1">
-        <v>4928</v>
+        <v>5008</v>
       </c>
       <c r="E1830" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1831" spans="1:5">
       <c r="A1831" s="1" t="s">
-        <v>2604</v>
+        <v>2597</v>
       </c>
       <c r="B1831" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1831" s="1" t="s">
-        <v>16</v>
+        <v>717</v>
       </c>
       <c r="D1831" s="1">
-        <v>4929</v>
+        <v>5009</v>
       </c>
       <c r="E1831" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1832" spans="1:5">
       <c r="A1832" s="1" t="s">
-        <v>2605</v>
+        <v>2598</v>
       </c>
       <c r="B1832" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1832" s="1" t="s">
-        <v>1135</v>
+        <v>1428</v>
       </c>
       <c r="D1832" s="1">
-        <v>4930</v>
+        <v>5010</v>
       </c>
       <c r="E1832" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1833" spans="1:5">
       <c r="A1833" s="1" t="s">
-        <v>2606</v>
+        <v>2599</v>
       </c>
       <c r="B1833" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C1833" s="1" t="s">
-        <v>892</v>
+        <v>248</v>
       </c>
       <c r="D1833" s="1">
-        <v>4931</v>
+        <v>5011</v>
       </c>
       <c r="E1833" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1834" spans="1:5">
       <c r="A1834" s="1" t="s">
-        <v>2607</v>
+        <v>2600</v>
       </c>
       <c r="B1834" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C1834" s="1" t="s">
-        <v>198</v>
+        <v>248</v>
       </c>
       <c r="D1834" s="1">
-        <v>4932</v>
+        <v>5012</v>
       </c>
       <c r="E1834" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1835" spans="1:5">
       <c r="A1835" s="1" t="s">
-        <v>2608</v>
+        <v>2601</v>
       </c>
       <c r="B1835" s="1" t="s">
-        <v>320</v>
+        <v>11</v>
       </c>
       <c r="C1835" s="1" t="s">
-        <v>2609</v>
+        <v>528</v>
       </c>
       <c r="D1835" s="1">
-        <v>4933</v>
+        <v>5013</v>
       </c>
       <c r="E1835" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1836" spans="1:5">
       <c r="A1836" s="1" t="s">
-        <v>2610</v>
+        <v>2602</v>
       </c>
       <c r="B1836" s="1" t="s">
-        <v>15</v>
+        <v>310</v>
       </c>
       <c r="C1836" s="1" t="s">
-        <v>98</v>
+        <v>1660</v>
       </c>
       <c r="D1836" s="1">
-        <v>4934</v>
+        <v>5014</v>
       </c>
       <c r="E1836" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1837" spans="1:5">
       <c r="A1837" s="1" t="s">
-        <v>2611</v>
+        <v>2603</v>
       </c>
       <c r="B1837" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1837" s="1" t="s">
-        <v>98</v>
+        <v>498</v>
       </c>
       <c r="D1837" s="1">
-        <v>4935</v>
+        <v>5015</v>
       </c>
       <c r="E1837" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1838" spans="1:5">
       <c r="A1838" s="1" t="s">
-        <v>2612</v>
+        <v>2604</v>
       </c>
       <c r="B1838" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C1838" s="1" t="s">
-        <v>2168</v>
+        <v>445</v>
       </c>
       <c r="D1838" s="1">
-        <v>4936</v>
+        <v>5016</v>
       </c>
       <c r="E1838" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1839" spans="1:5">
       <c r="A1839" s="1" t="s">
-        <v>2613</v>
+        <v>2605</v>
       </c>
       <c r="B1839" s="1" t="s">
-        <v>329</v>
+        <v>310</v>
       </c>
       <c r="C1839" s="1" t="s">
-        <v>2614</v>
+        <v>543</v>
       </c>
       <c r="D1839" s="1">
-        <v>4937</v>
+        <v>5017</v>
       </c>
       <c r="E1839" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1840" spans="1:5">
       <c r="A1840" s="1" t="s">
-        <v>2615</v>
+        <v>2606</v>
       </c>
       <c r="B1840" s="1" t="s">
-        <v>48</v>
+        <v>274</v>
       </c>
       <c r="C1840" s="1" t="s">
-        <v>2616</v>
+        <v>275</v>
       </c>
       <c r="D1840" s="1">
-        <v>4938</v>
+        <v>5018</v>
       </c>
       <c r="E1840" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1841" spans="1:5">
       <c r="A1841" s="1" t="s">
-        <v>2617</v>
+        <v>2607</v>
       </c>
       <c r="B1841" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1841" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1841" s="1">
-        <v>4940</v>
+        <v>5019</v>
       </c>
       <c r="E1841" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1842" spans="1:5">
       <c r="A1842" s="1" t="s">
-        <v>2618</v>
+        <v>2608</v>
       </c>
       <c r="B1842" s="1" t="s">
-        <v>128</v>
+        <v>90</v>
       </c>
       <c r="C1842" s="1" t="s">
-        <v>129</v>
+        <v>566</v>
       </c>
       <c r="D1842" s="1">
-        <v>4941</v>
+        <v>5021</v>
       </c>
       <c r="E1842" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1843" spans="1:5">
       <c r="A1843" s="1" t="s">
-        <v>2619</v>
+        <v>2609</v>
       </c>
       <c r="B1843" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1843" s="1" t="s">
-        <v>55</v>
+        <v>2192</v>
       </c>
       <c r="D1843" s="1">
-        <v>4942</v>
+        <v>5022</v>
       </c>
       <c r="E1843" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1844" spans="1:5">
       <c r="A1844" s="1" t="s">
-        <v>2620</v>
+        <v>2610</v>
       </c>
       <c r="B1844" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1844" s="1" t="s">
-        <v>660</v>
+        <v>16</v>
       </c>
       <c r="D1844" s="1">
-        <v>4944</v>
+        <v>5023</v>
       </c>
       <c r="E1844" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1845" spans="1:5">
       <c r="A1845" s="1" t="s">
-        <v>2621</v>
+        <v>2611</v>
       </c>
       <c r="B1845" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C1845" s="1" t="s">
-        <v>98</v>
+        <v>2612</v>
       </c>
       <c r="D1845" s="1">
-        <v>4945</v>
+        <v>5024</v>
       </c>
       <c r="E1845" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1846" spans="1:5">
       <c r="A1846" s="1" t="s">
-        <v>2622</v>
+        <v>2613</v>
       </c>
       <c r="B1846" s="1" t="s">
-        <v>124</v>
+        <v>42</v>
       </c>
       <c r="C1846" s="1" t="s">
-        <v>125</v>
+        <v>43</v>
       </c>
       <c r="D1846" s="1">
-        <v>4946</v>
+        <v>5025</v>
       </c>
       <c r="E1846" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1847" spans="1:5">
       <c r="A1847" s="1" t="s">
-        <v>2623</v>
+        <v>2614</v>
       </c>
       <c r="B1847" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1847" s="1" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D1847" s="1">
-        <v>4947</v>
+        <v>5026</v>
       </c>
       <c r="E1847" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1848" spans="1:5">
       <c r="A1848" s="1" t="s">
-        <v>2624</v>
+        <v>2615</v>
       </c>
       <c r="B1848" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1848" s="1" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D1848" s="1">
-        <v>4948</v>
+        <v>5028</v>
       </c>
       <c r="E1848" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1849" spans="1:5">
       <c r="A1849" s="1" t="s">
-        <v>2625</v>
+        <v>2616</v>
       </c>
       <c r="B1849" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1849" s="1" t="s">
-        <v>1487</v>
+        <v>16</v>
       </c>
       <c r="D1849" s="1">
-        <v>4950</v>
+        <v>5029</v>
       </c>
       <c r="E1849" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1850" spans="1:5">
       <c r="A1850" s="1" t="s">
-        <v>2626</v>
+        <v>2617</v>
       </c>
       <c r="B1850" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1850" s="1" t="s">
-        <v>471</v>
+        <v>759</v>
       </c>
       <c r="D1850" s="1">
-        <v>4952</v>
+        <v>5030</v>
       </c>
       <c r="E1850" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1851" spans="1:5">
       <c r="A1851" s="1" t="s">
-        <v>2627</v>
+        <v>2618</v>
       </c>
       <c r="B1851" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1851" s="1" t="s">
-        <v>136</v>
+        <v>724</v>
       </c>
       <c r="D1851" s="1">
-        <v>4954</v>
+        <v>5031</v>
       </c>
       <c r="E1851" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1852" spans="1:5">
       <c r="A1852" s="1" t="s">
-        <v>2628</v>
+        <v>2619</v>
       </c>
       <c r="B1852" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1852" s="1" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="D1852" s="1">
-        <v>4955</v>
+        <v>5032</v>
       </c>
       <c r="E1852" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1853" spans="1:5">
       <c r="A1853" s="1" t="s">
-        <v>2629</v>
+        <v>2620</v>
       </c>
       <c r="B1853" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1853" s="1" t="s">
-        <v>2630</v>
+        <v>130</v>
       </c>
       <c r="D1853" s="1">
-        <v>4956</v>
+        <v>5033</v>
       </c>
       <c r="E1853" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1854" spans="1:5">
       <c r="A1854" s="1" t="s">
-        <v>2631</v>
+        <v>2621</v>
       </c>
       <c r="B1854" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1854" s="1" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="D1854" s="1">
-        <v>4957</v>
+        <v>5034</v>
       </c>
       <c r="E1854" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1855" spans="1:5">
       <c r="A1855" s="1" t="s">
-        <v>2632</v>
+        <v>2622</v>
       </c>
       <c r="B1855" s="1" t="s">
-        <v>279</v>
+        <v>90</v>
       </c>
       <c r="C1855" s="1" t="s">
-        <v>2633</v>
+        <v>215</v>
       </c>
       <c r="D1855" s="1">
-        <v>4958</v>
+        <v>5035</v>
       </c>
       <c r="E1855" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1856" spans="1:5">
       <c r="A1856" s="1" t="s">
-        <v>2634</v>
+        <v>2623</v>
       </c>
       <c r="B1856" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1856" s="1" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D1856" s="1">
-        <v>4960</v>
+        <v>5036</v>
       </c>
       <c r="E1856" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1857" spans="1:5">
       <c r="A1857" s="1" t="s">
-        <v>2635</v>
+        <v>2624</v>
       </c>
       <c r="B1857" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1857" s="1" t="s">
-        <v>16</v>
+        <v>383</v>
       </c>
       <c r="D1857" s="1">
-        <v>4961</v>
+        <v>5037</v>
       </c>
       <c r="E1857" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1858" spans="1:5">
       <c r="A1858" s="1" t="s">
-        <v>2636</v>
+        <v>2625</v>
       </c>
       <c r="B1858" s="1" t="s">
-        <v>160</v>
+        <v>244</v>
       </c>
       <c r="C1858" s="1" t="s">
-        <v>2637</v>
+        <v>245</v>
       </c>
       <c r="D1858" s="1">
-        <v>4962</v>
+        <v>5038</v>
       </c>
       <c r="E1858" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1859" spans="1:5">
       <c r="A1859" s="1" t="s">
-        <v>2638</v>
+        <v>2626</v>
       </c>
       <c r="B1859" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="C1859" s="1" t="s">
-        <v>16</v>
+        <v>2395</v>
       </c>
       <c r="D1859" s="1">
-        <v>4963</v>
+        <v>5039</v>
       </c>
       <c r="E1859" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1860" spans="1:5">
       <c r="A1860" s="1" t="s">
-        <v>2639</v>
+        <v>2627</v>
       </c>
       <c r="B1860" s="1" t="s">
-        <v>90</v>
+        <v>38</v>
       </c>
       <c r="C1860" s="1" t="s">
-        <v>267</v>
+        <v>608</v>
       </c>
       <c r="D1860" s="1">
-        <v>4964</v>
+        <v>5040</v>
       </c>
       <c r="E1860" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1861" spans="1:5">
       <c r="A1861" s="1" t="s">
-        <v>2640</v>
+        <v>2628</v>
       </c>
       <c r="B1861" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1861" s="1" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="D1861" s="1">
-        <v>4965</v>
+        <v>5041</v>
       </c>
       <c r="E1861" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1862" spans="1:5">
       <c r="A1862" s="1" t="s">
-        <v>2641</v>
+        <v>2629</v>
       </c>
       <c r="B1862" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1862" s="1" t="s">
-        <v>1482</v>
+        <v>73</v>
       </c>
       <c r="D1862" s="1">
-        <v>4966</v>
+        <v>5042</v>
       </c>
       <c r="E1862" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1863" spans="1:5">
       <c r="A1863" s="1" t="s">
-        <v>2642</v>
+        <v>2630</v>
       </c>
       <c r="B1863" s="1" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="C1863" s="1" t="s">
-        <v>2643</v>
+        <v>157</v>
       </c>
       <c r="D1863" s="1">
-        <v>4967</v>
+        <v>5043</v>
       </c>
       <c r="E1863" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1864" spans="1:5">
       <c r="A1864" s="1" t="s">
-        <v>2644</v>
+        <v>2631</v>
       </c>
       <c r="B1864" s="1" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="C1864" s="1" t="s">
-        <v>76</v>
+        <v>302</v>
       </c>
       <c r="D1864" s="1">
-        <v>4968</v>
+        <v>5044</v>
       </c>
       <c r="E1864" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1865" spans="1:5">
       <c r="A1865" s="1" t="s">
-        <v>2645</v>
+        <v>2632</v>
       </c>
       <c r="B1865" s="1" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="C1865" s="1" t="s">
-        <v>1166</v>
+        <v>1571</v>
       </c>
       <c r="D1865" s="1">
-        <v>4969</v>
+        <v>5045</v>
       </c>
       <c r="E1865" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1866" spans="1:5">
       <c r="A1866" s="1" t="s">
-        <v>2646</v>
+        <v>2633</v>
       </c>
       <c r="B1866" s="1" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="C1866" s="1" t="s">
-        <v>580</v>
+        <v>1606</v>
       </c>
       <c r="D1866" s="1">
-        <v>4970</v>
+        <v>5046</v>
       </c>
       <c r="E1866" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1867" spans="1:5">
       <c r="A1867" s="1" t="s">
-        <v>2647</v>
+        <v>2634</v>
       </c>
       <c r="B1867" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1867" s="1" t="s">
-        <v>400</v>
+        <v>28</v>
       </c>
       <c r="D1867" s="1">
-        <v>4971</v>
+        <v>5047</v>
       </c>
       <c r="E1867" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1868" spans="1:5">
       <c r="A1868" s="1" t="s">
-        <v>2648</v>
+        <v>2635</v>
       </c>
       <c r="B1868" s="1" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="C1868" s="1" t="s">
-        <v>33</v>
+        <v>318</v>
       </c>
       <c r="D1868" s="1">
-        <v>4972</v>
+        <v>5048</v>
       </c>
       <c r="E1868" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1869" spans="1:5">
       <c r="A1869" s="1" t="s">
-        <v>2649</v>
+        <v>2636</v>
       </c>
       <c r="B1869" s="1" t="s">
-        <v>128</v>
+        <v>60</v>
       </c>
       <c r="C1869" s="1" t="s">
-        <v>264</v>
+        <v>1330</v>
       </c>
       <c r="D1869" s="1">
-        <v>4973</v>
+        <v>5049</v>
       </c>
       <c r="E1869" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1870" spans="1:5">
       <c r="A1870" s="1" t="s">
-        <v>2650</v>
+        <v>2637</v>
       </c>
       <c r="B1870" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1870" s="1" t="s">
-        <v>1482</v>
+        <v>28</v>
       </c>
       <c r="D1870" s="1">
-        <v>4974</v>
+        <v>5050</v>
       </c>
       <c r="E1870" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1871" spans="1:5">
       <c r="A1871" s="1" t="s">
-        <v>2651</v>
+        <v>2638</v>
       </c>
       <c r="B1871" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1871" s="1" t="s">
-        <v>1364</v>
+        <v>498</v>
       </c>
       <c r="D1871" s="1">
-        <v>4975</v>
+        <v>5051</v>
       </c>
       <c r="E1871" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1872" spans="1:5">
       <c r="A1872" s="1" t="s">
-        <v>2652</v>
+        <v>2639</v>
       </c>
       <c r="B1872" s="1" t="s">
-        <v>38</v>
+        <v>404</v>
       </c>
       <c r="C1872" s="1" t="s">
-        <v>1055</v>
+        <v>817</v>
       </c>
       <c r="D1872" s="1">
-        <v>4976</v>
+        <v>5052</v>
       </c>
       <c r="E1872" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1873" spans="1:5">
       <c r="A1873" s="1" t="s">
-        <v>2653</v>
+        <v>2640</v>
       </c>
       <c r="B1873" s="1" t="s">
-        <v>560</v>
+        <v>15</v>
       </c>
       <c r="C1873" s="1" t="s">
-        <v>1785</v>
+        <v>16</v>
       </c>
       <c r="D1873" s="1">
-        <v>4977</v>
+        <v>5053</v>
       </c>
       <c r="E1873" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1874" spans="1:5">
       <c r="A1874" s="1" t="s">
-        <v>2654</v>
+        <v>2641</v>
       </c>
       <c r="B1874" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C1874" s="1" t="s">
-        <v>28</v>
+        <v>1205</v>
       </c>
       <c r="D1874" s="1">
-        <v>4978</v>
+        <v>5054</v>
       </c>
       <c r="E1874" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1875" spans="1:5">
       <c r="A1875" s="1" t="s">
-        <v>2655</v>
+        <v>2642</v>
       </c>
       <c r="B1875" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1875" s="1" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="D1875" s="1">
-        <v>4979</v>
+        <v>5055</v>
       </c>
       <c r="E1875" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1876" spans="1:5">
       <c r="A1876" s="1" t="s">
-        <v>2656</v>
+        <v>2643</v>
       </c>
       <c r="B1876" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1876" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D1876" s="1">
-        <v>4980</v>
+        <v>5056</v>
       </c>
       <c r="E1876" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1877" spans="1:5">
       <c r="A1877" s="1" t="s">
-        <v>2657</v>
+        <v>2644</v>
       </c>
       <c r="B1877" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1877" s="1" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="D1877" s="1">
-        <v>4981</v>
+        <v>5057</v>
       </c>
       <c r="E1877" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1878" spans="1:5">
       <c r="A1878" s="1" t="s">
-        <v>2658</v>
+        <v>2645</v>
       </c>
       <c r="B1878" s="1" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C1878" s="1" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D1878" s="1">
-        <v>4982</v>
+        <v>5058</v>
       </c>
       <c r="E1878" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1879" spans="1:5">
       <c r="A1879" s="1" t="s">
-        <v>2659</v>
+        <v>2646</v>
       </c>
       <c r="B1879" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C1879" s="1" t="s">
-        <v>555</v>
+        <v>318</v>
       </c>
       <c r="D1879" s="1">
-        <v>4983</v>
+        <v>5059</v>
       </c>
       <c r="E1879" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1880" spans="1:5">
       <c r="A1880" s="1" t="s">
-        <v>2660</v>
+        <v>2647</v>
       </c>
       <c r="B1880" s="1" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="C1880" s="1" t="s">
-        <v>16</v>
+        <v>1862</v>
       </c>
       <c r="D1880" s="1">
-        <v>4984</v>
+        <v>5060</v>
       </c>
       <c r="E1880" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1881" spans="1:5">
       <c r="A1881" s="1" t="s">
-        <v>2661</v>
+        <v>2648</v>
       </c>
       <c r="B1881" s="1" t="s">
-        <v>279</v>
+        <v>404</v>
       </c>
       <c r="C1881" s="1" t="s">
-        <v>280</v>
+        <v>807</v>
       </c>
       <c r="D1881" s="1">
-        <v>4985</v>
+        <v>5061</v>
       </c>
       <c r="E1881" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1882" spans="1:5">
       <c r="A1882" s="1" t="s">
-        <v>2662</v>
+        <v>2649</v>
       </c>
       <c r="B1882" s="1" t="s">
-        <v>320</v>
+        <v>11</v>
       </c>
       <c r="C1882" s="1" t="s">
-        <v>2663</v>
+        <v>917</v>
       </c>
       <c r="D1882" s="1">
-        <v>4986</v>
+        <v>5062</v>
       </c>
       <c r="E1882" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1883" spans="1:5">
       <c r="A1883" s="1" t="s">
-        <v>2664</v>
+        <v>2650</v>
       </c>
       <c r="B1883" s="1" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="C1883" s="1" t="s">
-        <v>1029</v>
+        <v>994</v>
       </c>
       <c r="D1883" s="1">
-        <v>4987</v>
+        <v>5063</v>
       </c>
       <c r="E1883" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1884" spans="1:5">
       <c r="A1884" s="1" t="s">
-        <v>2665</v>
+        <v>2651</v>
       </c>
       <c r="B1884" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1884" s="1" t="s">
-        <v>1487</v>
+        <v>2192</v>
       </c>
       <c r="D1884" s="1">
-        <v>4988</v>
+        <v>5064</v>
       </c>
       <c r="E1884" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1885" spans="1:5">
       <c r="A1885" s="1" t="s">
-        <v>2666</v>
+        <v>2652</v>
       </c>
       <c r="B1885" s="1" t="s">
-        <v>1021</v>
+        <v>15</v>
       </c>
       <c r="C1885" s="1" t="s">
-        <v>1022</v>
+        <v>16</v>
       </c>
       <c r="D1885" s="1">
-        <v>4989</v>
+        <v>5065</v>
       </c>
       <c r="E1885" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1886" spans="1:5">
       <c r="A1886" s="1" t="s">
-        <v>2667</v>
+        <v>2653</v>
       </c>
       <c r="B1886" s="1" t="s">
-        <v>72</v>
+        <v>460</v>
       </c>
       <c r="C1886" s="1" t="s">
-        <v>861</v>
+        <v>1415</v>
       </c>
       <c r="D1886" s="1">
-        <v>4990</v>
+        <v>5066</v>
       </c>
       <c r="E1886" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1887" spans="1:5">
       <c r="A1887" s="1" t="s">
-        <v>2668</v>
+        <v>2654</v>
       </c>
       <c r="B1887" s="1" t="s">
-        <v>279</v>
+        <v>54</v>
       </c>
       <c r="C1887" s="1" t="s">
-        <v>280</v>
+        <v>2655</v>
       </c>
       <c r="D1887" s="1">
-        <v>4991</v>
+        <v>5067</v>
       </c>
       <c r="E1887" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1888" spans="1:5">
       <c r="A1888" s="1" t="s">
-        <v>2669</v>
+        <v>2656</v>
       </c>
       <c r="B1888" s="1" t="s">
-        <v>608</v>
+        <v>90</v>
       </c>
       <c r="C1888" s="1" t="s">
-        <v>991</v>
+        <v>511</v>
       </c>
       <c r="D1888" s="1">
-        <v>4992</v>
+        <v>5068</v>
       </c>
       <c r="E1888" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1889" spans="1:5">
       <c r="A1889" s="1" t="s">
-        <v>2670</v>
+        <v>2657</v>
       </c>
       <c r="B1889" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C1889" s="1" t="s">
-        <v>2671</v>
+        <v>498</v>
       </c>
       <c r="D1889" s="1">
-        <v>4993</v>
+        <v>5069</v>
       </c>
       <c r="E1889" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1890" spans="1:5">
       <c r="A1890" s="1" t="s">
-        <v>2672</v>
+        <v>2658</v>
       </c>
       <c r="B1890" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1890" s="1" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="D1890" s="1">
-        <v>4994</v>
+        <v>5070</v>
       </c>
       <c r="E1890" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1891" spans="1:5">
       <c r="A1891" s="1" t="s">
-        <v>2673</v>
+        <v>2659</v>
       </c>
       <c r="B1891" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1891" s="1" t="s">
-        <v>1258</v>
+        <v>1242</v>
       </c>
       <c r="D1891" s="1">
-        <v>4995</v>
+        <v>5071</v>
       </c>
       <c r="E1891" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1892" spans="1:5">
       <c r="A1892" s="1" t="s">
-        <v>2674</v>
+        <v>2660</v>
       </c>
       <c r="B1892" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1892" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1892" s="1">
-        <v>4998</v>
+        <v>5072</v>
       </c>
       <c r="E1892" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1893" spans="1:5">
       <c r="A1893" s="1" t="s">
-        <v>2675</v>
+        <v>2661</v>
       </c>
       <c r="B1893" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C1893" s="1" t="s">
-        <v>2676</v>
+        <v>127</v>
       </c>
       <c r="D1893" s="1">
-        <v>4999</v>
+        <v>5073</v>
       </c>
       <c r="E1893" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1894" spans="1:5">
       <c r="A1894" s="1" t="s">
-        <v>2677</v>
+        <v>2662</v>
       </c>
       <c r="B1894" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1894" s="1" t="s">
-        <v>2678</v>
+        <v>16</v>
       </c>
       <c r="D1894" s="1">
-        <v>5000</v>
+        <v>5074</v>
       </c>
       <c r="E1894" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1895" spans="1:5">
       <c r="A1895" s="1" t="s">
-        <v>2679</v>
+        <v>2663</v>
       </c>
       <c r="B1895" s="1" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
       <c r="C1895" s="1" t="s">
-        <v>7</v>
+        <v>891</v>
       </c>
       <c r="D1895" s="1">
-        <v>5001</v>
+        <v>5075</v>
       </c>
       <c r="E1895" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1896" spans="1:5">
       <c r="A1896" s="1" t="s">
-        <v>2680</v>
+        <v>2664</v>
       </c>
       <c r="B1896" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1896" s="1" t="s">
-        <v>16</v>
+        <v>511</v>
       </c>
       <c r="D1896" s="1">
-        <v>5002</v>
+        <v>5076</v>
       </c>
       <c r="E1896" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1897" spans="1:5">
       <c r="A1897" s="1" t="s">
-        <v>2681</v>
+        <v>2665</v>
       </c>
       <c r="B1897" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1897" s="1" t="s">
-        <v>176</v>
+        <v>16</v>
       </c>
       <c r="D1897" s="1">
-        <v>5003</v>
+        <v>5077</v>
       </c>
       <c r="E1897" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1898" spans="1:5">
       <c r="A1898" s="1" t="s">
-        <v>2682</v>
+        <v>2666</v>
       </c>
       <c r="B1898" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1898" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1898" s="1">
-        <v>5005</v>
+        <v>5078</v>
       </c>
       <c r="E1898" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1899" spans="1:5">
       <c r="A1899" s="1" t="s">
-        <v>2683</v>
+        <v>2667</v>
       </c>
       <c r="B1899" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1899" s="1" t="s">
-        <v>660</v>
+        <v>169</v>
       </c>
       <c r="D1899" s="1">
-        <v>5006</v>
+        <v>5079</v>
       </c>
       <c r="E1899" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1900" spans="1:5">
       <c r="A1900" s="1" t="s">
-        <v>2684</v>
+        <v>2668</v>
       </c>
       <c r="B1900" s="1" t="s">
-        <v>329</v>
+        <v>54</v>
       </c>
       <c r="C1900" s="1" t="s">
-        <v>330</v>
+        <v>169</v>
       </c>
       <c r="D1900" s="1">
-        <v>5007</v>
+        <v>5080</v>
       </c>
       <c r="E1900" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1901" spans="1:5">
       <c r="A1901" s="1" t="s">
-        <v>2685</v>
+        <v>2669</v>
       </c>
       <c r="B1901" s="1" t="s">
-        <v>72</v>
+        <v>1041</v>
       </c>
       <c r="C1901" s="1" t="s">
-        <v>573</v>
+        <v>2670</v>
       </c>
       <c r="D1901" s="1">
-        <v>5008</v>
+        <v>5082</v>
       </c>
       <c r="E1901" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1902" spans="1:5">
       <c r="A1902" s="1" t="s">
-        <v>2686</v>
+        <v>2671</v>
       </c>
       <c r="B1902" s="1" t="s">
-        <v>90</v>
+        <v>460</v>
       </c>
       <c r="C1902" s="1" t="s">
-        <v>754</v>
+        <v>461</v>
       </c>
       <c r="D1902" s="1">
-        <v>5009</v>
+        <v>5083</v>
       </c>
       <c r="E1902" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1903" spans="1:5">
       <c r="A1903" s="1" t="s">
-        <v>2687</v>
+        <v>2672</v>
       </c>
       <c r="B1903" s="1" t="s">
-        <v>54</v>
+        <v>260</v>
       </c>
       <c r="C1903" s="1" t="s">
-        <v>1482</v>
+        <v>2673</v>
       </c>
       <c r="D1903" s="1">
-        <v>5010</v>
+        <v>5084</v>
       </c>
       <c r="E1903" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1904" spans="1:5">
       <c r="A1904" s="1" t="s">
-        <v>2688</v>
+        <v>2674</v>
       </c>
       <c r="B1904" s="1" t="s">
-        <v>90</v>
+        <v>2675</v>
       </c>
       <c r="C1904" s="1" t="s">
-        <v>267</v>
+        <v>2676</v>
       </c>
       <c r="D1904" s="1">
-        <v>5011</v>
+        <v>5085</v>
       </c>
       <c r="E1904" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1905" spans="1:5">
       <c r="A1905" s="1" t="s">
-        <v>2689</v>
+        <v>2677</v>
       </c>
       <c r="B1905" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1905" s="1" t="s">
-        <v>267</v>
+        <v>16</v>
       </c>
       <c r="D1905" s="1">
-        <v>5012</v>
+        <v>5086</v>
       </c>
       <c r="E1905" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1906" spans="1:5">
       <c r="A1906" s="1" t="s">
-        <v>2690</v>
+        <v>2678</v>
       </c>
       <c r="B1906" s="1" t="s">
-        <v>11</v>
+        <v>94</v>
       </c>
       <c r="C1906" s="1" t="s">
-        <v>555</v>
+        <v>95</v>
       </c>
       <c r="D1906" s="1">
-        <v>5013</v>
+        <v>5087</v>
       </c>
       <c r="E1906" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1907" spans="1:5">
       <c r="A1907" s="1" t="s">
-        <v>2691</v>
+        <v>2679</v>
       </c>
       <c r="B1907" s="1" t="s">
-        <v>329</v>
+        <v>274</v>
       </c>
       <c r="C1907" s="1" t="s">
-        <v>1725</v>
+        <v>999</v>
       </c>
       <c r="D1907" s="1">
-        <v>5014</v>
+        <v>5088</v>
       </c>
       <c r="E1907" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1908" spans="1:5">
       <c r="A1908" s="1" t="s">
-        <v>2692</v>
+        <v>2680</v>
       </c>
       <c r="B1908" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1908" s="1" t="s">
-        <v>98</v>
+        <v>130</v>
       </c>
       <c r="D1908" s="1">
-        <v>5015</v>
+        <v>5089</v>
       </c>
       <c r="E1908" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1909" spans="1:5">
       <c r="A1909" s="1" t="s">
-        <v>2693</v>
+        <v>2681</v>
       </c>
       <c r="B1909" s="1" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="C1909" s="1" t="s">
-        <v>471</v>
+        <v>2682</v>
       </c>
       <c r="D1909" s="1">
-        <v>5016</v>
+        <v>5090</v>
       </c>
       <c r="E1909" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1910" spans="1:5">
       <c r="A1910" s="1" t="s">
-        <v>2694</v>
+        <v>2683</v>
       </c>
       <c r="B1910" s="1" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
       <c r="C1910" s="1" t="s">
-        <v>570</v>
+        <v>178</v>
       </c>
       <c r="D1910" s="1">
-        <v>5017</v>
+        <v>5091</v>
       </c>
       <c r="E1910" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1911" spans="1:5">
       <c r="A1911" s="1" t="s">
-        <v>2695</v>
+        <v>2684</v>
       </c>
       <c r="B1911" s="1" t="s">
-        <v>293</v>
+        <v>15</v>
       </c>
       <c r="C1911" s="1" t="s">
-        <v>294</v>
+        <v>16</v>
       </c>
       <c r="D1911" s="1">
-        <v>5018</v>
+        <v>5092</v>
       </c>
       <c r="E1911" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1912" spans="1:5">
       <c r="A1912" s="1" t="s">
-        <v>2696</v>
+        <v>2685</v>
       </c>
       <c r="B1912" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1912" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D1912" s="1">
-        <v>5019</v>
+        <v>5093</v>
       </c>
       <c r="E1912" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1913" spans="1:5">
       <c r="A1913" s="1" t="s">
-        <v>2697</v>
+        <v>2686</v>
       </c>
       <c r="B1913" s="1" t="s">
-        <v>90</v>
+        <v>310</v>
       </c>
       <c r="C1913" s="1" t="s">
-        <v>596</v>
+        <v>2687</v>
       </c>
       <c r="D1913" s="1">
-        <v>5021</v>
+        <v>5094</v>
       </c>
       <c r="E1913" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1914" spans="1:5">
       <c r="A1914" s="1" t="s">
-        <v>2698</v>
+        <v>2688</v>
       </c>
       <c r="B1914" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1914" s="1" t="s">
-        <v>1713</v>
+        <v>127</v>
       </c>
       <c r="D1914" s="1">
-        <v>5022</v>
+        <v>5095</v>
       </c>
       <c r="E1914" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1915" spans="1:5">
       <c r="A1915" s="1" t="s">
-        <v>2699</v>
+        <v>2689</v>
       </c>
       <c r="B1915" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C1915" s="1" t="s">
-        <v>16</v>
+        <v>1350</v>
       </c>
       <c r="D1915" s="1">
-        <v>5023</v>
+        <v>5096</v>
       </c>
       <c r="E1915" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1916" spans="1:5">
       <c r="A1916" s="1" t="s">
-        <v>2700</v>
+        <v>2690</v>
       </c>
       <c r="B1916" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="C1916" s="1" t="s">
-        <v>2701</v>
+        <v>130</v>
       </c>
       <c r="D1916" s="1">
-        <v>5024</v>
+        <v>5097</v>
       </c>
       <c r="E1916" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1917" spans="1:5">
       <c r="A1917" s="1" t="s">
-        <v>2702</v>
+        <v>2691</v>
       </c>
       <c r="B1917" s="1" t="s">
-        <v>42</v>
+        <v>244</v>
       </c>
       <c r="C1917" s="1" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="D1917" s="1">
-        <v>5025</v>
+        <v>5098</v>
       </c>
       <c r="E1917" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1918" spans="1:5">
       <c r="A1918" s="1" t="s">
-        <v>2703</v>
+        <v>2692</v>
       </c>
       <c r="B1918" s="1" t="s">
-        <v>15</v>
+        <v>2693</v>
       </c>
       <c r="C1918" s="1" t="s">
-        <v>139</v>
+        <v>2693</v>
       </c>
       <c r="D1918" s="1">
-        <v>5026</v>
+        <v>5099</v>
       </c>
       <c r="E1918" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1919" spans="1:5">
       <c r="A1919" s="1" t="s">
-        <v>2704</v>
+        <v>2694</v>
       </c>
       <c r="B1919" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1919" s="1" t="s">
-        <v>136</v>
+        <v>55</v>
       </c>
       <c r="D1919" s="1">
-        <v>5028</v>
+        <v>5100</v>
       </c>
       <c r="E1919" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1920" spans="1:5">
       <c r="A1920" s="1" t="s">
-        <v>2705</v>
+        <v>2695</v>
       </c>
       <c r="B1920" s="1" t="s">
-        <v>15</v>
+        <v>533</v>
       </c>
       <c r="C1920" s="1" t="s">
-        <v>16</v>
+        <v>2249</v>
       </c>
       <c r="D1920" s="1">
-        <v>5029</v>
+        <v>5101</v>
       </c>
       <c r="E1920" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1921" spans="1:5">
       <c r="A1921" s="1" t="s">
-        <v>2706</v>
+        <v>2696</v>
       </c>
       <c r="B1921" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C1921" s="1" t="s">
-        <v>793</v>
+        <v>873</v>
       </c>
       <c r="D1921" s="1">
-        <v>5030</v>
+        <v>5103</v>
       </c>
       <c r="E1921" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1922" spans="1:5">
       <c r="A1922" s="1" t="s">
-        <v>2707</v>
+        <v>2697</v>
       </c>
       <c r="B1922" s="1" t="s">
-        <v>72</v>
+        <v>301</v>
       </c>
       <c r="C1922" s="1" t="s">
-        <v>759</v>
+        <v>302</v>
       </c>
       <c r="D1922" s="1">
-        <v>5031</v>
+        <v>5104</v>
       </c>
       <c r="E1922" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1923" spans="1:5">
       <c r="A1923" s="1" t="s">
-        <v>2708</v>
+        <v>2698</v>
       </c>
       <c r="B1923" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1923" s="1" t="s">
-        <v>139</v>
+        <v>215</v>
       </c>
       <c r="D1923" s="1">
-        <v>5032</v>
+        <v>5107</v>
       </c>
       <c r="E1923" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1924" spans="1:5">
       <c r="A1924" s="1" t="s">
-        <v>2709</v>
+        <v>2699</v>
       </c>
       <c r="B1924" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1924" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D1924" s="1">
-        <v>5033</v>
+        <v>5108</v>
       </c>
       <c r="E1924" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1925" spans="1:5">
       <c r="A1925" s="1" t="s">
-        <v>2710</v>
+        <v>2700</v>
       </c>
       <c r="B1925" s="1" t="s">
-        <v>15</v>
+        <v>980</v>
       </c>
       <c r="C1925" s="1" t="s">
-        <v>16</v>
+        <v>981</v>
       </c>
       <c r="D1925" s="1">
-        <v>5034</v>
+        <v>5110</v>
       </c>
       <c r="E1925" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1926" spans="1:5">
       <c r="A1926" s="1" t="s">
-        <v>2711</v>
+        <v>2701</v>
       </c>
       <c r="B1926" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1926" s="1" t="s">
-        <v>235</v>
+        <v>130</v>
       </c>
       <c r="D1926" s="1">
-        <v>5035</v>
+        <v>5111</v>
       </c>
       <c r="E1926" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1927" spans="1:5">
       <c r="A1927" s="1" t="s">
-        <v>2712</v>
+        <v>2702</v>
       </c>
       <c r="B1927" s="1" t="s">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="C1927" s="1" t="s">
-        <v>91</v>
+        <v>1224</v>
       </c>
       <c r="D1927" s="1">
-        <v>5036</v>
+        <v>5112</v>
       </c>
       <c r="E1927" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1928" spans="1:5">
       <c r="A1928" s="1" t="s">
-        <v>2713</v>
+        <v>2703</v>
       </c>
       <c r="B1928" s="1" t="s">
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="C1928" s="1" t="s">
-        <v>409</v>
+        <v>1003</v>
       </c>
       <c r="D1928" s="1">
-        <v>5037</v>
+        <v>5115</v>
       </c>
       <c r="E1928" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1929" spans="1:5">
       <c r="A1929" s="1" t="s">
-        <v>2714</v>
+        <v>2704</v>
       </c>
       <c r="B1929" s="1" t="s">
-        <v>128</v>
+        <v>38</v>
       </c>
       <c r="C1929" s="1" t="s">
-        <v>264</v>
+        <v>925</v>
       </c>
       <c r="D1929" s="1">
-        <v>5038</v>
+        <v>5116</v>
       </c>
       <c r="E1929" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1930" spans="1:5">
       <c r="A1930" s="1" t="s">
-        <v>2715</v>
+        <v>2705</v>
       </c>
       <c r="B1930" s="1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C1930" s="1" t="s">
-        <v>2479</v>
+        <v>16</v>
       </c>
       <c r="D1930" s="1">
-        <v>5039</v>
+        <v>5117</v>
       </c>
       <c r="E1930" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1931" spans="1:5">
       <c r="A1931" s="1" t="s">
-        <v>2716</v>
+        <v>2706</v>
       </c>
       <c r="B1931" s="1" t="s">
-        <v>38</v>
+        <v>90</v>
       </c>
       <c r="C1931" s="1" t="s">
-        <v>641</v>
+        <v>566</v>
       </c>
       <c r="D1931" s="1">
-        <v>5040</v>
+        <v>5118</v>
       </c>
       <c r="E1931" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1932" spans="1:5">
       <c r="A1932" s="1" t="s">
-        <v>2717</v>
+        <v>2707</v>
       </c>
       <c r="B1932" s="1" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C1932" s="1" t="s">
-        <v>87</v>
+        <v>1428</v>
       </c>
       <c r="D1932" s="1">
-        <v>5041</v>
+        <v>5119</v>
       </c>
       <c r="E1932" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1933" spans="1:5">
       <c r="A1933" s="1" t="s">
-        <v>2718</v>
+        <v>2708</v>
       </c>
       <c r="B1933" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C1933" s="1" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
       <c r="D1933" s="1">
-        <v>5042</v>
+        <v>5120</v>
       </c>
       <c r="E1933" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1934" spans="1:5">
       <c r="A1934" s="1" t="s">
-        <v>2719</v>
+        <v>2709</v>
       </c>
       <c r="B1934" s="1" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C1934" s="1" t="s">
-        <v>166</v>
+        <v>595</v>
       </c>
       <c r="D1934" s="1">
-        <v>5043</v>
+        <v>5121</v>
       </c>
       <c r="E1934" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1935" spans="1:5">
       <c r="A1935" s="1" t="s">
-        <v>2720</v>
+        <v>2710</v>
       </c>
       <c r="B1935" s="1" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="C1935" s="1" t="s">
-        <v>321</v>
+        <v>76</v>
       </c>
       <c r="D1935" s="1">
-        <v>5044</v>
+        <v>5122</v>
       </c>
       <c r="E1935" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1936" spans="1:5">
       <c r="A1936" s="1" t="s">
-        <v>2721</v>
+        <v>2711</v>
       </c>
       <c r="B1936" s="1" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C1936" s="1" t="s">
-        <v>1630</v>
+        <v>1015</v>
       </c>
       <c r="D1936" s="1">
-        <v>5045</v>
+        <v>5123</v>
       </c>
       <c r="E1936" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1937" spans="1:5">
       <c r="A1937" s="1" t="s">
-        <v>2722</v>
+        <v>2712</v>
       </c>
       <c r="B1937" s="1" t="s">
-        <v>68</v>
+        <v>244</v>
       </c>
       <c r="C1937" s="1" t="s">
-        <v>1666</v>
+        <v>919</v>
       </c>
       <c r="D1937" s="1">
-        <v>5046</v>
+        <v>5124</v>
       </c>
       <c r="E1937" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1938" spans="1:5">
       <c r="A1938" s="1" t="s">
-        <v>2723</v>
+        <v>2713</v>
       </c>
       <c r="B1938" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1938" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D1938" s="1">
-        <v>5047</v>
+        <v>5125</v>
       </c>
       <c r="E1938" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1939" spans="1:5">
       <c r="A1939" s="1" t="s">
-        <v>2724</v>
+        <v>2714</v>
       </c>
       <c r="B1939" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1939" s="1" t="s">
-        <v>169</v>
+        <v>55</v>
       </c>
       <c r="D1939" s="1">
-        <v>5048</v>
+        <v>5126</v>
       </c>
       <c r="E1939" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1940" spans="1:5">
       <c r="A1940" s="1" t="s">
-        <v>2725</v>
+        <v>2715</v>
       </c>
       <c r="B1940" s="1" t="s">
-        <v>11</v>
+        <v>578</v>
       </c>
       <c r="C1940" s="1" t="s">
-        <v>28</v>
+        <v>950</v>
       </c>
       <c r="D1940" s="1">
-        <v>5050</v>
+        <v>5127</v>
       </c>
       <c r="E1940" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1941" spans="1:5">
       <c r="A1941" s="1" t="s">
-        <v>2726</v>
+        <v>2716</v>
       </c>
       <c r="B1941" s="1" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="C1941" s="1" t="s">
-        <v>98</v>
+        <v>1397</v>
       </c>
       <c r="D1941" s="1">
-        <v>5051</v>
+        <v>5128</v>
       </c>
       <c r="E1941" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1942" spans="1:5">
       <c r="A1942" s="1" t="s">
-        <v>2727</v>
+        <v>2717</v>
       </c>
       <c r="B1942" s="1" t="s">
-        <v>430</v>
+        <v>15</v>
       </c>
       <c r="C1942" s="1" t="s">
-        <v>851</v>
+        <v>16</v>
       </c>
       <c r="D1942" s="1">
-        <v>5052</v>
+        <v>5129</v>
       </c>
       <c r="E1942" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1943" spans="1:5">
       <c r="A1943" s="1" t="s">
-        <v>2728</v>
+        <v>2718</v>
       </c>
       <c r="B1943" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1943" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1943" s="1">
-        <v>5053</v>
+        <v>5132</v>
       </c>
       <c r="E1943" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1944" spans="1:5">
       <c r="A1944" s="1" t="s">
-        <v>2729</v>
+        <v>2719</v>
       </c>
       <c r="B1944" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1944" s="1" t="s">
-        <v>1258</v>
+        <v>374</v>
       </c>
       <c r="D1944" s="1">
-        <v>5054</v>
+        <v>5133</v>
       </c>
       <c r="E1944" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1945" spans="1:5">
       <c r="A1945" s="1" t="s">
-        <v>2730</v>
+        <v>2720</v>
       </c>
       <c r="B1945" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1945" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1945" s="1">
-        <v>5055</v>
+        <v>5134</v>
       </c>
       <c r="E1945" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1946" spans="1:5">
       <c r="A1946" s="1" t="s">
-        <v>2731</v>
+        <v>2721</v>
       </c>
       <c r="B1946" s="1" t="s">
-        <v>11</v>
+        <v>151</v>
       </c>
       <c r="C1946" s="1" t="s">
-        <v>28</v>
+        <v>2722</v>
       </c>
       <c r="D1946" s="1">
-        <v>5056</v>
+        <v>5135</v>
       </c>
       <c r="E1946" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1947" spans="1:5">
       <c r="A1947" s="1" t="s">
-        <v>2732</v>
+        <v>2723</v>
       </c>
       <c r="B1947" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="C1947" s="1" t="s">
-        <v>28</v>
+        <v>164</v>
       </c>
       <c r="D1947" s="1">
-        <v>5057</v>
+        <v>5136</v>
       </c>
       <c r="E1947" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1948" spans="1:5">
       <c r="A1948" s="1" t="s">
-        <v>2733</v>
+        <v>2724</v>
       </c>
       <c r="B1948" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1948" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1948" s="1">
-        <v>5058</v>
+        <v>5137</v>
       </c>
       <c r="E1948" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1949" spans="1:5">
       <c r="A1949" s="1" t="s">
-        <v>2734</v>
+        <v>2725</v>
       </c>
       <c r="B1949" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C1949" s="1" t="s">
-        <v>169</v>
+        <v>413</v>
       </c>
       <c r="D1949" s="1">
-        <v>5059</v>
+        <v>5138</v>
       </c>
       <c r="E1949" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1950" spans="1:5">
       <c r="A1950" s="1" t="s">
-        <v>2735</v>
+        <v>2726</v>
       </c>
       <c r="B1950" s="1" t="s">
-        <v>320</v>
+        <v>72</v>
       </c>
       <c r="C1950" s="1" t="s">
-        <v>1938</v>
+        <v>73</v>
       </c>
       <c r="D1950" s="1">
-        <v>5060</v>
+        <v>5139</v>
       </c>
       <c r="E1950" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1951" spans="1:5">
       <c r="A1951" s="1" t="s">
-        <v>2736</v>
+        <v>2727</v>
       </c>
       <c r="B1951" s="1" t="s">
-        <v>430</v>
+        <v>1516</v>
       </c>
       <c r="C1951" s="1" t="s">
-        <v>841</v>
+        <v>2728</v>
       </c>
       <c r="D1951" s="1">
-        <v>5061</v>
+        <v>5140</v>
       </c>
       <c r="E1951" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1952" spans="1:5">
       <c r="A1952" s="1" t="s">
-        <v>2737</v>
+        <v>2729</v>
       </c>
       <c r="B1952" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C1952" s="1" t="s">
-        <v>960</v>
+        <v>12</v>
       </c>
       <c r="D1952" s="1">
-        <v>5062</v>
+        <v>5141</v>
       </c>
       <c r="E1952" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1953" spans="1:5">
       <c r="A1953" s="1" t="s">
-        <v>2738</v>
+        <v>2730</v>
       </c>
       <c r="B1953" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C1953" s="1" t="s">
-        <v>1035</v>
+        <v>445</v>
       </c>
       <c r="D1953" s="1">
-        <v>5063</v>
+        <v>5142</v>
       </c>
       <c r="E1953" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1954" spans="1:5">
       <c r="A1954" s="1" t="s">
-        <v>2739</v>
+        <v>2731</v>
       </c>
       <c r="B1954" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1954" s="1" t="s">
-        <v>1713</v>
+        <v>16</v>
       </c>
       <c r="D1954" s="1">
-        <v>5064</v>
+        <v>5143</v>
       </c>
       <c r="E1954" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1955" spans="1:5">
       <c r="A1955" s="1" t="s">
-        <v>2740</v>
+        <v>2732</v>
       </c>
       <c r="B1955" s="1" t="s">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="C1955" s="1" t="s">
-        <v>16</v>
+        <v>152</v>
       </c>
       <c r="D1955" s="1">
-        <v>5065</v>
+        <v>5144</v>
       </c>
       <c r="E1955" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1956" spans="1:5">
       <c r="A1956" s="1" t="s">
-        <v>2741</v>
+        <v>2733</v>
       </c>
       <c r="B1956" s="1" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="C1956" s="1" t="s">
-        <v>1468</v>
+        <v>2734</v>
       </c>
       <c r="D1956" s="1">
-        <v>5066</v>
+        <v>5145</v>
       </c>
       <c r="E1956" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1957" spans="1:5">
       <c r="A1957" s="1" t="s">
-        <v>2742</v>
+        <v>2735</v>
       </c>
       <c r="B1957" s="1" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="C1957" s="1" t="s">
-        <v>2743</v>
+        <v>73</v>
       </c>
       <c r="D1957" s="1">
-        <v>5067</v>
+        <v>5146</v>
       </c>
       <c r="E1957" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1958" spans="1:5">
       <c r="A1958" s="1" t="s">
-        <v>2744</v>
+        <v>2736</v>
       </c>
       <c r="B1958" s="1" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="C1958" s="1" t="s">
-        <v>535</v>
+        <v>28</v>
       </c>
       <c r="D1958" s="1">
-        <v>5068</v>
+        <v>5147</v>
       </c>
       <c r="E1958" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1959" spans="1:5">
       <c r="A1959" s="1" t="s">
-        <v>2745</v>
+        <v>2737</v>
       </c>
       <c r="B1959" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1959" s="1" t="s">
-        <v>98</v>
+        <v>1205</v>
       </c>
       <c r="D1959" s="1">
-        <v>5069</v>
+        <v>5148</v>
       </c>
       <c r="E1959" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1960" spans="1:5">
       <c r="A1960" s="1" t="s">
-        <v>2746</v>
+        <v>2738</v>
       </c>
       <c r="B1960" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1960" s="1" t="s">
-        <v>139</v>
+        <v>1007</v>
       </c>
       <c r="D1960" s="1">
-        <v>5070</v>
+        <v>5149</v>
       </c>
       <c r="E1960" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1961" spans="1:5">
       <c r="A1961" s="1" t="s">
-        <v>2747</v>
+        <v>2739</v>
       </c>
       <c r="B1961" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1961" s="1" t="s">
-        <v>1295</v>
+        <v>16</v>
       </c>
       <c r="D1961" s="1">
-        <v>5071</v>
+        <v>5150</v>
       </c>
       <c r="E1961" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1962" spans="1:5">
       <c r="A1962" s="1" t="s">
-        <v>2748</v>
+        <v>2740</v>
       </c>
       <c r="B1962" s="1" t="s">
-        <v>15</v>
+        <v>439</v>
       </c>
       <c r="C1962" s="1" t="s">
-        <v>16</v>
+        <v>2741</v>
       </c>
       <c r="D1962" s="1">
-        <v>5072</v>
+        <v>5151</v>
       </c>
       <c r="E1962" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1963" spans="1:5">
       <c r="A1963" s="1" t="s">
-        <v>2749</v>
+        <v>2742</v>
       </c>
       <c r="B1963" s="1" t="s">
-        <v>54</v>
+        <v>151</v>
       </c>
       <c r="C1963" s="1" t="s">
-        <v>136</v>
+        <v>2743</v>
       </c>
       <c r="D1963" s="1">
-        <v>5073</v>
+        <v>5152</v>
       </c>
       <c r="E1963" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1964" spans="1:5">
       <c r="A1964" s="1" t="s">
-        <v>2750</v>
+        <v>2744</v>
       </c>
       <c r="B1964" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1964" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1964" s="1">
-        <v>5074</v>
+        <v>5153</v>
       </c>
       <c r="E1964" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1965" spans="1:5">
       <c r="A1965" s="1" t="s">
-        <v>2751</v>
+        <v>2745</v>
       </c>
       <c r="B1965" s="1" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="C1965" s="1" t="s">
-        <v>931</v>
+        <v>43</v>
       </c>
       <c r="D1965" s="1">
-        <v>5075</v>
+        <v>5154</v>
       </c>
       <c r="E1965" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1966" spans="1:5">
       <c r="A1966" s="1" t="s">
-        <v>2752</v>
+        <v>2746</v>
       </c>
       <c r="B1966" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C1966" s="1" t="s">
-        <v>535</v>
+        <v>16</v>
       </c>
       <c r="D1966" s="1">
-        <v>5076</v>
+        <v>5155</v>
       </c>
       <c r="E1966" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1967" spans="1:5">
       <c r="A1967" s="1" t="s">
-        <v>2753</v>
+        <v>2747</v>
       </c>
       <c r="B1967" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1967" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1967" s="1">
-        <v>5077</v>
+        <v>5156</v>
       </c>
       <c r="E1967" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1968" spans="1:5">
       <c r="A1968" s="1" t="s">
-        <v>2754</v>
+        <v>2748</v>
       </c>
       <c r="B1968" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1968" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D1968" s="1">
-        <v>5078</v>
+        <v>5157</v>
       </c>
       <c r="E1968" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1969" spans="1:5">
       <c r="A1969" s="1" t="s">
-        <v>2755</v>
+        <v>2749</v>
       </c>
       <c r="B1969" s="1" t="s">
-        <v>54</v>
+        <v>533</v>
       </c>
       <c r="C1969" s="1" t="s">
-        <v>181</v>
+        <v>616</v>
       </c>
       <c r="D1969" s="1">
-        <v>5079</v>
+        <v>5158</v>
       </c>
       <c r="E1969" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1970" spans="1:5">
       <c r="A1970" s="1" t="s">
-        <v>2756</v>
+        <v>2750</v>
       </c>
       <c r="B1970" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C1970" s="1" t="s">
-        <v>181</v>
+        <v>127</v>
       </c>
       <c r="D1970" s="1">
-        <v>5080</v>
+        <v>5159</v>
       </c>
       <c r="E1970" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1971" spans="1:5">
       <c r="A1971" s="1" t="s">
-        <v>2757</v>
+        <v>2751</v>
       </c>
       <c r="B1971" s="1" t="s">
-        <v>1082</v>
+        <v>15</v>
       </c>
       <c r="C1971" s="1" t="s">
-        <v>2758</v>
+        <v>16</v>
       </c>
       <c r="D1971" s="1">
-        <v>5082</v>
+        <v>5160</v>
       </c>
       <c r="E1971" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1972" spans="1:5">
       <c r="A1972" s="1" t="s">
-        <v>2759</v>
+        <v>2752</v>
       </c>
       <c r="B1972" s="1" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="C1972" s="1" t="s">
-        <v>185</v>
+        <v>127</v>
       </c>
       <c r="D1972" s="1">
-        <v>5083</v>
+        <v>5161</v>
       </c>
       <c r="E1972" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1973" spans="1:5">
       <c r="A1973" s="1" t="s">
-        <v>2760</v>
+        <v>2753</v>
       </c>
       <c r="B1973" s="1" t="s">
-        <v>279</v>
+        <v>90</v>
       </c>
       <c r="C1973" s="1" t="s">
-        <v>2761</v>
+        <v>511</v>
       </c>
       <c r="D1973" s="1">
-        <v>5084</v>
+        <v>5162</v>
       </c>
       <c r="E1973" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1974" spans="1:5">
       <c r="A1974" s="1" t="s">
-        <v>2762</v>
+        <v>2754</v>
       </c>
       <c r="B1974" s="1" t="s">
-        <v>2763</v>
+        <v>11</v>
       </c>
       <c r="C1974" s="1" t="s">
-        <v>2764</v>
+        <v>1072</v>
       </c>
       <c r="D1974" s="1">
-        <v>5085</v>
+        <v>5163</v>
       </c>
       <c r="E1974" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1975" spans="1:5">
       <c r="A1975" s="1" t="s">
-        <v>2765</v>
+        <v>2755</v>
       </c>
       <c r="B1975" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1975" s="1" t="s">
-        <v>16</v>
+        <v>595</v>
       </c>
       <c r="D1975" s="1">
-        <v>5086</v>
+        <v>5164</v>
       </c>
       <c r="E1975" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1976" spans="1:5">
       <c r="A1976" s="1" t="s">
-        <v>2766</v>
+        <v>2756</v>
       </c>
       <c r="B1976" s="1" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="C1976" s="1" t="s">
-        <v>95</v>
+        <v>1242</v>
       </c>
       <c r="D1976" s="1">
-        <v>5087</v>
+        <v>5165</v>
       </c>
       <c r="E1976" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1977" spans="1:5">
       <c r="A1977" s="1" t="s">
-        <v>2767</v>
+        <v>2757</v>
       </c>
       <c r="B1977" s="1" t="s">
-        <v>293</v>
+        <v>90</v>
       </c>
       <c r="C1977" s="1" t="s">
-        <v>1040</v>
+        <v>1205</v>
       </c>
       <c r="D1977" s="1">
-        <v>5088</v>
+        <v>5166</v>
       </c>
       <c r="E1977" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1978" spans="1:5">
       <c r="A1978" s="1" t="s">
-        <v>2768</v>
+        <v>2758</v>
       </c>
       <c r="B1978" s="1" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C1978" s="1" t="s">
-        <v>139</v>
+        <v>2759</v>
       </c>
       <c r="D1978" s="1">
-        <v>5089</v>
+        <v>5167</v>
       </c>
       <c r="E1978" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1979" spans="1:5">
       <c r="A1979" s="1" t="s">
-        <v>2769</v>
+        <v>2760</v>
       </c>
       <c r="B1979" s="1" t="s">
-        <v>22</v>
+        <v>244</v>
       </c>
       <c r="C1979" s="1" t="s">
-        <v>2770</v>
+        <v>245</v>
       </c>
       <c r="D1979" s="1">
-        <v>5090</v>
+        <v>5168</v>
       </c>
       <c r="E1979" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1980" spans="1:5">
       <c r="A1980" s="1" t="s">
-        <v>2771</v>
+        <v>2761</v>
       </c>
       <c r="B1980" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C1980" s="1" t="s">
-        <v>198</v>
+        <v>130</v>
       </c>
       <c r="D1980" s="1">
-        <v>5091</v>
+        <v>5169</v>
       </c>
       <c r="E1980" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1981" spans="1:5">
       <c r="A1981" s="1" t="s">
-        <v>2772</v>
+        <v>2762</v>
       </c>
       <c r="B1981" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1981" s="1" t="s">
-        <v>16</v>
+        <v>595</v>
       </c>
       <c r="D1981" s="1">
-        <v>5092</v>
+        <v>5170</v>
       </c>
       <c r="E1981" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1982" spans="1:5">
       <c r="A1982" s="1" t="s">
-        <v>2773</v>
+        <v>2763</v>
       </c>
       <c r="B1982" s="1" t="s">
-        <v>54</v>
+        <v>310</v>
       </c>
       <c r="C1982" s="1" t="s">
-        <v>55</v>
+        <v>543</v>
       </c>
       <c r="D1982" s="1">
-        <v>5093</v>
+        <v>5171</v>
       </c>
       <c r="E1982" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1983" spans="1:5">
       <c r="A1983" s="1" t="s">
-        <v>2774</v>
+        <v>2764</v>
       </c>
       <c r="B1983" s="1" t="s">
-        <v>329</v>
+        <v>54</v>
       </c>
       <c r="C1983" s="1" t="s">
-        <v>2775</v>
+        <v>55</v>
       </c>
       <c r="D1983" s="1">
-        <v>5094</v>
+        <v>5172</v>
       </c>
       <c r="E1983" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1984" spans="1:5">
       <c r="A1984" s="1" t="s">
-        <v>2776</v>
+        <v>2765</v>
       </c>
       <c r="B1984" s="1" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="C1984" s="1" t="s">
-        <v>136</v>
+        <v>930</v>
       </c>
       <c r="D1984" s="1">
-        <v>5095</v>
+        <v>5173</v>
       </c>
       <c r="E1984" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1985" spans="1:5">
       <c r="A1985" s="1" t="s">
-        <v>2777</v>
+        <v>2766</v>
       </c>
       <c r="B1985" s="1" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C1985" s="1" t="s">
-        <v>1403</v>
+        <v>7</v>
       </c>
       <c r="D1985" s="1">
-        <v>5096</v>
+        <v>5174</v>
       </c>
       <c r="E1985" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1986" spans="1:5">
       <c r="A1986" s="1" t="s">
-        <v>2778</v>
+        <v>2767</v>
       </c>
       <c r="B1986" s="1" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="C1986" s="1" t="s">
-        <v>139</v>
+        <v>933</v>
       </c>
       <c r="D1986" s="1">
-        <v>5097</v>
+        <v>5175</v>
       </c>
       <c r="E1986" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1987" spans="1:5">
       <c r="A1987" s="1" t="s">
-        <v>2779</v>
+        <v>2768</v>
       </c>
       <c r="B1987" s="1" t="s">
-        <v>128</v>
+        <v>22</v>
       </c>
       <c r="C1987" s="1" t="s">
-        <v>264</v>
+        <v>2482</v>
       </c>
       <c r="D1987" s="1">
-        <v>5098</v>
+        <v>5176</v>
       </c>
       <c r="E1987" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1988" spans="1:5">
       <c r="A1988" s="1" t="s">
-        <v>2780</v>
+        <v>2769</v>
       </c>
       <c r="B1988" s="1" t="s">
-        <v>2781</v>
+        <v>90</v>
       </c>
       <c r="C1988" s="1" t="s">
-        <v>2781</v>
+        <v>511</v>
       </c>
       <c r="D1988" s="1">
-        <v>5099</v>
+        <v>5177</v>
       </c>
       <c r="E1988" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1989" spans="1:5">
       <c r="A1989" s="1" t="s">
-        <v>2782</v>
+        <v>2770</v>
       </c>
       <c r="B1989" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C1989" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D1989" s="1">
-        <v>5100</v>
+        <v>5178</v>
       </c>
       <c r="E1989" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1990" spans="1:5">
       <c r="A1990" s="1" t="s">
-        <v>2783</v>
+        <v>2771</v>
       </c>
       <c r="B1990" s="1" t="s">
-        <v>560</v>
+        <v>15</v>
       </c>
       <c r="C1990" s="1" t="s">
-        <v>2331</v>
+        <v>16</v>
       </c>
       <c r="D1990" s="1">
-        <v>5101</v>
+        <v>5179</v>
       </c>
       <c r="E1990" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1991" spans="1:5">
       <c r="A1991" s="1" t="s">
-        <v>2784</v>
+        <v>2772</v>
       </c>
       <c r="B1991" s="1" t="s">
-        <v>90</v>
+        <v>533</v>
       </c>
       <c r="C1991" s="1" t="s">
-        <v>912</v>
+        <v>2249</v>
       </c>
       <c r="D1991" s="1">
-        <v>5103</v>
+        <v>5180</v>
       </c>
       <c r="E1991" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1992" spans="1:5">
       <c r="A1992" s="1" t="s">
-        <v>2785</v>
+        <v>2773</v>
       </c>
       <c r="B1992" s="1" t="s">
-        <v>320</v>
+        <v>15</v>
       </c>
       <c r="C1992" s="1" t="s">
-        <v>321</v>
+        <v>16</v>
       </c>
       <c r="D1992" s="1">
-        <v>5104</v>
+        <v>5181</v>
       </c>
       <c r="E1992" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1993" spans="1:5">
       <c r="A1993" s="1" t="s">
-        <v>2786</v>
+        <v>2774</v>
       </c>
       <c r="B1993" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C1993" s="1" t="s">
-        <v>235</v>
+        <v>1428</v>
       </c>
       <c r="D1993" s="1">
-        <v>5107</v>
+        <v>5182</v>
       </c>
       <c r="E1993" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1994" spans="1:5">
       <c r="A1994" s="1" t="s">
-        <v>2787</v>
+        <v>2775</v>
       </c>
       <c r="B1994" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1994" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1994" s="1">
-        <v>5108</v>
+        <v>5183</v>
       </c>
       <c r="E1994" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1995" spans="1:5">
       <c r="A1995" s="1" t="s">
-        <v>2788</v>
+        <v>2776</v>
       </c>
       <c r="B1995" s="1" t="s">
-        <v>1021</v>
+        <v>15</v>
       </c>
       <c r="C1995" s="1" t="s">
-        <v>1022</v>
+        <v>16</v>
       </c>
       <c r="D1995" s="1">
-        <v>5110</v>
+        <v>5184</v>
       </c>
       <c r="E1995" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1996" spans="1:5">
       <c r="A1996" s="1" t="s">
-        <v>2789</v>
+        <v>2777</v>
       </c>
       <c r="B1996" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C1996" s="1" t="s">
-        <v>139</v>
+        <v>1875</v>
       </c>
       <c r="D1996" s="1">
-        <v>5111</v>
+        <v>5185</v>
       </c>
       <c r="E1996" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1997" spans="1:5">
       <c r="A1997" s="1" t="s">
-        <v>2790</v>
+        <v>2778</v>
       </c>
       <c r="B1997" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C1997" s="1" t="s">
-        <v>1277</v>
+        <v>335</v>
       </c>
       <c r="D1997" s="1">
-        <v>5112</v>
+        <v>5186</v>
       </c>
       <c r="E1997" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1998" spans="1:5">
       <c r="A1998" s="1" t="s">
-        <v>2791</v>
+        <v>2779</v>
       </c>
       <c r="B1998" s="1" t="s">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="C1998" s="1" t="s">
-        <v>1044</v>
+        <v>91</v>
       </c>
       <c r="D1998" s="1">
-        <v>5115</v>
+        <v>5187</v>
       </c>
       <c r="E1998" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="1999" spans="1:5">
       <c r="A1999" s="1" t="s">
-        <v>2792</v>
+        <v>2780</v>
       </c>
       <c r="B1999" s="1" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C1999" s="1" t="s">
-        <v>967</v>
+        <v>1264</v>
       </c>
       <c r="D1999" s="1">
-        <v>5116</v>
+        <v>5188</v>
       </c>
       <c r="E1999" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2000" spans="1:5">
       <c r="A2000" s="1" t="s">
-        <v>2793</v>
+        <v>2781</v>
       </c>
       <c r="B2000" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C2000" s="1" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="D2000" s="1">
-        <v>5117</v>
+        <v>5189</v>
       </c>
       <c r="E2000" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2001" spans="1:5">
       <c r="A2001" s="1" t="s">
-        <v>2794</v>
+        <v>2782</v>
       </c>
       <c r="B2001" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C2001" s="1" t="s">
-        <v>596</v>
+        <v>76</v>
       </c>
       <c r="D2001" s="1">
-        <v>5118</v>
+        <v>5190</v>
       </c>
       <c r="E2001" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2002" spans="1:5">
       <c r="A2002" s="1" t="s">
-        <v>2795</v>
+        <v>2783</v>
       </c>
       <c r="B2002" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C2002" s="1" t="s">
-        <v>1482</v>
+        <v>16</v>
       </c>
       <c r="D2002" s="1">
-        <v>5119</v>
+        <v>5191</v>
       </c>
       <c r="E2002" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2003" spans="1:5">
       <c r="A2003" s="1" t="s">
-        <v>2796</v>
+        <v>2784</v>
       </c>
       <c r="B2003" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C2003" s="1" t="s">
-        <v>176</v>
+        <v>16</v>
       </c>
       <c r="D2003" s="1">
-        <v>5120</v>
+        <v>5192</v>
       </c>
       <c r="E2003" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2004" spans="1:5">
       <c r="A2004" s="1" t="s">
-        <v>2797</v>
+        <v>2785</v>
       </c>
       <c r="B2004" s="1" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C2004" s="1" t="s">
-        <v>625</v>
+        <v>127</v>
       </c>
       <c r="D2004" s="1">
-        <v>5121</v>
+        <v>5193</v>
       </c>
       <c r="E2004" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2005" spans="1:5">
       <c r="A2005" s="1" t="s">
-        <v>2798</v>
+        <v>2786</v>
       </c>
       <c r="B2005" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C2005" s="1" t="s">
-        <v>76</v>
+        <v>127</v>
       </c>
       <c r="D2005" s="1">
-        <v>5122</v>
+        <v>5194</v>
       </c>
       <c r="E2005" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2006" spans="1:5">
       <c r="A2006" s="1" t="s">
-        <v>2799</v>
+        <v>2787</v>
       </c>
       <c r="B2006" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C2006" s="1" t="s">
-        <v>1055</v>
+        <v>498</v>
       </c>
       <c r="D2006" s="1">
-        <v>5123</v>
+        <v>5195</v>
       </c>
       <c r="E2006" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2007" spans="1:5">
       <c r="A2007" s="1" t="s">
-        <v>2800</v>
+        <v>2788</v>
       </c>
       <c r="B2007" s="1" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="C2007" s="1" t="s">
-        <v>129</v>
+        <v>16</v>
       </c>
       <c r="D2007" s="1">
-        <v>5124</v>
+        <v>5196</v>
       </c>
       <c r="E2007" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2008" spans="1:5">
       <c r="A2008" s="1" t="s">
-        <v>2801</v>
+        <v>2789</v>
       </c>
       <c r="B2008" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C2008" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D2008" s="1">
-        <v>5125</v>
+        <v>5197</v>
       </c>
       <c r="E2008" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2009" spans="1:5">
       <c r="A2009" s="1" t="s">
-        <v>2802</v>
+        <v>2790</v>
       </c>
       <c r="B2009" s="1" t="s">
-        <v>54</v>
+        <v>404</v>
       </c>
       <c r="C2009" s="1" t="s">
-        <v>55</v>
+        <v>2791</v>
       </c>
       <c r="D2009" s="1">
-        <v>5126</v>
+        <v>5198</v>
       </c>
       <c r="E2009" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2010" spans="1:5">
       <c r="A2010" s="1" t="s">
-        <v>2803</v>
+        <v>2792</v>
       </c>
       <c r="B2010" s="1" t="s">
-        <v>608</v>
+        <v>15</v>
       </c>
       <c r="C2010" s="1" t="s">
-        <v>991</v>
+        <v>16</v>
       </c>
       <c r="D2010" s="1">
-        <v>5127</v>
+        <v>5199</v>
       </c>
       <c r="E2010" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2011" spans="1:5">
       <c r="A2011" s="1" t="s">
-        <v>2804</v>
+        <v>2793</v>
       </c>
       <c r="B2011" s="1" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="C2011" s="1" t="s">
-        <v>1449</v>
+        <v>318</v>
       </c>
       <c r="D2011" s="1">
-        <v>5128</v>
+        <v>5200</v>
       </c>
       <c r="E2011" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2012" spans="1:5">
       <c r="A2012" s="1" t="s">
-        <v>2805</v>
+        <v>2794</v>
       </c>
       <c r="B2012" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C2012" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D2012" s="1">
-        <v>5129</v>
+        <v>5201</v>
       </c>
       <c r="E2012" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2013" spans="1:5">
       <c r="A2013" s="1" t="s">
-        <v>2806</v>
+        <v>2795</v>
       </c>
       <c r="B2013" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C2013" s="1" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D2013" s="1">
-        <v>5130</v>
+        <v>5203</v>
       </c>
       <c r="E2013" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2014" spans="1:5">
       <c r="A2014" s="1" t="s">
-        <v>2807</v>
+        <v>2796</v>
       </c>
       <c r="B2014" s="1" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="C2014" s="1" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="D2014" s="1">
-        <v>5132</v>
+        <v>5204</v>
       </c>
       <c r="E2014" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2015" spans="1:5">
       <c r="A2015" s="1" t="s">
-        <v>2808</v>
+        <v>2797</v>
       </c>
       <c r="B2015" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C2015" s="1" t="s">
-        <v>400</v>
+        <v>16</v>
       </c>
       <c r="D2015" s="1">
-        <v>5133</v>
+        <v>5205</v>
       </c>
       <c r="E2015" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2016" spans="1:5">
       <c r="A2016" s="1" t="s">
-        <v>2809</v>
+        <v>2798</v>
       </c>
       <c r="B2016" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C2016" s="1" t="s">
-        <v>16</v>
+        <v>498</v>
       </c>
       <c r="D2016" s="1">
-        <v>5134</v>
+        <v>5206</v>
       </c>
       <c r="E2016" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2017" spans="1:5">
       <c r="A2017" s="1" t="s">
-        <v>2810</v>
+        <v>2799</v>
       </c>
       <c r="B2017" s="1" t="s">
-        <v>160</v>
+        <v>15</v>
       </c>
       <c r="C2017" s="1" t="s">
-        <v>2811</v>
+        <v>16</v>
       </c>
       <c r="D2017" s="1">
-        <v>5135</v>
+        <v>5207</v>
       </c>
       <c r="E2017" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2018" spans="1:5">
       <c r="A2018" s="1" t="s">
-        <v>2812</v>
+        <v>2800</v>
       </c>
       <c r="B2018" s="1" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="C2018" s="1" t="s">
-        <v>176</v>
+        <v>2801</v>
       </c>
       <c r="D2018" s="1">
-        <v>5136</v>
+        <v>5208</v>
       </c>
       <c r="E2018" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2019" spans="1:5">
       <c r="A2019" s="1" t="s">
-        <v>2813</v>
+        <v>2802</v>
       </c>
       <c r="B2019" s="1" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C2019" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D2019" s="1">
-        <v>5137</v>
+        <v>5210</v>
       </c>
       <c r="E2019" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2020" spans="1:5">
       <c r="A2020" s="1" t="s">
-        <v>2814</v>
+        <v>2803</v>
       </c>
       <c r="B2020" s="1" t="s">
-        <v>90</v>
+        <v>38</v>
       </c>
       <c r="C2020" s="1" t="s">
-        <v>439</v>
+        <v>608</v>
       </c>
       <c r="D2020" s="1">
-        <v>5138</v>
+        <v>5211</v>
       </c>
       <c r="E2020" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2021" spans="1:5">
       <c r="A2021" s="1" t="s">
-        <v>2815</v>
+        <v>2804</v>
       </c>
       <c r="B2021" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C2021" s="1" t="s">
-        <v>73</v>
+        <v>748</v>
       </c>
       <c r="D2021" s="1">
-        <v>5139</v>
+        <v>5212</v>
       </c>
       <c r="E2021" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2022" spans="1:5">
       <c r="A2022" s="1" t="s">
-        <v>2816</v>
+        <v>2805</v>
       </c>
       <c r="B2022" s="1" t="s">
-        <v>1571</v>
+        <v>151</v>
       </c>
       <c r="C2022" s="1" t="s">
-        <v>2817</v>
+        <v>797</v>
       </c>
       <c r="D2022" s="1">
-        <v>5140</v>
+        <v>5213</v>
       </c>
       <c r="E2022" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2023" spans="1:5">
       <c r="A2023" s="1" t="s">
-        <v>2818</v>
+        <v>2806</v>
       </c>
       <c r="B2023" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C2023" s="1" t="s">
-        <v>12</v>
+        <v>2199</v>
       </c>
       <c r="D2023" s="1">
-        <v>5141</v>
+        <v>5214</v>
       </c>
       <c r="E2023" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2024" spans="1:5">
       <c r="A2024" s="1" t="s">
-        <v>2819</v>
+        <v>2807</v>
       </c>
       <c r="B2024" s="1" t="s">
-        <v>54</v>
+        <v>738</v>
       </c>
       <c r="C2024" s="1" t="s">
-        <v>471</v>
+        <v>2041</v>
       </c>
       <c r="D2024" s="1">
-        <v>5142</v>
+        <v>5215</v>
       </c>
       <c r="E2024" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2025" spans="1:5">
       <c r="A2025" s="1" t="s">
-        <v>2820</v>
+        <v>2808</v>
       </c>
       <c r="B2025" s="1" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="C2025" s="1" t="s">
-        <v>16</v>
+        <v>839</v>
       </c>
       <c r="D2025" s="1">
-        <v>5143</v>
+        <v>5216</v>
       </c>
       <c r="E2025" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2026" spans="1:5">
       <c r="A2026" s="1" t="s">
-        <v>2821</v>
+        <v>2809</v>
       </c>
       <c r="B2026" s="1" t="s">
-        <v>160</v>
+        <v>15</v>
       </c>
       <c r="C2026" s="1" t="s">
-        <v>161</v>
+        <v>625</v>
       </c>
       <c r="D2026" s="1">
-        <v>5144</v>
+        <v>5217</v>
       </c>
       <c r="E2026" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2027" spans="1:5">
       <c r="A2027" s="1" t="s">
-        <v>2822</v>
+        <v>2810</v>
       </c>
       <c r="B2027" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C2027" s="1" t="s">
-        <v>2823</v>
+        <v>16</v>
       </c>
       <c r="D2027" s="1">
-        <v>5145</v>
+        <v>5218</v>
       </c>
       <c r="E2027" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2028" spans="1:5">
       <c r="A2028" s="1" t="s">
-        <v>2824</v>
+        <v>2811</v>
       </c>
       <c r="B2028" s="1" t="s">
-        <v>72</v>
+        <v>404</v>
       </c>
       <c r="C2028" s="1" t="s">
-        <v>73</v>
+        <v>807</v>
       </c>
       <c r="D2028" s="1">
-        <v>5146</v>
+        <v>5219</v>
       </c>
       <c r="E2028" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2029" spans="1:5">
       <c r="A2029" s="1" t="s">
-        <v>2825</v>
+        <v>2812</v>
       </c>
       <c r="B2029" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C2029" s="1" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="D2029" s="1">
-        <v>5147</v>
+        <v>5220</v>
       </c>
       <c r="E2029" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2030" spans="1:5">
       <c r="A2030" s="1" t="s">
-        <v>2826</v>
+        <v>2813</v>
       </c>
       <c r="B2030" s="1" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C2030" s="1" t="s">
-        <v>1258</v>
+        <v>16</v>
       </c>
       <c r="D2030" s="1">
-        <v>5148</v>
+        <v>5222</v>
       </c>
       <c r="E2030" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2031" spans="1:5">
       <c r="A2031" s="1" t="s">
-        <v>2827</v>
+        <v>2814</v>
       </c>
       <c r="B2031" s="1" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C2031" s="1" t="s">
-        <v>1048</v>
+        <v>595</v>
       </c>
       <c r="D2031" s="1">
-        <v>5149</v>
+        <v>5223</v>
       </c>
       <c r="E2031" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2032" spans="1:5">
       <c r="A2032" s="1" t="s">
-        <v>2828</v>
+        <v>2815</v>
       </c>
       <c r="B2032" s="1" t="s">
-        <v>15</v>
+        <v>2816</v>
       </c>
       <c r="C2032" s="1" t="s">
-        <v>16</v>
+        <v>2817</v>
       </c>
       <c r="D2032" s="1">
-        <v>5150</v>
+        <v>5224</v>
       </c>
       <c r="E2032" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2033" spans="1:5">
       <c r="A2033" s="1" t="s">
-        <v>2829</v>
+        <v>2818</v>
       </c>
       <c r="B2033" s="1" t="s">
-        <v>465</v>
+        <v>15</v>
       </c>
       <c r="C2033" s="1" t="s">
-        <v>2830</v>
+        <v>625</v>
       </c>
       <c r="D2033" s="1">
-        <v>5151</v>
+        <v>5225</v>
       </c>
       <c r="E2033" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2034" spans="1:5">
       <c r="A2034" s="1" t="s">
-        <v>2831</v>
+        <v>2819</v>
       </c>
       <c r="B2034" s="1" t="s">
-        <v>160</v>
+        <v>72</v>
       </c>
       <c r="C2034" s="1" t="s">
-        <v>2832</v>
+        <v>709</v>
       </c>
       <c r="D2034" s="1">
-        <v>5152</v>
+        <v>5228</v>
       </c>
       <c r="E2034" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2035" spans="1:5">
       <c r="A2035" s="1" t="s">
-        <v>2833</v>
+        <v>2820</v>
       </c>
       <c r="B2035" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C2035" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D2035" s="1">
-        <v>5153</v>
+        <v>5229</v>
       </c>
       <c r="E2035" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2036" spans="1:5">
       <c r="A2036" s="1" t="s">
-        <v>2834</v>
+        <v>2821</v>
       </c>
       <c r="B2036" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C2036" s="1" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="D2036" s="1">
-        <v>5154</v>
+        <v>5230</v>
       </c>
       <c r="E2036" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2037" spans="1:5">
       <c r="A2037" s="1" t="s">
-        <v>2835</v>
+        <v>2822</v>
       </c>
       <c r="B2037" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C2037" s="1" t="s">
-        <v>16</v>
+        <v>2823</v>
       </c>
       <c r="D2037" s="1">
-        <v>5155</v>
+        <v>5231</v>
       </c>
       <c r="E2037" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2038" spans="1:5">
       <c r="A2038" s="1" t="s">
-        <v>2836</v>
+        <v>2824</v>
       </c>
       <c r="B2038" s="1" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C2038" s="1" t="s">
-        <v>16</v>
+        <v>133</v>
       </c>
       <c r="D2038" s="1">
-        <v>5156</v>
+        <v>5232</v>
       </c>
       <c r="E2038" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2039" spans="1:5">
       <c r="A2039" s="1" t="s">
-        <v>2837</v>
+        <v>2825</v>
       </c>
       <c r="B2039" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C2039" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D2039" s="1">
-        <v>5157</v>
+        <v>5233</v>
       </c>
       <c r="E2039" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2040" spans="1:5">
       <c r="A2040" s="1" t="s">
-        <v>2838</v>
+        <v>2826</v>
       </c>
       <c r="B2040" s="1" t="s">
-        <v>560</v>
+        <v>48</v>
       </c>
       <c r="C2040" s="1" t="s">
-        <v>649</v>
+        <v>2827</v>
       </c>
       <c r="D2040" s="1">
-        <v>5158</v>
+        <v>5234</v>
       </c>
       <c r="E2040" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2041" spans="1:5">
       <c r="A2041" s="1" t="s">
-        <v>2839</v>
+        <v>2828</v>
       </c>
       <c r="B2041" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C2041" s="1" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="D2041" s="1">
-        <v>5159</v>
+        <v>5235</v>
       </c>
       <c r="E2041" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2042" spans="1:5">
       <c r="A2042" s="1" t="s">
-        <v>2840</v>
+        <v>2829</v>
       </c>
       <c r="B2042" s="1" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C2042" s="1" t="s">
-        <v>16</v>
+        <v>1336</v>
       </c>
       <c r="D2042" s="1">
-        <v>5160</v>
+        <v>5236</v>
       </c>
       <c r="E2042" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2043" spans="1:5">
       <c r="A2043" s="1" t="s">
-        <v>2841</v>
+        <v>2830</v>
       </c>
       <c r="B2043" s="1" t="s">
-        <v>54</v>
+        <v>113</v>
       </c>
       <c r="C2043" s="1" t="s">
-        <v>136</v>
+        <v>2831</v>
       </c>
       <c r="D2043" s="1">
-        <v>5161</v>
+        <v>5237</v>
       </c>
       <c r="E2043" s="1" t="s">
-        <v>9</v>
-[...1001 lines deleted...]
-      <c r="E2102" s="1" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>